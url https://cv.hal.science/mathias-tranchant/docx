--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -1180,173 +1180,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03699563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Quelques réflexions sur les enjeux pluridisciplinaires de la recherche sur les ports en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Tranchant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christophe Baley, Christine Chauvin, Gwénaël Le Maguer. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mer et littoral : un bien commun ? Une approche pluridisciplinaire, actes du séminaire international de l’Institut Archipel (Université Bretagne Sud, 17-19 juin 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Archipel - Université Bretagne Sud, pp.72-84, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03279954v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Defining Jurisdictional Frameworks for Maritime and Coastal Activities : the Example of the Atlantic Ports of the Kingdom of France in the Second Half of the Middle Ages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Tranchant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ana María Rivera Medina. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ports in the Medieval European Atlantic. Shipping, Transport and Labour</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, The Boydell Press, pp.5-30, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03279957v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-03279954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Géographie littorale et navigation le long des côtes du Bas-Poitou d’après les cartes marines et les portulans de la fin du Moyen Âge »</w:t>
               </w:r>
@@ -1658,476 +1658,476 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01462699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Commerce maritime et échevinage rochelais à la fin du Moyen Âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Tranchant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gens de mer, ports et cités aux époques ancienne, médiévale et moderne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.145-156, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01407066v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Géographie portuaire de la Galice à la Bretagne méridionale à l'aube des Temps modernes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bochaca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatriz Arizaga Bolumburu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Tranchant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Gallicé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les ports du golfe de Gascogne de Concarneau à la Corogne (XVe - XXIe siècle) - A. Fernandez et B. Marnot (dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Paris Sorbonne, pp.19-32, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01273720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géographie portuaire de la Galice à la Bretagne méridionale à l'Aube des Temps modernes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Tranchant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bochaca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatriz Arizaga Bolumburu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
-              <w:r>
-[...51 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Gallicé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les ports du golfe de Gascogne. De concarneau à la Corogne (XVe-XXIe siècle)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires Paris-Sorbonne, pp.19-32, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01407067v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chapitre I : Géographie portuaire de la Galice à la Bretagne méridionale à l'Aube des Temps modernes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bochaca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatriz Arizaga Bolumburu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Tranchant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
-              <w:r>
-[...73 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Gallicé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les ports du golfe de Gascogne. De concarneau à la Corogne (XVe-XXIe siècle)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires Paris-Sorbonne, pp.19-32, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03314875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...67 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La urbanización del litoral atlántico del reino de Francia en el siglo XII</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Tranchant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bochaca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Gallicé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Los fueros de Avilés y su época</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Real Instituto de Estudios Asturianos, pp.97-118, 2012, 978-84-940373-2-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2353,260 +2353,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01407151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le commerce franco-castillan dans le golfe de Gascogne à la fin du Moyen Âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bochaca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatriz Arizaga Bolumburu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Tranchant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le commerce atlantique franco-espagnol. Acteurs, négoces et ports (XVe-XVIIIe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.33-47, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03311197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La vigne et le vin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Tranchant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Escales en Poitou-Charente</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre du livre et de la lecture en Poitou-Charentes, pp.53-57, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03311134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Littoral, les ports, la navigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Tranchant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Escales en Poitou-Charentes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre du livre et de la lecture en Poitou-Charentes, pp.23-27, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03311137v1</w:t>
-              </w:r>
-[...93 lines deleted...]
-                <w:t xml:space="preserve">hal-03311197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les aménagements des ports secondaires de l'Aunis maritime à la fin du Moyen Âge</w:t>
               </w:r>
@@ -2737,264 +2737,264 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01407097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Maillezais, abbaye, évêché, place de sûreté protestante.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Faucherre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Tranchant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Treffort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">C. Treffort, M. Tranchant. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Abbaye de Maillezais : des moines du marais aux soldats huguenots.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.181-201, 2005, Histoire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00008832v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le commerce maritime de l'Île de Ré à la fin du Moyen Age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Tranchant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Île de Ré, histoire et géographie contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Palantines, pp.46-47, 2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01407100v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Echanges et concurrences entre Nantes et La Rochelle à la fin du Moyen Âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Tranchant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Terres marines, Études en hommage à Dominique Guillemet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.51-56, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01407098v1</w:t>
-              </w:r>
-[...166 lines deleted...]
-                <w:t xml:space="preserve">hal-01407100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Rochelle: une ouverture précoce sur le Nouveau Monde</w:t>
               </w:r>
@@ -4174,183 +4174,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01407001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La sécurisation du port de La Rochelle et de son accès : actions épisodiques ou véritable politique?</w:t>
+                <w:t xml:space="preserve">La &amp;quot; culture&amp;quot; du risque chez les populations usagères des mers et littoraux du Ponant (XIe-XVIe siècles) : première approche d'une histoire à construire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Tranchant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'histoire maritime</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 9, pp.67-86. </w:t>
+              <w:t xml:space="preserve">, 2008, Risque, sécurité et sécurisation maritimes depuis le Moyen Âge, 9, pp.9-45. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.70551/IZAA8123⟩</w:t>
+                <w:t xml:space="preserve">⟨10.70551/SSTI8899⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01406919v1</w:t>
+                <w:t xml:space="preserve">hal-01406940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La &amp;quot; culture&amp;quot; du risque chez les populations usagères des mers et littoraux du Ponant (XIe-XVIe siècles) : première approche d'une histoire à construire</w:t>
+                <w:t xml:space="preserve">La sécurisation du port de La Rochelle et de son accès : actions épisodiques ou véritable politique?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Tranchant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'histoire maritime</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, Risque, sécurité et sécurisation maritimes depuis le Moyen Âge, 9, pp.9-45. </w:t>
+              <w:t xml:space="preserve">, 2008, 9, pp.67-86. </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.70551/SSTI8899⟩</w:t>
+                <w:t xml:space="preserve">⟨10.70551/IZAA8123⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01406940v1</w:t>
+                <w:t xml:space="preserve">hal-01406919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Rochelle et ses ports à la fin du Moyen Age</w:t>
               </w:r>
@@ -4707,234 +4707,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01407050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Du golfe de Gascogne à la Picardie et à la Flandre maritime : le déplacement par mer des hommes et des marchandises à la fin du XVe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Tranchant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bochaca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Se déplacer du Moyen Âge à nos jours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Calais, France. pp.135-146</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01407007v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La construction navale à La Rochelle et dans ses environs à la fin du Moyen Âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Tranchant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Navires et gens de mer du Moyen Âge à nos jours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Philippe Sturmel, Oct 2009, La Rochelle, France. pp.11-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01407048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Du golfe de Gascogne à la Picardie et à la Flandre maritime : le déplacement par mer des hommes et des marchandises à la fin du XVe siècle</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aspects du commerce franco-castillan à la fin du Moyen Âge : la progres-sion castillane dans le golfe de Gascogne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Tranchant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bochaca</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...67 lines deleted...]
-            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatriz Arizaga Bolumburu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le commerce atlantique franco-espagnol. Acteurs, négoces et ports (XVe-XVIIIe siècle)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jean-Philippe Priotti et Guy Saupin, 2006, Nantes, France. pp.33-47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5192,51 +5192,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Tranchant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Bochaca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatriz Arizaga Bolumburu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La violence et la mer dans l'espace atlantique (XIIe-XIXe siècle)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, M. Tranchant et M. Augeron, Nov 2002, La Rochelle, France. pp.27-50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5274,51 +5274,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maillezais, lieu de mémoire, lieu de pouvoir.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Tranchant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Treffort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes de colloque</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CESCM; SEAMAN; GERHICO; CRHMA, Jun 2002, Poitiers, Maillezais, France. pp.7-12, </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5453,51 +5453,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'abbaye de Maillezais. Des moines du marais aux soldats huguenots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Treffort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Tranchant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5713,51 +5713,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05043347v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Tranchant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701043v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01678202v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316196v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407103v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407069v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314608v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407104v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407096v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407106v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Poussou" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308624v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Augeron" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Fenet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407148v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407101v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04771726v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699563v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Llinares" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sauzeau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/164661" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.164661" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279957v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279954v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010635v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bochaca" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01464646v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7722/j.ctt1kgqt6m.50" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01488942v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781315278575-20" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01462699v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273720v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Arizaga Bolumburu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gallic&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407067v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314875v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407066v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406869v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407149v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407152v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407151v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311134v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311137v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311197v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407056v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407097v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407098v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00008832v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Faucherre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Treffort" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407100v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407155v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407156v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407062v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308176v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Mille" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barthon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04208918v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701037v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/EJKJ3612" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699284v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05108280v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/KKYP8498" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05330391v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/HGSH1075" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02013305v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406666v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Hamel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/KIIW6762" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406680v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406875v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406872v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407001v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/FWCD2919" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406919v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/IZAA8123" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406940v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/SSTI8899" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406944v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406950v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308175v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406996v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407050v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407048v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407007v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407009v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407053v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407012v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407057v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407016v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00578533v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.18505" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407020v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00578115v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.18500" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05043347v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Tranchant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701043v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01678202v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316196v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407103v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407069v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314608v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407104v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407096v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407106v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Poussou" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308624v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Augeron" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Fenet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407148v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407101v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04771726v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699563v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Llinares" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sauzeau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/164661" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.164661" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279954v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279957v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010635v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bochaca" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01464646v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7722/j.ctt1kgqt6m.50" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01488942v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781315278575-20" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01462699v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407066v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01273720v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Arizaga Bolumburu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gallic&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407067v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314875v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406869v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407149v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407152v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407151v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311197v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311134v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311137v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407056v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407097v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00008832v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Faucherre" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Treffort" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407100v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407098v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407155v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407156v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407062v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308176v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Mille" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barthon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04208918v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701037v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/EJKJ3612" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699284v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05108280v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/KKYP8498" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05330391v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/HGSH1075" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02013305v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406666v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Hamel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/KIIW6762" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406680v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406875v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406872v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407001v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/FWCD2919" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406940v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/SSTI8899" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406919v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/IZAA8123" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406944v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406950v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308175v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406996v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407050v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407007v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407048v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407009v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407053v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407012v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407057v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407016v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00578533v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.18505" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407020v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00578115v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.18500" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>