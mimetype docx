--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Mathias Vanwolleghem </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High quality-factor terahertz phonon-polaritons in layered lead iodide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristiane Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flávio Feres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Hannotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Peretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-026-69027-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05532452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2025 photonics for agrifood roadmap: towards a sustainable and healthier planet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lien Smeesters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Venturini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Paulus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Katrin Mahlein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Perpetuini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics: Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 7 (3), pp.032501. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/2515-7647/adbea9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04987546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terahertz time-domain ellipsometry with spintronic emitters: Pauli coefficients as a superior alternative to Jones and Mueller matrices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Koleják</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiaming Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Silber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Mičica</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ondřej Ballada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Terahertz Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-17. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TTHZ.2025.3559074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05065593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical damage thresholds of single-mode fiber-tip spintronic terahertz emitters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Paries</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Selz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kolejak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 32 (14), </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.525747⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximizing the Electromagnetic Efficiency of Spintronic Terahertz Emitters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Koleják</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Vala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Mathmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukáš Halagačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Photonics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adpr.202400064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04753321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spintronic terahertz emitters with integrated metallic terahertz cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Mičica</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Wright</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Koleják</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanophotonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 13 (10), pp.1899-1907. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/nanoph-2023-0807⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04509627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiber-tip spintronic terahertz emitters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Paries</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Selz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 31 (19), pp.30884. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.494623⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04255923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short bends using curved mirrors in silicon waveguides for terahertz waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mattias Verstuyft</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Akiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducournau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 30 (5), pp. 6656-6670. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.447268⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fully reversible magnetoelectric voltage controlled THz polarization rotation in magnetostrictive spintronic emitters on PMN-PT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Koleják</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 120, pp.152404. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0080372⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03475323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">360° polarization control of terahertz spintronic emitters using uniaxial FeCo/TbCo 2 /FeCo trilayers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Koleják</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9 (4), pp.1274-1285. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsphotonics.1c01782⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03475335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Q THz photonic crystal cavity on a low loss suspended Silicon platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Akiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Faucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mattias Verstuyft</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bart Kuyken</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Terahertz Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TTHZ.2020.3019928⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03065163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposal for an integrated silicon-photonics terahertz gas detector using photoacoustics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mattias Verstuyft</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Akiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Faucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 28 (15), pp.22424. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.397272⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03065114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring of food spoilage by high resolution THz analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Hindle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotta Kuuliala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Mouelhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Cuisset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Bray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analyst</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 143 (22), pp.5536-5544. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C8AN01180J⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01891950v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-resolution THz gain measurements in optically pumped ammonia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Mičica</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Eliet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roman Motiyenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Pienkina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 26 (16), pp.21242. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.26.021242⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02407947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetoplasmonic nanograting geometry enables optical nonreciprocity sign control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Halagačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Vaurette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ben Youssef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 26 (24), pp.31554. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.26.031554⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03084454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">THz-TDS time-trace analysis for the extraction of material and metamaterial parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Peretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergey Mitryukovskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Froberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniss Mebarki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Eliet Eliet-Barois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Terahertz Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9 (2), </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TTHZ.2018.2889227⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01903521v6</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generation of mW level in the 300-GHz band using resonant-cavity-enhanced unitraveling carrier photodiodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Latzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Pavanello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilien Billet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Bretin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Terahertz Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7 (6), pp.800-807. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TTHZ.2017.2756059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03286186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Free-Space Characterization of Magneto-Optical Hexaferrites in the Submillimeter-Wave Range</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomas Horak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducournau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Micica</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamal Ben Youssef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Terahertz Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7 (5), pp.563-571. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TTHZ.2017.2736340⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01944744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magneto-optical properties of InSb for terahertz applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Chochol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Čada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukáš Halagačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIP Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6 (11), pp.115021. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4968178⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05391065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mueller matrix optical and magneto-optical characterization of Bi-substituted gadolinium iron garnet for application in magnetoplasmonic structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Halagacka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Vaurette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamal Ben Youssef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Materials Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 4 (9), pp.1903-1919. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OME.4.001903⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01058152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What is - and what is not - an optical isolator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Jalas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Petrov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Eich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Freude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H. Fan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 7, pp.579-582. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nphoton.2013.185⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00877669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupled mode enhanced giant magnetoplasmonics transverse Kerr effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Halagacka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Dagens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Pistora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 21, pp.21741-21755. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.21.021741⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00877668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Broadband ultra-low-loss mesh filters on flexible cyclic olefin copolymer films for terahertz applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pavanello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Garet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.B. Kuppam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Peytavit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 102, pp.111114-1-4. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4798522⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00814965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compact optical circulator based on a uniformly magnetized ring cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Smigaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lubov Magdenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Romero-Vivas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Guenneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Dagens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photonics and Nanostructures - Fundamentals and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 10 (1), pp.83</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00760419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic properties of the magnetophotonic crystal based on bismuth iron garnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Popova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liubov Magdenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halina Niedoba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwan Deb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Dagens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 112 (9), pp.093910. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4764345⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafer-scale fabrication of magneto-photonic structures in Bismuth Iron Garnet thin film</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Magdenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Popova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Fortuna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 87, pp.2437-2442. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mee.2010.04.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00670135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magneto-optical circulator designed for operation in a uniform external magnetic field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Smigaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Romero-Vivas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gralak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Magdenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Dagens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 35, pp.568</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00455834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unidirectional band gaps in uniformly magnetized two-dimensional magnetophotonic crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Checoury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Smigaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gralak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Magdenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 80, pp.121102</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00432899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transverse magnetic mode nonreciprocal propagation in an amplifying AlGaInAs/ InP optical waveguide isolator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wouter Van Parys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bart Moeyersoon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dries van Thourhout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roel Baets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.2174106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03327993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (43)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High bandwidth THz polarization modulation of Inverse Spin Hall emitters exploiting Spin Reorientation Transition of an anisotropic CoFeB layer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kolejak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip Gaizura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 50th International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Helsinki, Finland. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz61557.2025.11319845⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05490512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategies for Polarization Control & modulation in Engineered Spintronic THz Emitters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kolejak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TOAST spin-THz workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IJL - Jon Gorchon, Jan 2024, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04545548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spintronic Terahertz Emitter on a Fiber Tip</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Paries</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Selz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 48th International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Montreal, Canada. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz57677.2023.10299018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04435176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[Invited] Strategies for Polarization Control in Engineered Spintronic THz Emitters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kolejak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMAT 2023 | 11th International Conference on Materials for Advanced Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Singapour, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04545543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapting terahertz spintronic emitters towards maximum performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Koleják</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukáš Halagačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Mathmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Vala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 48th International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Montreal, Canada. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz57677.2023.10299199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04277716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrafast Modulation of Polarization in Spintronic THz Emitters Enhanced by Field Induced Spin Reorientation Transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Koleják</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO: Science and Innovations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, San Jose, United States. pp.SF2I.4, </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/CLEO_SI.2023.SF2I.4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spintronic inverse spin hall photomixing beyond 1THz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kolejak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducournau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 48th International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Montreal, Canada. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz57677.2023.10299118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04277866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly Efficient Terahertz Spintronic Emitter Integrated with Optimized Photonic Crystal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kolejak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukas Halagacka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zuzana Gelnarova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 47th International Conference on Infrared, Millimeter and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Delft, Netherlands. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz50927.2022.9895662⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03794318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reversible Magnetoelectric Control of THz Polarization Rotation in Magnetostrictive Spintronic Emitters on PMN-PT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Koleják</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO: Science and Innovations 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, San Jose, United States. Session - THz Generation and Applications, STh4O.5,, </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/CLEO_SI.2022.STh4O.5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetoelectric voltage-controlled THz polarization rotation in magnetostrictive spintronic emitters on PMN-PT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kolejak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Research Strategy Meeting (ARSM 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, TANMS – UCLA, Feb 2022, Los Angeles (CA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04545542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spintronic inverse spin hall photomixing: demonstration of THz CW and frequency comb generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kolejak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Kassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Dhevarhidjian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Aline Martin-Drumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 47th International Conference on Infrared, Millimeter and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Delft, Netherlands. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz50927.2022.9896051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03835288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetization rotation-based polarization control of spintronic terahertz emitter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kolejak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Polish-Slovak-Czech Optical Conference on Wave and Quantum Aspects of Contemporary Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Wojanów, Poland. pp.90-90, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2663659⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarization control of emitted THz waves using spintronic emitters with anisotropic magnetic layers & birefringence characterization of Quartz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kolejak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 46th International Conference on Infrared, Millimeter and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Chengdu, China. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz50926.2021.9567537⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03584687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarization control of emitted THz waves using spintronic emitters with anisotropic magnetic layers & birefringence characterization of Quartz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Koleják</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées du GDR Nano TeraMIR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, virtuel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03329265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magneto-electric control of polarization in spintronic terahertz emitters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kolejak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Dusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 46th International Conference on Infrared, Millimeter and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Chengdu, China. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz50926.2021.9567383⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03584700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H2S photoacoustic detection with an integrated THz gas sensor for food quality control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Akiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Mammez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducournau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Faucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées du GDR Nano TeraMIR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Virtuel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03621511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[Invited] THz spintronic emitters with magnetoelectric control of the polarization and applications to polarimetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Koleják</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Nanoscience + Engineering, Spintronics XIV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, San Diego, United States. pp.118050O, 32, </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2597306⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03329178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coherent polarization rotation of TeraHertz spintronic emitters with in-plane uni-axial magnetic anisotropy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Koleják</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO: Applications and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, San Jose, United States. pp.JM3G.2, </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/CLEO_AT.2021.JM3G.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03329137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[Invited] Magneto-electric control of emission in spintronic terahertz emitters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Koleják</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Dusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17èmes journées de la matière condensée, JMC17</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03329213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized optical cavity for maximal enhancement of terahertz spintronic emission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kolejak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 46th International Conference on Infrared, Millimeter and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Chengdu, China. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz50926.2021.9566885⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03584675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[Invited] H2S photoacoustic detection with an integrated THz gas sensor for food quality control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Akiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Mammez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducournau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46th International Conference on Infrared, Millimeter and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Chengdu, China. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz50926.2021.9567307⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03465148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magneto-electric control of polarization in spintronic terahertz emitters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Koleják</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Dusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées du GDR Nano TeraMIR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, virtuel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03329278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Q Factor and High Transmittance Suspended Membrane THz PhC Cavity: Experimental Demonstration for Sensing Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Akiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mattias Verstuyft</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducournau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bart Kuyken</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">45th International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Buffalo, NY, USA, United States. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz46771.2020.9370994⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03191456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terahertz spintronic emitter with arbitrarily controllable linear polarization properties not needing a rotating magnetic bias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kolejak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">45th International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Buffalo, NY (Virtual), United States. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz46771.2020.9370505⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terahertz photoacoustic gas sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Akiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mattias Verstuyft</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducournau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Mairiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR NanoTeraMIR annual days</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Saint Raphaël, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02409703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Integrated Photoacoustic Terahertz Gas Sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mattias Verstuyft</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Akiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Faucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 44th International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Paris, France. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz.2019.8873764⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03100252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated Photonic Crystal Cavity for Terahertz Waves on a Free-Standing Silicon Platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mattias Verstuyft</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Akiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducournau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Faucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Terahertz Science and Technology (OTST'19), 10-15 March, Santa Fe, NM, USA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Santa Fe, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02409541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Suspended Silicon Terahertz platform with low loss waveguide and high Q Photonic Crystal cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Akiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mattias Verstuyft</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducournau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Mairiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 44th International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Paris, France. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz.2019.8873957⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03100266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spoilage of Salmon fillets as observed by THz waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Hindle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotta Kuuliala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Mouelhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Cuisset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Bray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44th International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Paris, France. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz.2019.8874508⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02407708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Gouy phase shift in terahertz time-domain spectroscopy and its experimental estimation, modelling and compensation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kolejak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Micica</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaromir Pistora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 44th International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Paris, France. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz.2019.8874240⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02407689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated high Q optical cavity on a low loss Si suspended waveguide for THz application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Akiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mattias Verstuyft</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducournau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Mairiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French-German THz conference 2019 (FGTC 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Kaiserslautern, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02410460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low Loss Suspended Silicon Waveguide and Photonic Crystal for THz Regime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Akiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mattias Verstuyft</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducournau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Mairiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 Conference on Lasers and Electro-Optics Europe &amp; European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Munich, Germany. pp.1-1, </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEOE-EQEC.2019.8872554⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02407747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and parameter retrieving in time domain spectroscopy of material and metamaterial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Peretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Micica</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergey I. Mitryukovskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Froberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Eliet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Optics and its Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Strasbourg, France. pp.25, </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2306932⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02334954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demonstration of Magnetoplasmon Polariton at InSb/dielectric Interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Chochol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Micica</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 43rd International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Nagoya, Japan. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz.2018.8510484⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02407824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Demonstration Of 20dB Nonreciprocity Around 1.5THz On A InSb Magnetoplasmonic Grating Mirror At 77K</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Stepanenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Horak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mitryukovskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Peretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 43rd International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Nagoya, Japan. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz.2018.8509910⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02334950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Demonstration of 16dB Isolation at Room Temperature on a Magnetoplasmonic One-Way Mirror Exploiting THz Cyclotron Resonances in Narrow Gap Semiconductors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleksandr Stepanenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomáš Horák</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Chochol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO: Science and Innovations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, San Jose, United States. pp.STu4D.7, </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/CLEO_SI.2018.STu4D.7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02407839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental demonstration of anomalous nonreciprocal optical response of 1D periodic magnetoplasmonic nanostructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Halagacka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Vaurette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamal Ben Youssef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gogol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Photonics West, OPTO 2014, Conference 8988 - Integrated Optics : Devices, Materials, and Technologies XVIII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, San Francisco, CA, United States. 89880E, 6 p., </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2039450⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00962382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near-field microscopy : from MIR to THz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pagies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Ducatteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tahsin Akalin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">joint 25th Conference of the Condensed Matter Division of the European Physical Society, and 14èmes Journées de la Matière Condensée, CMD25-JMC14</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Paris, France. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01015277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of magnetoplasmonics nanostructures with non-reciprocal optical response by Muller marix ellipsometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Halagacka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Dagens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Pistora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Conference on Spectroscopic Ellipsometry, ICSE-VI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Kyoto, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00878912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-transparency metal mesh filters based on cyclic olefin copolymer films for broadband THz applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pavanello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.B. Kuppam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Garet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Peytavit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38th International Conference on Infrared, Millimeter and Terahertz Waves, IRMMW-THz 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Mainz, Germany. paper TH2-3, 2 p., </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz.2013.6665877⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00914240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magneto-photonic ring circulator in Bismuth Iron Garnet thin film : design and fabrication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Magdenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Popova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Smigaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Beauvillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niels Keller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MRS conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Boston, United States. pp.J05-04</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00645869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magneto-photonic ring circulator in Bismuth Iron Garnet thin film: design and fabrication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Magdenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Popova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Smigaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Beauvillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niels Keller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00545241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated magnetophotonic circulators operating in uniform external magnetic field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Smigaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Romero-Vivas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Guenneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gralak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Magdenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PIERS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Cambridge, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00545238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[HDR] Collective matter excitations at THz frequencies and their applications for innovative THz photonic devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Physics [physics]. Université de Lille, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-05236243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[Editorial] Preface to the special issue in micro and nano structured mid-IR to terahertz materials and devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Marris-Morini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail Belkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kristinn Gylfason</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liam O'Faolain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photonics and Nanostructures - Fundamentals and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.101299, 2024, </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.photonics.2024.101299⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04673442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé de réalisation d'un cristal magneto-photonique et composant comprenant un tel cristal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Dagens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Fortuna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Magdenko Liubov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vanwolleghem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : 2951740A1. CSNSM PS2. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00724640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId260"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Mathias Vanwolleghem </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (29)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High quality-factor terahertz phonon-polaritons in layered lead iodide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristiane Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flávio Feres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Hannotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Peretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-026-69027-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05532452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terahertz time-domain ellipsometry with spintronic emitters: Pauli coefficients as a superior alternative to Jones and Mueller matrices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Koleják</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiaming Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Silber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Mičica</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ondřej Ballada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Terahertz Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-17. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TTHZ.2025.3559074⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05065593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2025 photonics for agrifood roadmap: towards a sustainable and healthier planet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lien Smeesters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Venturini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Paulus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Katrin Mahlein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Perpetuini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics: Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 7 (3), pp.032501. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/2515-7647/adbea9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04987546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximizing the Electromagnetic Efficiency of Spintronic Terahertz Emitters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Koleják</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Vala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Mathmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukáš Halagačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Photonics Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adpr.202400064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04753321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical damage thresholds of single-mode fiber-tip spintronic terahertz emitters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Paries</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Selz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kolejak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 32 (14), </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.525747⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04601846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spintronic terahertz emitters with integrated metallic terahertz cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Mičica</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Wright</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Koleják</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanophotonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 13 (10), pp.1899-1907. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/nanoph-2023-0807⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04509627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiber-tip spintronic terahertz emitters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Paries</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Selz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 31 (19), pp.30884. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.494623⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04255923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fully reversible magnetoelectric voltage controlled THz polarization rotation in magnetostrictive spintronic emitters on PMN-PT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Koleják</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 120, pp.152404. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0080372⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03475323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short bends using curved mirrors in silicon waveguides for terahertz waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mattias Verstuyft</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Akiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducournau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 30 (5), pp. 6656-6670. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.447268⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">360° polarization control of terahertz spintronic emitters using uniaxial FeCo/TbCo 2 /FeCo trilayers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Koleják</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9 (4), pp.1274-1285. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsphotonics.1c01782⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03475335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Q THz photonic crystal cavity on a low loss suspended Silicon platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Akiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Faucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mattias Verstuyft</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bart Kuyken</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Terahertz Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TTHZ.2020.3019928⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03065163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposal for an integrated silicon-photonics terahertz gas detector using photoacoustics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mattias Verstuyft</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Akiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Faucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 28 (15), pp.22424. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.397272⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03065114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetoplasmonic nanograting geometry enables optical nonreciprocity sign control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Halagačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Vaurette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ben Youssef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 26 (24), pp.31554. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.26.031554⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03084454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">THz-TDS time-trace analysis for the extraction of material and metamaterial parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Peretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergey Mitryukovskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Froberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aniss Mebarki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Eliet Eliet-Barois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Terahertz Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9 (2), </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TTHZ.2018.2889227⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01903521v6</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring of food spoilage by high resolution THz analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Hindle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotta Kuuliala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Mouelhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Cuisset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Bray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analyst</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 143 (22), pp.5536-5544. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C8AN01180J⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01891950v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-resolution THz gain measurements in optically pumped ammonia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Mičica</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Eliet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roman Motiyenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anastasia Pienkina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 26 (16), pp.21242. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.26.021242⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02407947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Free-Space Characterization of Magneto-Optical Hexaferrites in the Submillimeter-Wave Range</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomas Horak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducournau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Micica</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamal Ben Youssef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Terahertz Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7 (5), pp.563-571. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TTHZ.2017.2736340⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01944744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generation of mW level in the 300-GHz band using resonant-cavity-enhanced unitraveling carrier photodiodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Latzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Pavanello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilien Billet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Bretin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Terahertz Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7 (6), pp.800-807. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TTHZ.2017.2756059⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03286186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magneto-optical properties of InSb for terahertz applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Chochol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Čada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukáš Halagačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIP Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6 (11), pp.115021. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4968178⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05391065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mueller matrix optical and magneto-optical characterization of Bi-substituted gadolinium iron garnet for application in magnetoplasmonic structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Halagacka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Vaurette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamal Ben Youssef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Materials Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 4 (9), pp.1903-1919. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OME.4.001903⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01058152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What is - and what is not - an optical isolator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Jalas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Petrov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Eich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Freude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.H. Fan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 7, pp.579-582. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nphoton.2013.185⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00877669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupled mode enhanced giant magnetoplasmonics transverse Kerr effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Halagacka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Dagens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Pistora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 21, pp.21741-21755. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.21.021741⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00877668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Broadband ultra-low-loss mesh filters on flexible cyclic olefin copolymer films for terahertz applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pavanello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Garet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.B. Kuppam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Peytavit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 102, pp.111114-1-4. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4798522⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00814965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic properties of the magnetophotonic crystal based on bismuth iron garnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Popova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liubov Magdenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halina Niedoba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwan Deb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Dagens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 112 (9), pp.093910. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4764345⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compact optical circulator based on a uniformly magnetized ring cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Smigaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lubov Magdenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Romero-Vivas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Guenneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Dagens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photonics and Nanostructures - Fundamentals and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 10 (1), pp.83</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00760419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafer-scale fabrication of magneto-photonic structures in Bismuth Iron Garnet thin film</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Magdenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Popova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Fortuna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 87, pp.2437-2442. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mee.2010.04.021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00670135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magneto-optical circulator designed for operation in a uniform external magnetic field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Smigaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Romero-Vivas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gralak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Magdenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Dagens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 35, pp.568</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00455834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unidirectional band gaps in uniformly magnetized two-dimensional magnetophotonic crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Checoury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Smigaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gralak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Magdenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 80, pp.121102</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00432899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transverse magnetic mode nonreciprocal propagation in an amplifying AlGaInAs/ InP optical waveguide isolator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wouter Van Parys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bart Moeyersoon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dries van Thourhout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roel Baets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.2174106⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03327993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (43)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High bandwidth THz polarization modulation of Inverse Spin Hall emitters exploiting Spin Reorientation Transition of an anisotropic CoFeB layer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kolejak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip Gaizura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 50th International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Helsinki, Finland. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz61557.2025.11319845⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05490512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategies for Polarization Control & modulation in Engineered Spintronic THz Emitters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kolejak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TOAST spin-THz workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IJL - Jon Gorchon, Jan 2024, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04545548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[Invited] Strategies for Polarization Control in Engineered Spintronic THz Emitters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kolejak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMAT 2023 | 11th International Conference on Materials for Advanced Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Singapour, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04545543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spintronic Terahertz Emitter on a Fiber Tip</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Paries</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felix Selz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 48th International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Montreal, Canada. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz57677.2023.10299018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04435176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapting terahertz spintronic emitters towards maximum performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Koleják</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukáš Halagačka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Mathmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Vala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 48th International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Montreal, Canada. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz57677.2023.10299199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04277716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrafast Modulation of Polarization in Spintronic THz Emitters Enhanced by Field Induced Spin Reorientation Transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Koleják</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO: Science and Innovations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, San Jose, United States. pp.SF2I.4, </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/CLEO_SI.2023.SF2I.4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spintronic inverse spin hall photomixing beyond 1THz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kolejak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducournau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 48th International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Montreal, Canada. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz57677.2023.10299118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04277866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetoelectric voltage-controlled THz polarization rotation in magnetostrictive spintronic emitters on PMN-PT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kolejak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Research Strategy Meeting (ARSM 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, TANMS – UCLA, Feb 2022, Los Angeles (CA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04545542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetization rotation-based polarization control of spintronic terahertz emitter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kolejak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd Polish-Slovak-Czech Optical Conference on Wave and Quantum Aspects of Contemporary Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Wojanów, Poland. pp.90-90, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2663659⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spintronic inverse spin hall photomixing: demonstration of THz CW and frequency comb generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kolejak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Kassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Dhevarhidjian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Aline Martin-Drumel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 47th International Conference on Infrared, Millimeter and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Delft, Netherlands. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz50927.2022.9896051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03835288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly Efficient Terahertz Spintronic Emitter Integrated with Optimized Photonic Crystal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kolejak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukas Halagacka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zuzana Gelnarova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2022 47th International Conference on Infrared, Millimeter and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Delft, Netherlands. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz50927.2022.9895662⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03794318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reversible Magnetoelectric Control of THz Polarization Rotation in Magnetostrictive Spintronic Emitters on PMN-PT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Koleják</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO: Science and Innovations 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, San Jose, United States. Session - THz Generation and Applications, STh4O.5,, </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/CLEO_SI.2022.STh4O.5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coherent polarization rotation of TeraHertz spintronic emitters with in-plane uni-axial magnetic anisotropy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Koleják</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO: Applications and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, San Jose, United States. pp.JM3G.2, </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/CLEO_AT.2021.JM3G.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03329137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[Invited] THz spintronic emitters with magnetoelectric control of the polarization and applications to polarimetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Koleják</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Nanoscience + Engineering, Spintronics XIV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, San Diego, United States. pp.118050O, 32, </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2597306⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03329178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H2S photoacoustic detection with an integrated THz gas sensor for food quality control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Akiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Mammez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducournau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Faucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées du GDR Nano TeraMIR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Virtuel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03621511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarization control of emitted THz waves using spintronic emitters with anisotropic magnetic layers & birefringence characterization of Quartz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Koleják</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées du GDR Nano TeraMIR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, virtuel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03329265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magneto-electric control of polarization in spintronic terahertz emitters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kolejak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Dusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 46th International Conference on Infrared, Millimeter and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Chengdu, China. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz50926.2021.9567383⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03584700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimized optical cavity for maximal enhancement of terahertz spintronic emission</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kolejak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 46th International Conference on Infrared, Millimeter and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Chengdu, China. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz50926.2021.9566885⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03584675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[Invited] Magneto-electric control of emission in spintronic terahertz emitters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Koleják</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Dusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17èmes journées de la matière condensée, JMC17</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03329213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[Invited] H2S photoacoustic detection with an integrated THz gas sensor for food quality control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Akiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Mammez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducournau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Mouret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46th International Conference on Infrared, Millimeter and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Chengdu, China. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz50926.2021.9567307⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03465148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magneto-electric control of polarization in spintronic terahertz emitters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Koleják</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Dusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées du GDR Nano TeraMIR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, virtuel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03329278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarization control of emitted THz waves using spintronic emitters with anisotropic magnetic layers & birefringence characterization of Quartz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Lezier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kolejak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021 46th International Conference on Infrared, Millimeter and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Chengdu, China. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz50926.2021.9567537⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03584687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Q Factor and High Transmittance Suspended Membrane THz PhC Cavity: Experimental Demonstration for Sensing Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Akiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mattias Verstuyft</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducournau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bart Kuyken</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">45th International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Buffalo, NY, USA, United States. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz46771.2020.9370994⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03191456v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terahertz spintronic emitter with arbitrarily controllable linear polarization properties not needing a rotating magnetic bias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kolejak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tiercelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">45th International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Buffalo, NY (Virtual), United States. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz46771.2020.9370505⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03322811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Gouy phase shift in terahertz time-domain spectroscopy and its experimental estimation, modelling and compensation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kolejak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Micica</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaromir Pistora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 44th International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Paris, France. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz.2019.8874240⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02407689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spoilage of Salmon fillets as observed by THz waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Hindle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotta Kuuliala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Mouelhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Cuisset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Bray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44th International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Paris, France. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz.2019.8874508⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02407708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated Photonic Crystal Cavity for Terahertz Waves on a Free-Standing Silicon Platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mattias Verstuyft</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Akiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducournau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Faucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Terahertz Science and Technology (OTST'19), 10-15 March, Santa Fe, NM, USA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Santa Fe, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02409541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Suspended Silicon Terahertz platform with low loss waveguide and high Q Photonic Crystal cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Akiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mattias Verstuyft</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducournau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Mairiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 44th International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Paris, France. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz.2019.8873957⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03100266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low Loss Suspended Silicon Waveguide and Photonic Crystal for THz Regime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Akiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mattias Verstuyft</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducournau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Mairiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 Conference on Lasers and Electro-Optics Europe &amp; European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Munich, Germany. pp.1-1, </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEOE-EQEC.2019.8872554⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02407747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated high Q optical cavity on a low loss Si suspended waveguide for THz application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Akiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mattias Verstuyft</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducournau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Mairiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French-German THz conference 2019 (FGTC 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Kaiserslautern, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02410460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terahertz photoacoustic gas sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Akiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mattias Verstuyft</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Ducournau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Mairiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR NanoTeraMIR annual days</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Saint Raphaël, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02409703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Integrated Photoacoustic Terahertz Gas Sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mattias Verstuyft</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elias Akiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Faucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 44th International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Paris, France. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz.2019.8873764⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03100252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demonstration of Magnetoplasmon Polariton at InSb/dielectric Interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Chochol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Micica</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 43rd International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Nagoya, Japan. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz.2018.8510484⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02407824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Demonstration Of 20dB Nonreciprocity Around 1.5THz On A InSb Magnetoplasmonic Grating Mirror At 77K</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Stepanenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Horak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mitryukovskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Peretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 43rd International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Nagoya, Japan. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz.2018.8509910⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02334950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Demonstration of 16dB Isolation at Room Temperature on a Magnetoplasmonic One-Way Mirror Exploiting THz Cyclotron Resonances in Narrow Gap Semiconductors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oleksandr Stepanenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomáš Horák</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Chochol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamil Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Francois Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO: Science and Innovations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, San Jose, United States. pp.STu4D.7, </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/CLEO_SI.2018.STu4D.7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02407839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and parameter retrieving in time domain spectroscopy of material and metamaterial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Peretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Micica</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergey I. Mitryukovskiy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Froberger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Eliet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Optics and its Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Strasbourg, France. pp.25, </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2306932⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02334954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental demonstration of anomalous nonreciprocal optical response of 1D periodic magnetoplasmonic nanostructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Halagacka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Vaurette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamal Ben Youssef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gogol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Photonics West, OPTO 2014, Conference 8988 - Integrated Optics : Devices, Materials, and Technologies XVIII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, San Francisco, CA, United States. 89880E, 6 p., </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2039450⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00962382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near-field microscopy : from MIR to THz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pagies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Ducatteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tahsin Akalin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">joint 25th Conference of the Condensed Matter Division of the European Physical Society, and 14èmes Journées de la Matière Condensée, CMD25-JMC14</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Paris, France. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01015277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of magnetoplasmonics nanostructures with non-reciprocal optical response by Muller marix ellipsometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Halagacka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Postava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Dagens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Pistora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Conference on Spectroscopic Ellipsometry, ICSE-VI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Kyoto, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00878912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-transparency metal mesh filters based on cyclic olefin copolymer films for broadband THz applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pavanello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.B. Kuppam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Garet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Peytavit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vanwolleghem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38th International Conference on Infrared, Millimeter and Terahertz Waves, IRMMW-THz 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Mainz, Germany. paper TH2-3, 2 p., </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IRMMW-THz.2013.6665877⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00914240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magneto-photonic ring circulator in Bismuth Iron Garnet thin film : design and fabrication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Magdenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Popova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Smigaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Beauvillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niels Keller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MRS conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Boston, United States. pp.J05-04</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00645869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated magnetophotonic circulators operating in uniform external magnetic field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Smigaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Romero-Vivas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Guenneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Gralak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Magdenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PIERS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Cambridge, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00545238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magneto-photonic ring circulator in Bismuth Iron Garnet thin film: design and fabrication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Magdenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Popova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wojciech Smigaj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Beauvillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niels Keller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2010, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00545241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[Editorial] Preface to the special issue in micro and nano structured mid-IR to terahertz materials and devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Marris-Morini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhail Belkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kristinn Gylfason</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liam O'Faolain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photonics and Nanostructures - Fundamentals and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.101299, 2024, </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.photonics.2024.101299⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04673442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[HDR] Collective matter excitations at THz frequencies and their applications for innovative THz photonic devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Vanwolleghem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Physics [physics]. Université de Lille, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-05236243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé de réalisation d'un cristal magneto-photonique et composant comprenant un tel cristal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Dagens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Fortuna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Magdenko Liubov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vanwolleghem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : 2951740A1. CSNSM PS2. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">in2p3-00724640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId260"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532452v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiane Santos" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fl&#225;vio Feres" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Hannotte" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Peretti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Vanwolleghem" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-026-69027-6" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987546v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lien Smeesters" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Venturini" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Paulus" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Katrin Mahlein" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Perpetuini" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7647/adbea9" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065593v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kolej&#225;k" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaming Liu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Silber" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Mi&#269;ica" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ond&#345;ej Ballada" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TTHZ.2025.3559074" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601846v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Paries" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Selz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Lampin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kolejak" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Lezier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.525747" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753321v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vala" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Mathmann" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luk&#225;&#353; Halaga&#269;ka" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adpr.202400064" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509627v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Wright" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamil Postava" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/nanoph-2023-0807" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255923v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tiercelin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.494623" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695019v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattias Verstuyft" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Akiki" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ducournau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.447268" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475323v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Postava" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0080372" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475335v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.1c01782" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065163v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Faucher" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Kuyken" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TTHZ.2020.3019928" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065114v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Walter" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.397272" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891950v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Hindle" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotta Kuuliala" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Mouelhi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Cuisset" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bray" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8AN01180J" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407947v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Eliet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Motiyenko" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Pienkina" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.021242" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084454v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Halaga&#269;ka" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Vaurette" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ben Youssef" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Postava" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.031554" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903521v6" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Mitryukovskiy" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Froberger" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aniss Mebarki" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Eliet Eliet-Barois" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TTHZ.2018.2889227" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286186v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Latzel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Pavanello" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Billet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bretin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Beck" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TTHZ.2017.2756059" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944744v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Horak" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Micica" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Ben Youssef" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TTHZ.2017.2736340" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391065v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Chochol" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael &#268;ada" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4968178" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058152v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Halagacka" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.4.001903" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00877669v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jalas" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Petrov" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Eich" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Freude" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.H. Fan" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphoton.2013.185" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00877668v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vanwolleghem" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dagens" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pistora" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.21.021741" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00814965v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pavanello" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Garet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.B. Kuppam" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Peytavit" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4798522" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760419v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech Smigaj" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubov Magdenko" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Romero-Vivas" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Guenneau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Dagens" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070952v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Popova" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liubov Magdenko" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halina Niedoba" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwan Deb" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4764345" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00670135v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Magdenko" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Popova" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pang" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fortuna" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2010.04.021" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-95DPTB5Z-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455834v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Gralak" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432899v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Checoury" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327993v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wouter Van Parys" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Moeyersoon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dries van Thourhout" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roel Baets" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2174106" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490512v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Gaizura" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lampin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz61557.2025.11319845" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04545548v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435176v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz57677.2023.10299018" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04545543v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277716v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz57677.2023.10299199" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308497v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_SI.2023.SF2I.4" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277866v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz57677.2023.10299118" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794318v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Halagacka" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuzana Gelnarova" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz50927.2022.9895662" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773638v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_SI.2022.STh4O.5" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04545542v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835288v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Kassi" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Dhevarhidjian" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aline Martin-Drumel" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz50927.2022.9896051" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761377v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2663659" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584687v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz50926.2021.9567537" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329265v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584700v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Dusch" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz50926.2021.9567383" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621511v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Mammez" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329178v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2597306" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329137v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_AT.2021.JM3G.2" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329213v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584675v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz50926.2021.9566885" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465148v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Mouret" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz50926.2021.9567307" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329278v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191456v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz46771.2020.9370994" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322811v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz46771.2020.9370505" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409703v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Mairiaux" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100252v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2019.8873764" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409541v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100266v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2019.8873957" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407708v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2019.8874508" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407689v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaromir Pistora" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2019.8874240" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410460v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407747v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-EQEC.2019.8872554" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334954v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey I. Mitryukovskiy" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2306932" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407824v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2018.8510484" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334950v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Stepanenko" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Horak" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mitryukovskiy" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2018.8509910" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407839v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleksandr Stepanenko" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom&#225;&#353; Hor&#225;k" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_SI.2018.STu4D.7" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00962382v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gogol" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2039450" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015277v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Moreno" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pagies" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Ducatteau" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cl&#233;ment" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahsin Akalin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878912v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914240v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2013.6665877" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645869v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Beauvillain" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Keller" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00545241v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00545238v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05236243v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673442v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Marris-Morini" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Belkin" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristinn Gylfason" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam O'Faolain" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.photonics.2024.101299" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00724640v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Magdenko Liubov" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532452v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiane Santos" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fl&#225;vio Feres" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Hannotte" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Peretti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Vanwolleghem" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-026-69027-6" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065593v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kolej&#225;k" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaming Liu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Silber" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Mi&#269;ica" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ond&#345;ej Ballada" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TTHZ.2025.3559074" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987546v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lien Smeesters" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Venturini" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Paulus" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Katrin Mahlein" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Perpetuini" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2515-7647/adbea9" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753321v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Lezier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vala" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Mathmann" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luk&#225;&#353; Halaga&#269;ka" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adpr.202400064" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601846v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Paries" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Selz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Lampin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kolejak" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.525747" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509627v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Wright" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamil Postava" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/nanoph-2023-0807" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255923v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tiercelin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.494623" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475323v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Postava" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0080372" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695019v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattias Verstuyft" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Akiki" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ducournau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.447268" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475335v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.1c01782" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065163v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Faucher" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Kuyken" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TTHZ.2020.3019928" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065114v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Walter" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.397272" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084454v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Halaga&#269;ka" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Vaurette" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ben Youssef" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Postava" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.031554" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903521v6" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Mitryukovskiy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Froberger" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aniss Mebarki" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Eliet Eliet-Barois" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TTHZ.2018.2889227" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891950v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Hindle" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotta Kuuliala" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Mouelhi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Cuisset" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bray" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8AN01180J" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407947v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Eliet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Motiyenko" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Pienkina" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.021242" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944744v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Horak" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Micica" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Ben Youssef" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TTHZ.2017.2736340" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286186v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Latzel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Pavanello" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Billet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bretin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Beck" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TTHZ.2017.2756059" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391065v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Chochol" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael &#268;ada" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4968178" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058152v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Halagacka" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OME.4.001903" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00877669v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jalas" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Petrov" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Eich" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Freude" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.H. Fan" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphoton.2013.185" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00877668v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vanwolleghem" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dagens" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pistora" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.21.021741" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00814965v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pavanello" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Garet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.B. Kuppam" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Peytavit" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4798522" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070952v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Popova" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liubov Magdenko" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halina Niedoba" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwan Deb" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Dagens" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4764345" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760419v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech Smigaj" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubov Magdenko" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Romero-Vivas" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Guenneau" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00670135v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Magdenko" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Popova" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pang" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fortuna" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2010.04.021" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-95DPTB5Z-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455834v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Gralak" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00432899v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Checoury" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327993v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wouter Van Parys" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Moeyersoon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dries van Thourhout" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roel Baets" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2174106" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490512v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Gaizura" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lampin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz61557.2025.11319845" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04545548v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04545543v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04435176v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz57677.2023.10299018" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277716v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz57677.2023.10299199" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308497v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_SI.2023.SF2I.4" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277866v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz57677.2023.10299118" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04545542v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761377v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2663659" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835288v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Kassi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Dhevarhidjian" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aline Martin-Drumel" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz50927.2022.9896051" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794318v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Halagacka" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuzana Gelnarova" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz50927.2022.9895662" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773638v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_SI.2022.STh4O.5" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329137v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_AT.2021.JM3G.2" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329178v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2597306" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621511v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Mammez" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329265v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584700v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Dusch" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz50926.2021.9567383" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584675v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz50926.2021.9566885" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329213v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465148v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Mouret" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz50926.2021.9567307" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329278v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584687v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz50926.2021.9567537" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191456v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz46771.2020.9370994" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322811v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz46771.2020.9370505" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407689v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaromir Pistora" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2019.8874240" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407708v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2019.8874508" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409541v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100266v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Mairiaux" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2019.8873957" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407747v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-EQEC.2019.8872554" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02410460v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409703v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100252v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2019.8873764" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407824v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2018.8510484" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334950v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Stepanenko" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Horak" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mitryukovskiy" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2018.8509910" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407839v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleksandr Stepanenko" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom&#225;&#353; Hor&#225;k" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_SI.2018.STu4D.7" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334954v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey I. Mitryukovskiy" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2306932" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00962382v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gogol" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2039450" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01015277v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Moreno" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pagies" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Ducatteau" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cl&#233;ment" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahsin Akalin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878912v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00914240v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2013.6665877" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645869v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Beauvillain" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Keller" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00545238v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00545241v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673442v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Marris-Morini" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Belkin" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristinn Gylfason" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam O'Faolain" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.photonics.2024.101299" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05236243v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00724640v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Magdenko Liubov" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>