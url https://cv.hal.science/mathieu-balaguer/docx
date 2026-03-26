--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -985,200 +985,139 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03765649v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intelligibility and comprehensibility: A Delphi consensus study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mesure de l'altération de la communication par analyses automatiques de la parole spontanée après traitement d'un cancer oral ou oropharyngé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Balaguer</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Virginie Woisard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Language and Communication Disorders</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Les Cahiers de l’ASELF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 19 (2), pp.19</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03543198v1</w:t>
+                <w:t xml:space="preserve">hal-03884599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development and preliminary validation of the questionnaire 'Evaluation of the constitution of social circles (ECSC)' in patients treated for cancer of the upper aerodigestive tract</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Balaguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothy Pommée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pinquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1200,145 +1139,206 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Woisard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Folia Phoniatrica et Logopaedica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 75 (1), pp.52-66. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1159/000525352⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03716864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesure de l'altération de la communication par analyses automatiques de la parole spontanée après traitement d'un cancer oral ou oropharyngé</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Intelligibility and comprehensibility: A Delphi consensus study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothy Pommée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Balaguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Mauclair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Pinquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Woisard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers de l’ASELF</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Language and Communication Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 57 (1), pp.21 - 41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1460-6984.12672⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03884599v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03543198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neurostimulation in People with Oropharyngeal Dysphagia</w:t>
               </w:r>
@@ -1376,51 +1376,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liza Bergström</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaheen Hamdy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothy Pommée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Special issue : Advances in Management of Voice and Swallowing Disorders, 11 (4), pp.993. </w:t>
@@ -1458,51 +1458,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Criteria for creating new standard reading passages for the assessment of speech and voice: A Delphi consensus study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothy Pommée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Balaguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1850,312 +1850,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03581585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship between phoneme-level spectral acoustics and speech intelligibility in healthy speech: a systematic review</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Paramètres perceptifs expliquant la sévérité du trouble de parole mesurée automatiquement en cancérologie ORL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Balaguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothy Pommée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Balaguer</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Farinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pinquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Woisard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Speech, Language, and Hearing Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Rééducation orthophonique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Chapitre : "De l’exploration à la prise en soins de la voix chez l’adulte : données actuelles.. sur la voie des voix", 286, pp.1-13</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03543196v1</w:t>
+                <w:t xml:space="preserve">hal-03277422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paramètres perceptifs expliquant la sévérité du trouble de parole mesurée automatiquement en cancérologie ORL</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Relationship between phoneme-level spectral acoustics and speech intelligibility in healthy speech: a systematic review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothy Pommée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Balaguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pinquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Mauclair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Woisard</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rééducation orthophonique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Speech, Language, and Hearing Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, In a new world of research, what do we already know? Systematic and scoping reviews in Speech, Language and Hearing, 24 (2), pp.105 - 132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/2050571x.2021.1913300⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03277422v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03543196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of adult speech disorders: current situation and needs in French-speaking clinical practice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothy Pommée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Balaguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2388,51 +2388,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of oral and oropharyngeal cancer on speech intelligibility using acoustic analysis: Systematic review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Balaguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothy Pommée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Farinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3543,269 +3543,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05189209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring Pathological Speech Quality Assessment with ASR-Powered Wav2Vec2 in Data-Scarce Context</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alain Ghio</w:t>
+                <w:t xml:space="preserve">Les représentations de locuteurs pour prédire l’intelligibilité de la parole lors de conversations médicales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastião Quintas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Balaguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Mauclair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Woisard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Pinquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 2024 Joint International Conference on Computational Linguistics, Language Resources and Evaluation (LREC-COLING 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ELRA and ICCL, May 2024, Torino, Italy. pp.6935--6944</w:t>
+              <w:t xml:space="preserve">31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.102-111</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04741237v1</w:t>
+                <w:t xml:space="preserve">hal-04623063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les représentations de locuteurs pour prédire l’intelligibilité de la parole lors de conversations médicales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sebastião Quintas</w:t>
+                <w:t xml:space="preserve">Exploring Pathological Speech Quality Assessment with ASR-Powered Wav2Vec2 in Data-Scarce Context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tuan Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Fredouille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Ghio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Balaguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Woisard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Pinquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.102-111</w:t>
+              <w:t xml:space="preserve">Proceedings of the 2024 Joint International Conference on Computational Linguistics, Language Resources and Evaluation (LREC-COLING 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ELRA and ICCL, May 2024, Torino, Italy. pp.6935--6944</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04623063v1</w:t>
+                <w:t xml:space="preserve">hal-04741237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude des liens acoustico-moteurs après cancer oral ou oropharyngé, via la réalisation d’un inventaire phonémique automatique des consonnes</w:t>
               </w:r>
@@ -4938,247 +4938,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03701411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Carcinologic Handicap Index upgraded version: validation of the upgraded version and ability to highlight head and neck cancer patients' needs</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mots ou pseudo-mots ? Quel impact sur l'évaluation perceptive de l'intelligibilité ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Lalain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Ghio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Fredouille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Rebourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leslie Belleville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31st World Congress of the International Association of Logopedics and Phoniatrics (IALP 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IALP: International Association of Communication Sciences and Disorders, Aug 2019, Taipei, Taiwan</w:t>
+              <w:t xml:space="preserve">8èmes Journées de Phonétique Clinique ( JPC 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire de phonétique de l’Université de Mons - Institut de Recherche en Sciences et Technologies du Langage de l’UMONS, May 2019, Mons, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03474076v1</w:t>
+                <w:t xml:space="preserve">hal-02482566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mots ou pseudo-mots ? Quel impact sur l'évaluation perceptive de l'intelligibilité ?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Carcinologic Handicap Index upgraded version: validation of the upgraded version and ability to highlight head and neck cancer patients' needs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Balaguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Champenois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Woisard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8èmes Journées de Phonétique Clinique ( JPC 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire de phonétique de l’Université de Mons - Institut de Recherche en Sciences et Technologies du Langage de l’UMONS, May 2019, Mons, Belgique</w:t>
+              <w:t xml:space="preserve">31st World Congress of the International Association of Logopedics and Phoniatrics (IALP 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IALP: International Association of Communication Sciences and Disorders, Aug 2019, Taipei, Taiwan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02482566v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03474076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Facteurs influençant l’intelligibilité et la sévérité du trouble chronique de la parole des patients traités pour un cancer de la cavité buccale ou de l’oropharynx</w:t>
               </w:r>
@@ -5906,277 +5906,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05142338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effectiveness of automatic phoneme recognition on a pseudoword production task after oral or oropharyngeal cancer</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alain Ghio</w:t>
+                <w:t xml:space="preserve">Preliminary validation study of an automatic speech measurement system after ENT cancer implemented on a tablet used in routine clinical practice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Boulze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pinquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Muriel Lalain</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Farinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Woisard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Devoucoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IALP 2025 33rd World Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2025, San Giljan, Malta</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05413235v1</w:t>
+                <w:t xml:space="preserve">hal-05413219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preliminary validation study of an automatic speech measurement system after ENT cancer implemented on a tablet used in routine clinical practice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anaïs Boulze</w:t>
+                <w:t xml:space="preserve">Effectiveness of automatic phoneme recognition on a pseudoword production task after oral or oropharyngeal cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlys Leiçarrague</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tuan Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Ghio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pinquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Clémence Devoucoux</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Lalain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IALP 2025 33rd World Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2025, San Giljan, Malta</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05413219v1</w:t>
+                <w:t xml:space="preserve">hal-05413235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des performances de systèmes de reconnaissance automatique de la parole spontanée après cancer oral ou oropharyngé</w:t>
               </w:r>
@@ -6376,256 +6376,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04221440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesure de l'intelligibilité après cancer oral ou oropharyngé par un système de reconnaissance automatique de la parole</w:t>
+                <w:t xml:space="preserve">Mesure de l'altération de la communication par analyses automatiques de la parole spontanée après traitement d'un cancer oral ou oropharyngé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Balaguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lucile Gelin</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Pinquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Farinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Woisard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Pinquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème Colloque inter-régional Recherche paramédicale Grand Sud-Ouest (2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Poitiers, France. , 2022</w:t>
+              <w:t xml:space="preserve">18èmes Journées du Cancéropôle Grand Sud-Ouest (GSO 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, La Grande Motte, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03837679v1</w:t>
+                <w:t xml:space="preserve">hal-03998266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesure de l'altération de la communication par analyses automatiques de la parole spontanée après traitement d'un cancer oral ou oropharyngé</w:t>
+                <w:t xml:space="preserve">Mesure de l'intelligibilité après cancer oral ou oropharyngé par un système de reconnaissance automatique de la parole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Balaguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Gelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Woisard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Farinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pinquier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Virginie Woisard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18èmes Journées du Cancéropôle Grand Sud-Ouest (GSO 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, La Grande Motte, France. </w:t>
+              <w:t xml:space="preserve">9ème Colloque inter-régional Recherche paramédicale Grand Sud-Ouest (2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Poitiers, France. , 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03998266v1</w:t>
+                <w:t xml:space="preserve">hal-03837679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construction d'un index holistique d'impact sur la communication des troubles de la parole chez les patients traités pour un cancer oral ou oropharyngé</w:t>
               </w:r>
@@ -6866,51 +6866,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional impact of speech disorders in patients treated for oral or oropharyngeal cancer, assessed by perceptual and automatic measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Balaguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothy Pommée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Farinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8331,51 +8331,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8DA4332C"/>
+    <w:nsid w:val="378E0E90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8562,51 +8562,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathieu-balaguer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1311-4501" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05251621v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Balaguer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pinquier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Farinas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Woisard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1460-6984.70103" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595273v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebasti&#227;o Quintas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Vaysse" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Roger" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Mauclair" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frai.2024.1359094" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405083v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1460-6984.13004" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595268v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;e Speyer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Cugy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Devoucoux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Morini&#232;re" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm12206572" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765649v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1460-6984.12766" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543198v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Pomm&#233;e" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1460-6984.12672" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716864v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000525352" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884599v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03581586v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Liisa Sutt" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liza Bergstr&#246;m" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaheen Hamdy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11040993" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595275v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699206.2022.2080589" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03413678v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Fredouille" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ghio" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hed.26903" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03581585v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinie Cordier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lianne Remijn" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bas Joris Heijnen" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11030685" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543196v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2050571x.2021.1913300" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03277422v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120115v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14015439.2020.1870245" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921918v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Ast&#233;sano" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10579-020-09496-3" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492761v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hed.25949" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899287v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Champenois" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00405-020-06201-6" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505354v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Fichaux-Bourin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Puech" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000503448" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505369v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Boisguerin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Galtier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Gaillard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00405-019-05397-6" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505359v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Boisgu&#233;rin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anorl.2019.05.012" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02553232v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Percodani" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aforl.2016.07.021" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142322v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413208v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2310/7070.2008.1001" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05189209v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuan Nguyen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741237v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623063v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623060v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Gelin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Galant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Lalain" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756037v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320325v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Espitalier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230836v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221418v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230870v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297963v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221427v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701417v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03412659v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701411v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03474076v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482566v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rebourg" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Belleville" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631178v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977799v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01770168v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142351v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Boulze" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481906v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Fabriol" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142338v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lys Lei&#231;arrague" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413235v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413219v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132317v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221440v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Liaunet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Danet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837679v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998266v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258582v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lepage" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258617v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505380v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.35402.52168" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937462v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272546v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450847v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919628v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505393v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03557511v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021TOU30109" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623005v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nihed Bendahman" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia-Mai Ho-Dac" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; G. Moreno" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623053v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04622991v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04622982v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126591v2" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lila Gravellier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathieu-balaguer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1311-4501" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05251621v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Balaguer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pinquier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Farinas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Woisard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1460-6984.70103" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595273v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebasti&#227;o Quintas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Vaysse" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Roger" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Mauclair" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frai.2024.1359094" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04405083v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1460-6984.13004" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595268v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;e Speyer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Cugy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Devoucoux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Morini&#232;re" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm12206572" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765649v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1460-6984.12766" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03884599v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716864v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Pomm&#233;e" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000525352" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543198v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1460-6984.12672" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03581586v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Liisa Sutt" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liza Bergstr&#246;m" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaheen Hamdy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11040993" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595275v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699206.2022.2080589" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03413678v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Fredouille" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ghio" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hed.26903" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03581585v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinie Cordier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lianne Remijn" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bas Joris Heijnen" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11030685" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03277422v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543196v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2050571x.2021.1913300" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120115v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14015439.2020.1870245" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921918v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Ast&#233;sano" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10579-020-09496-3" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492761v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hed.25949" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02899287v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Champenois" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00405-020-06201-6" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505354v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Fichaux-Bourin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Puech" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000503448" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505369v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Boisguerin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Galtier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Gaillard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00405-019-05397-6" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505359v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Boisgu&#233;rin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anorl.2019.05.012" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02553232v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Percodani" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aforl.2016.07.021" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142322v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413208v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2310/7070.2008.1001" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05189209v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuan Nguyen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623063v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741237v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623060v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Gelin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Galant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Lalain" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756037v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320325v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Espitalier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230836v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221418v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230870v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297963v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221427v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701417v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03412659v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701411v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482566v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rebourg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Belleville" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03474076v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631178v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977799v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01770168v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142351v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Boulze" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481906v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Fabriol" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05142338v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lys Lei&#231;arrague" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413219v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413235v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132317v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221440v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Liaunet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Danet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03998266v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837679v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258582v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lepage" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258617v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505380v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.35402.52168" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937462v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272546v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450847v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919628v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505393v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03557511v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021TOU30109" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623005v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nihed Bendahman" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia-Mai Ho-Dac" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; G. Moreno" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623053v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04622991v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04622982v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126591v2" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lila Gravellier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>