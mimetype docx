--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -419,213 +419,213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05216978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mixed-Integer Optimization for Loopless Flux Distributions in Metabolic Networks</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Frank-Wolfe Algorithms: Sparsity Guarantees and an Application to Robust Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Besançon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sebastian Pokutta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SEA 2025 - 23rd International Symposium on Experimental Algorithms</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ROADEF 2025 - 26ème Congrès annuel de la Société française de recherche opérationnelle et d'aide à la décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société française de recherche opérationnelle et d'aide à la décision, Feb 2025, Champs-Sur-Marne, France. pp.1-1</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05432362v1</w:t>
+                <w:t xml:space="preserve">hal-04979715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frank-Wolfe Algorithms: Sparsity Guarantees and an Application to Robust Optimization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mixed-Integer Optimization for Loopless Flux Distributions in Metabolic Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannah Troppens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Besançon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">St. Elmo Wilken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Pokutta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2025 - 26ème Congrès annuel de la Société française de recherche opérationnelle et d'aide à la décision</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SEA 2025 - 23rd International Symposium on Experimental Algorithms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Venice, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.SEA.2025.26⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04979715v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05432362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Pivoting Framework: Frank-Wolfe Algorithms with Active Set Size Control</w:t>
               </w:r>
@@ -817,265 +817,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04792529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Context-Aware Cutting Plane Selection Algorithm for Mixed-Integer Programming</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mark Turner</w:t>
+                <w:t xml:space="preserve">Scylla: a matrix-free fix-propagate-and-project heuristic for mixed-integer optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gioni Mexi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Besançon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suresh Bolusani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timo Berthold</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Antonia Chmiela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Hoen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Operations Research Proceedings 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2023, Hamburg, Germany. pp.217-224, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-58405-3_28⟩</w:t>
+              <w:t xml:space="preserve">, Sep 2023, Hamburg, Germany. pp.65-72, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-58405-3_9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05216983v1</w:t>
+                <w:t xml:space="preserve">hal-05216987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scylla: a matrix-free fix-propagate-and-project heuristic for mixed-integer optimization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gioni Mexi</w:t>
+                <w:t xml:space="preserve">A Context-Aware Cutting Plane Selection Algorithm for Mixed-Integer Programming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Turner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timo Berthold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Besançon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Operations Research Proceedings 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2023, Hamburg, Germany. pp.65-72, </w:t>
+              <w:t xml:space="preserve">, Sep 2023, Hamburg, Germany. pp.217-224, </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-58405-3_9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-58405-3_28⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05216987v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05216983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SCIP8: rethinking nonlinear constraint representation and recent progress</w:t>
               </w:r>
@@ -1100,51 +1100,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ksenia Bestuzheva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei-Kun Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonia Chmiela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tim Donkiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1231,51 +1231,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Convex mixed-integer optimization with Frank–Wolfe methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah Hendrych</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannah Troppens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Besançon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1716,51 +1716,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Besançon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ambros Gleixner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timo Berthold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia D’ambrosio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2220,51 +2220,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ksenia Bestuzheva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sander Borst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonia Chmiela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Zuse Institute Berlin. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -2357,51 +2357,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Besançon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ksenia Bestuzheva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonia Chmiela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">João Dionísio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2957,51 +2957,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086780v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Hendrych" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Pokutta" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Besan&#231;on" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mart&#237;nez-Rubio" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173160v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216978v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suresh Bolusani" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gioni Mexi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Turner" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-92575-7_60" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05432362v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Troppens" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St. Elmo Wilken" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.SEA.2025.26" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979715v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913437v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Wirth" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792529v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Somayeh Shamsi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Bodic" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-60599-4_4" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216983v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Berthold" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-58405-3_28" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216987v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Chmiela" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Hoen" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-58405-3_9" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595412v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ksenia Bestuzheva" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Kun Chen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Donkiewicz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136465v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12532-025-00288-w" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05250102v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Designolle" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannis Halbey" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Kuzinowicz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3765626" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149996v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Carderera" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/23M1616789" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792534v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Anjos" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luce Brotcorne" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-024-01422-z" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314780v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambros Gleixner" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia D&#8217;ambrosio" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12532-024-00256-w" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430513v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/ijoc.2022.1191" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03149050v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel F Anjos" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11590-021-01754-9" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03146212v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Gomez-Herrera" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSG.2020.3000651" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05397675v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Hojny" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sander Borst" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768660v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Dion&#237;sio" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741974v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Chasseray" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lorca" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Petitdemange" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414848v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel F. Anjos" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114601v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Setara Kotomandimby" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:792eb6eaa825855474bb50f24622135c8f89c824" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086780v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Hendrych" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Pokutta" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Besan&#231;on" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mart&#237;nez-Rubio" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173160v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216978v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suresh Bolusani" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gioni Mexi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Turner" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-92575-7_60" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979715v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05432362v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Troppens" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St. Elmo Wilken" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.SEA.2025.26" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913437v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Wirth" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792529v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Somayeh Shamsi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Bodic" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-60599-4_4" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216987v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Chmiela" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Hoen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-58405-3_9" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216983v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Berthold" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-58405-3_28" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595412v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ksenia Bestuzheva" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Kun Chen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Donkiewicz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136465v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12532-025-00288-w" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05250102v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Designolle" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannis Halbey" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Kuzinowicz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3765626" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149996v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Carderera" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/23M1616789" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792534v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Anjos" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luce Brotcorne" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-024-01422-z" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314780v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambros Gleixner" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia D&#8217;ambrosio" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12532-024-00256-w" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430513v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/ijoc.2022.1191" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03149050v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel F Anjos" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11590-021-01754-9" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03146212v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Gomez-Herrera" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSG.2020.3000651" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05397675v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Hojny" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sander Borst" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768660v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Dion&#237;sio" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741974v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Chasseray" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lorca" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Petitdemange" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414848v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel F. Anjos" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114601v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Setara Kotomandimby" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:792eb6eaa825855474bb50f24622135c8f89c824" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>