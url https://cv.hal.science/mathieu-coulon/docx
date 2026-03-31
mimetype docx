--- v0 (2026-03-03)
+++ v1 (2026-03-31)
@@ -240,567 +240,567 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03370962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimer des flux de navetteurs avec un modèle gravitaire. Application géomatique en Région Provence-Alpes-Côte d'Azur (France)</w:t>
+                <w:t xml:space="preserve">Réduire le nombre de députés en France métropolitaine. Quel mode d’affectation, pour quelle représentation nationale ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Josselin</w:t>
+                <w:t xml:space="preserve">Cyrille Genre-Grandpierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Carpentier-Postel</w:t>
+                <w:t xml:space="preserve">Guillaume Marrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Audard</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mathieu Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geomatica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1139/geomat-2020-0009⟩</w:t>
+              <w:t xml:space="preserve">L'Espace Politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 39, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/espacepolitique.7353⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02974718v1</w:t>
+                <w:t xml:space="preserve">hal-03173573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réduire le nombre de députés en France métropolitaine. Quel mode d’affectation, pour quelle représentation nationale ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Estimer des flux de navetteurs avec un modèle gravitaire. Application géomatique en Région Provence-Alpes-Côte d'Azur (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Josselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Carpentier-Postel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrille Genre-Grandpierre</w:t>
+                <w:t xml:space="preserve">Frédéric Audard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Marrel</w:t>
+                <w:t xml:space="preserve">Safaâ Amarouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Coulon</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Baptiste Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Espace Politique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 39, </w:t>
+              <w:t xml:space="preserve">Geomatica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/espacepolitique.7353⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1139/geomat-2020-0009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03173573v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02974718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les sirènes sont-elles pertinentes pour alerter la population en cas de crues rapides en France ?</w:t>
+                <w:t xml:space="preserve">Une aubaine pour les géographes ? Intérêts des fichiers open DVF sur les transactions foncières et immobilières et précautions d’usage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johnny Douvinet</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laure Casanova Enault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Boulay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t>
+              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02398124v1</w:t>
+                <w:t xml:space="preserve">halshs-02394969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une aubaine pour les géographes ? Intérêts des fichiers open DVF sur les transactions foncières et immobilières et précautions d’usage</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les sirènes sont-elles pertinentes pour alerter la population en cas de crues rapides en France ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Douvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Gisclard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freddy Vinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Casanova Enault</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Esteban Bopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
+              <w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02394969v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02398124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La couverture spatiale des sirènes est-elle opérante pour alerter la population en cas d’inondation en France ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Douvinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Gisclard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freddy Vinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esteban Bopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
@@ -829,64 +829,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Améliorer l'observation des marchés grâce aux fichiers fonciers. Le cas des sociétés civiles immobilières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Casanova Enault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Boulay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -963,51 +963,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdeljalil Bouzouggar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Collina-Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternary International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 374, pp.154 - 167. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1067,70 +1067,70 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Pêcheries artisanales en mer Égée (début XXe siècle) »</w:t>
+                <w:t xml:space="preserve">Pêcheries artisanales en mer Égée (début XXe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Faget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colonisations halieutiques. Pêches, empires, environnements (XVIIe-XXIe siècles)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Vermeren Hugo &amp; Faget Daniel - UMR TELEMMe 7303 - Aix Marseille Université - CNRs, Dec 2025, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1308,51 +1308,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le détachement de travailleur·ses extra-communautaires dans l'agriculture : infractions, délits et illégalismes dans les pays de recrutement et de mise à disposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mésini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Externalisation de l'activité dans l'agriculture, De l'opportunité migratoire aux risques d'exploitation pour les travailleurs migrants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Pôle Juridique et Judiciaire de l'Université de Bordeaux, Nov 2023, BORDEAUX, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1390,51 +1390,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indécents, indignes et illégaux, les hébergements précaires des saisonnier.es étrangers cantonné.es dans les mas de Provence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mésini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Décosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1498,51 +1498,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La prestation de service internationale : nouvelle filière d'emplois des saisonnier.ses étrangers en Provence 2000-2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mésini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Décosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1593,51 +1593,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Métropole Nature – Carte interactive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Consalès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1669,316 +1669,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04682642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse exploratoire de la robustesse des indicateurs de prix fonciers - Effet des agrégations spatiales</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Que nous apprend la localisation des SCI ? Analyse statistique et spatiale de la géographie du patrimoine immobilier résidentiel détenu par les SCI.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Casanova Enault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Boulay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Blanke</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Loïc Bonneval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Bocquet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">57è colloque de l'Association de Sciences Régionale de Langue Française (ASRDLF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, ESPACE - CNRS - Université d'Avignon, Jun 2021, Avignon, France</w:t>
+              <w:t xml:space="preserve">, ESPACE - CNRS - Université d'Avignon, Sep 2021, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03503737v1</w:t>
+                <w:t xml:space="preserve">hal-03504728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Que nous apprend la localisation des SCI ? Analyse statistique et spatiale de la géographie du patrimoine immobilier résidentiel détenu par les SCI.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Analyse exploratoire de la robustesse des indicateurs de prix fonciers - Effet des agrégations spatiales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Blanke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Boulay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Casanova Enault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Josselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">57è colloque de l'Association de Sciences Régionale de Langue Française (ASRDLF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, ESPACE - CNRS - Université d'Avignon, Sep 2021, Avignon, France</w:t>
+              <w:t xml:space="preserve">, ESPACE - CNRS - Université d'Avignon, Jun 2021, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03504728v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03503737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qu’est-ce qu’une transaction immobilière ? Les enjeux théoriques et méthodologiques d’une triple comparaison Perval, DVF DGFiP et versions en accès libre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Casanova Enault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Boulay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2068,51 +2068,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Di Costanzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Ayral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de l’OHM-CV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2137,64 +2137,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’analyse de la propriété des particuliers à partir des fichiers fonciers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Casanova Enault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée nationale des utilisateurs des Fichiers Fonciers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, La Défense, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2219,64 +2219,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détecter et délimiter des marchés locaux : approche bottom up et non estimative de la représentation des prix immobiliers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Casanova Enault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Boulay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2398,51 +2398,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Tozy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gisèle Seimandi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actes Sud; MMSH</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.1728, 2016, 978-2-330-06466-2</w:t>
             </w:r>
           </w:p>
@@ -2461,193 +2461,288 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01441156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le détachement transfrontalier des mains-d'oeuvre agricoles. Confiance, méfiance et défiance au cœur d'un écosystème d'affaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mésini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Quae. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nouvelles formes de travail en agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.283-205, 2026, Nature et société, 978-2-7592-4211-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.35690/978-2-7592-4212-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05562829v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Uncertainties Related to Real Estate Price Estimation Scales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Josselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Blanke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Boulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Casanova Enault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">François Pinet; Mireille Batton-Hubert; Eric Desjardin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geographical Data Imperfection 2: Use Cases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, Wiley; ISTE, pp.127-163, 2024, 9781786302984. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781119507352⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04481114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2657,51 +2752,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The last occurrence of Megaceroides algericus Lyddekker, 1890 (Mammalia, Cervidae) during the middle Holocene in the cave of Bizmoune (Morocco, Essaouira region)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2710,414 +2805,414 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdeljalil Bouzouggar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Collina-Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015, </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.quaint.2015.03.034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01321226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tunisie, 1:100 000, ca. 1895-20xx, 92 feuilles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Site Web Cartomed - La cartothèque méditerranéenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04196962v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04125841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Algérie et Tunisie, 1:50 000, 1882–19xx, découpage SGA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Site Web Cartomed - La cartothèque méditerranéenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04196948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tunisie, 1:100 000, ca. 1895-20xx, 92 feuilles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Site Web Cartomed - La cartothèque méditerranéenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04125841v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04196962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Algérie et Tunisie, 1:200 000, 1888-1975, env. 150 feuilles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Site Web Cartomed - La cartothèque méditerranéenne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04197026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3127,169 +3222,169 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elément du fonctionnement hydrologique du Gardon d'Alès à l'aval de sa confluence avec le Galeizon (site de la Blaquière) et des sources de la Baume (Gorges du Gardon)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Domergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Grard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Ayral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Josselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Coulon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CNRS - Université d'Avignon. 2021, 21 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03503707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'étiage 2019 dans les Gardons amont (Cévennes) Projet pilote de suivi des débits d'étiage Rapport sur huit stations temporaires d'étiage et deux stations pérennes Novembre 2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3298,112 +3393,112 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Didon-Lescot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Ayral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Domergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Grard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Avignon Université. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03016197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId88"/>
+      <w:footerReference w:type="default" r:id="rId90"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3550,51 +3645,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03370962v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Le Goix" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Ysebaert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Giraud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lieury" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Boulay" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.36478" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974718v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Josselin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Carpentier-Postel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Audard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa&#226; Amarouch" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Durand" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/geomat-2020-0009" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-03173573v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Genre-Grandpierre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Marrel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Coulon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/espacepolitique.7353" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398124v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Douvinet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Gisclard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Martin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Vinet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Bopp" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02394969v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Casanova Enault" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059754v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02177506v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01676662v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fernandez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeljalil Bouzouggar" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Collina-Girard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.03.034" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05474413v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Faget" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003474v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Knockaert" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dianne Unsain" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Burri" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Giguet-Covex" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alistair Pike" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04682614v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice M&#233;sini" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04682631v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric D&#233;cosse" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Hellio" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04682623v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04682642v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Consal&#232;s" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03503737v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Blanke" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504728v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bonneval" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bocquet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02280391v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02511012v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Didon-Lescot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Di Costanzo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Ayral" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02280418v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02306939v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01441156v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Crivello" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dionigi Albera" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Tozy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Seimandi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.actes-sud.fr/catalogue/sciences-humaines-et-sociales-sciences/dictionnaire-de-la-mediterranee" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04481114v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119507352" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321226v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04196962v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Arnaud" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04196948v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04125841v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04197026v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03503707v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Domergue" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Grard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016197v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03370962v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Le Goix" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Ysebaert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Giraud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lieury" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Boulay" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.36478" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-03173573v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Genre-Grandpierre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Marrel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Coulon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/espacepolitique.7353" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974718v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Josselin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Carpentier-Postel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Audard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa&#226; Amarouch" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Durand" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/geomat-2020-0009" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02394969v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Casanova Enault" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398124v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Douvinet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Gisclard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Martin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Vinet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Bopp" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059754v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02177506v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01676662v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fernandez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeljalil Bouzouggar" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Collina-Girard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2015.03.034" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05474413v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Faget" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003474v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Knockaert" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dianne Unsain" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Burri" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Giguet-Covex" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alistair Pike" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04682614v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice M&#233;sini" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04682631v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric D&#233;cosse" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Hellio" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04682623v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04682642v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Consal&#232;s" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504728v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bonneval" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bocquet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03503737v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Blanke" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02280391v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02511012v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Didon-Lescot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Di Costanzo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Ayral" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02280418v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02306939v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01441156v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Crivello" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dionigi Albera" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Tozy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Seimandi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.actes-sud.fr/catalogue/sciences-humaines-et-sociales-sciences/dictionnaire-de-la-mediterranee" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562829v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-4212-2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04481114v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119507352" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321226v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04125841v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Arnaud" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04196948v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04196962v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04197026v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03503707v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Domergue" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Grard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016197v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>