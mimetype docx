--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -66,5261 +66,5395 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (31)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of temperature on membrane lipids of Pseudomonas veronii isolated from French alpine lakes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juanita Mora-Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrienne Kish</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Anquetil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelino Suzuki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Organic Geochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 217, pp.105189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.orggeochem.2026.105189⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05557886v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editorial preface to special issue: Chemical weathering as a key mechanism sustaining Earths habitability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaojun Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Dellinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gen Li</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Global and Planetary Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 255, pp.105055. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gloplacha.2025.105055⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05265794v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Human and climate impacts on the alpine Critical Zone over the past 10,000 y</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Rapuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Guinoiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Dellinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 122 (29), pp.e2506030122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2506030122⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05190937v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Validating the rhenium proxy for rock organic carbon oxidation using weathering profiles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine E. Grant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Dellinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander J. Dickson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mateja Ogric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kate Horan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.122464. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2024.122464⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04757563v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rhenium elemental and isotopic variations at magmatic temperatures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.J. Dickson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.A. Stow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Dellinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K.W. Burton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geochemical Perspectives Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 28, pp.48-53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7185/geochemlet.2402⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04420775v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">DEEP-C Consortium: Carbon sink or methane source – local to global scale assessment of lentic waters’ role in the climate system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Jenny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronny Lauerwald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Masclaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Research Ideas and Outcomes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10, pp.e136661. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3897/rio.10.e136661⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04746441v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rhenium Isotopes Record Oxidative Weathering Intensity in Sedimentary Rocks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A J Dickson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. G. Hilton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Prytulak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Minisini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J S Eldrett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 25 (10), pp.e2024GC011795. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2024gc011795⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04757546v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rhenium isotope variations in Icelandic groundwaters and hydrothermal systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenhao Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Dickson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Dellinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Burton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deirdre Clark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 647, pp.119046. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2024.119046⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04729492v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Low rates of rock organic carbon oxidation and anthropogenic cycling of rhenium in a slowly denuding landscape</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mateja Ogrič</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Dellinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Grant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valier Galy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xin Gu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 48 (6), pp.1202-1218. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/esp.5543⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04021997v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High rates of rock organic carbon oxidation sustained as Andean sediment transits the Amazon foreland-floodplain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Dellinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Hilton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Jotautas Baronas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emily Burt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 120 (39), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2306343120⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04240730v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evolution of the alpine Critical Zone since the Last Glacial Period using Li isotopes from lake sediments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xu (Yvon) Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Bajard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Poulenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 624, pp.118463. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2023.118463⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04281139v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rock organic carbon oxidation CO2 release offsets silicate weathering sink</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jesse Zondervan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Hilton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Dellinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiona Clubb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tobias Roylands</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 623, pp.329-333. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41586-023-06581-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04242697v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hydrological control of river and seawater lithium isotopes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fei Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Dellinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Hilton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jimin Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Allen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (1), pp.3359. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-022-31076-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03707076v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The influence of black shale weathering on riverine barium isotopes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Charbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Gaillardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Calmels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Dellinger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 594, pp.120741. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2022.120741⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03707091v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Temperature control on CO2 emissions from the weathering of sedimentary rocks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Soulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Hilton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Garnett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tobias Roylands</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Klotz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Geoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (9), pp.665-671. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41561-021-00805-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03580349v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constraints on the source of reactive phases in sediment from a major Arctic river using neodymium isotopes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina S. Larkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander M. Piotrowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruth S. Hindshaw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Bayon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert G. Hilton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 565, 116933 (11p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2021.116933⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04203477v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reply to comment by Thomas M. Blattmann on “Carbon dioxide emissions by rock organic carbon oxidation and the next geochemical carbon budget of the Mackenzie River Basin”, v. 319, n. 6, p. 473–499.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kate Horan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Hilton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Dellinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ed Tipper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valier Galy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">American journal of science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 319 (10), pp.905-906. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2475/10.2019.04⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02494318v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carbon dioxide emissions by rock organic carbon oxidation and the net geochemical carbon budget of the Mackenzie River Basin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kate Horan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Hilton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Dellinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ed Tipper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valier Galy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">American journal of science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 319 (6), pp.473-499 (IF 3,566). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2475/06.2019.02⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02304778v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Li isotope composition of marine biogenic carbonates: Patterns and Mechanisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Dellinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Joshua West</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jess F Adkins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Pogge von Strandmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 236, pp.315-335. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2018.03.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01741161v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tracing the impact of coastal water geochemistry on the Re-Os systematics of macroalgae: Insights from the basaltic terrain of Iceland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Sproson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Selby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelmouhcine Gannoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Burton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Dellinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Biogeosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2018JG004492⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01876957v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Technical note: In situ measurement of flux and isotopic composition of CO2 released during oxidative weathering of sedimentary rocks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Soulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.G. Hilton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.H. Garnett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Dellinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Croissant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biogeosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 15 (13), pp.4087-4102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/bg-15-4087-2018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02608968v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tracing weathering regimes using the lithium isotope composition of detrital sediments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Dellinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Gaillardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laëtitia L. Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Moureau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 45 (5), pp.411-414. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1130/G38671.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02133276v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riverine dissolved lithium isotopic signatures in low-relief central Africa and their link to weathering regimes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soufian Henchiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Gaillardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Dellinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Spencer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 43 (9), pp.4391-4399. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2016GL067711⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02133282v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Testing the Steady State Assumption for the Earth's Surface Denudation Using Li Isotopes in the Amazon Basin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Dellinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Gaillardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laeticia Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Procedia Earth and Planetary Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 13, pp.162-168. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proeps.2015.07.038⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02133293v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erosion of organic carbon in the Arctic as a geological carbon dioxide sink</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert G. Hilton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valier Galy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Gaillardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Dellinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Bryant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 524, pp.84-87. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nature14653⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03579674v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riverine Li isotope fractionation in the Amazon River basin controlled by the weathering regimes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Dellinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Gaillardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Calmels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Louvat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 164, pp.71-93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2015.04.042⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01150956v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Influence of atmospheric deposits and secondary minerals on Li isotopes budget in a highly weathered catchment, Guadeloupe (Lesser Antilles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Clergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Dellinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heather L. Buss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Gaillardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc F. Benedetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2015.08.015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03945790v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erosion of organic carbon in the Artic as a geological carbon dioxide sink</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.G. Hilton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Galy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gaillardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Dellinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bryant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.524(7563):84-U162</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01492548v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lithium isotopes in large rivers reveal the cannibalistic nature of modern continental weathering and erosion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Dellinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Gaillardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Calmels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valier Galy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 401, pp.359 - 372. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2014.05.061⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01767766v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ScienceDirect The influence of hydrothermal activity on the Li isotopic signature of rivers draining volcanic areas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Henchiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Clergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Dellinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gaillardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Louvat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Procedia Earth and Planetary Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 10, pp.223-230. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proeps.2014.08.026⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01516076v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transient geochemical and hydrogeological coupling during weathering and the carbon cycle in the critical zone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">É. Pili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Dellinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Charlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Agrinier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Chabaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta Supplement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 73 (13), pp.A1029. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2009.05.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00447642v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paleofood intensity calibration: Integrating sedimentary archives and in situ monitoring (Kamech, Tunisia),</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Raclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Hamdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Dellinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Molard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd Paleology and Limnology International Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Aix-les-Bains, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05530715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erosion physique au sein de la Zone Critique : calibration d’enregistrement sédimentaire avec des données d’observation in-situ (Kamech, OZCAR)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Raclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radhouane Hamdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Dellinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Molard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19. Congrès Français de Sédimentologie (ASF2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04841038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erosion physique au sein de la Zone Critique : calibration d’enregistrement sédimentaire avec de données d’observation in-situ (Kamech, OZCAR).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Raclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radhouane Hamdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Dellinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Mollard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19. Congrès Français de Sédimentologie (ASF2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05168109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding the effect of hydrology on chemical weathering in the European Alps with Li and Sr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akanksha Praharaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Rapuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Hilton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mateja Ogric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Goldschmidt2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Lyon, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7185/gold2023.19530⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04703072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human and climate impacts on the Critical Zone dynamic over the past 10,000 years in the French Alps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Rapuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Guinoiseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bouchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Dellinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Goldschmidt2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Lyon, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7185/gold2023.19395⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04515719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reforestation drastically reduces CO2 release from sulfide oxidation and its climatic sensitivity – Insight from a paired catchment approach at the Draix-Bleone Observatory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Hilton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mateja Ogric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Dellinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Soulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Klotz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Vienna, Austria. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu22-10378⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04703083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Draix-Bleone critical zone observatory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Le Bouteiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Bakyono</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Barré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauric L. Cecillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zones Ateliers and Critical Zone Observatory Networks (LTER-France) Joint Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01985128v1</w:t>
-              </w:r>
-[...4020 lines deleted...]
-                <w:t xml:space="preserve">insu-00447642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physical Erosion Dynamics in the Critical Zone: Integrating Sedimentary Archives and In-Situ Monitoring (Kamech, Tunisia)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Raclot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Dellinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Hamdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Molard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd OZCAR TERENO Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Paris, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05530710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Workflow for analyzing long-term variations in carbon stocks and fluxes (DEEP-C -WP2)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Desgué-Itier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Azuara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Boulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées annuelles FairCarboN</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Sète, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04824072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5330,127 +5464,127 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apport des isotopes du lithium et des éléments alcalins à la compréhension des processus d’altération chimique et de recyclage sédimentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Dellinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Gaillardet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'environnement. Institut de Physique du Globe de Paris (IPGP); Université du Québec à Montréal, 2013. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03092831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId189"/>
+      <w:footerReference w:type="default" r:id="rId196"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5597,51 +5731,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530715v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sabatier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Raclot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Hamdi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Dellinger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Molard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841038v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radhouane Hamdi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05168109v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mollard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703072v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akanksha Praharaj" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bouchez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Rapuc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Hilton" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateja Ogric" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/gold2023.19530" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515719v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Guinoiseau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/gold2023.19395" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703083v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Soulet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Klotz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-10378" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985128v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Le Bouteiller" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Antoine" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Bakyono" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Barr&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric L. Cecillon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265794v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaojun Li" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Fernandez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Torres" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gen Li" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2025.105055" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190937v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Arnaud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2506030122" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757563v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine E. Grant" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander J. Dickson" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Horan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2024.122464" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420775v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Wang" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Dickson" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Stow" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dellinger" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.W. Burton" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/geochemlet.2402" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746441v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Jenny" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Millet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronny Lauerwald" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Colas" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Masclaux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/rio.10.e136661" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757546v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A J Dickson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. G. Hilton" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Prytulak" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Minisini" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J S Eldrett" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024gc011795" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729492v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenhao Wang" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Dickson" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Burton" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deirdre Clark" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2024.119046" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021997v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateja Ogri&#269;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Grant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valier Galy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Gu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.5543" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240730v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jotautas Baronas" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Burt" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2306343120" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281139v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu (Yvon) Zhang" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bajard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Poulenard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2023.118463" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242697v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesse Zondervan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Clubb" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Roylands" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-023-06581-9" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707076v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fei Zhang" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimin Yu" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Allen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-31076-y" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707091v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Charbonnier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaillardet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Calmels" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2022.120741" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03580349v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Garnett" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Klotz" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-021-00805-1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203477v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina S. Larkin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander M. Piotrowski" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth S. Hindshaw" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Bayon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert G. Hilton" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2021.116933" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494318v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ed Tipper" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2475/10.2019.04" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304778v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2475/06.2019.02" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01741161v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Joshua West" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Paris" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jess F Adkins" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Pogge von Strandmann" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2018.03.014" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01876957v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Sproson" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Selby" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmouhcine Gannoun" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JG004492" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608968v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Soulet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.G. Hilton" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Garnett" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Croissant" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-15-4087-2018" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133276v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia L. Faure" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Moureau" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/G38671.1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133282v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufian Henchiri" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Spencer" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016GL067711" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133293v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laeticia Faure" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeps.2015.07.038" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03579674v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bryant" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature14653" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150956v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bouchez" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Louvat" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2015.04.042" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945790v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Clergue" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather L. Buss" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc F. Benedetti" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2015.08.015" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01492548v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Galy" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gaillardet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bryant" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01767766v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2014.05.061" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01516076v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Henchiri" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Clergue" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Louvat" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeps.2014.08.026" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00447642v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. Pili" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Charlet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Agrinier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chabaux" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2009.05.012" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9305GVTM-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530710v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824072v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Desgu&#233;-Itier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Azuara" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Boulay" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03092831v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05557886v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juanita Mora-Gomez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Collin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Kish" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Anquetil" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelino Suzuki" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2026.105189" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265794v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaojun Li" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Dellinger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Fernandez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Torres" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gen Li" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2025.105055" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190937v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Rapuc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Guinoiseau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Arnaud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sabatier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2506030122" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757563v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine E. Grant" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander J. Dickson" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateja Ogric" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Horan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2024.122464" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420775v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Wang" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Dickson" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Stow" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dellinger" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.W. Burton" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/geochemlet.2402" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746441v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Jenny" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Millet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronny Lauerwald" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Colas" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Masclaux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/rio.10.e136661" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757546v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A J Dickson" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. G. Hilton" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Prytulak" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Minisini" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J S Eldrett" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024gc011795" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729492v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenhao Wang" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Dickson" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Burton" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deirdre Clark" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2024.119046" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021997v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateja Ogri&#269;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Grant" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valier Galy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Gu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.5543" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240730v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Hilton" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jotautas Baronas" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Burt" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2306343120" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281139v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu (Yvon) Zhang" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bajard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bouchez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Poulenard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2023.118463" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242697v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesse Zondervan" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Clubb" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Roylands" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-023-06581-9" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707076v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fei Zhang" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimin Yu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Allen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-31076-y" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707091v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Charbonnier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaillardet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Calmels" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2022.120741" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03580349v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Soulet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Garnett" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Klotz" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-021-00805-1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203477v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina S. Larkin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander M. Piotrowski" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth S. Hindshaw" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Bayon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert G. Hilton" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2021.116933" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494318v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ed Tipper" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2475/10.2019.04" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304778v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2475/06.2019.02" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01741161v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Joshua West" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Paris" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jess F Adkins" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Pogge von Strandmann" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2018.03.014" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01876957v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Sproson" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Selby" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmouhcine Gannoun" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JG004492" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608968v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Soulet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.G. Hilton" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Garnett" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Croissant" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-15-4087-2018" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133276v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia L. Faure" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Moureau" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/G38671.1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133282v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufian Henchiri" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Spencer" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016GL067711" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133293v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laeticia Faure" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeps.2015.07.038" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03579674v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bryant" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature14653" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150956v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bouchez" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Louvat" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2015.04.042" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945790v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Clergue" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather L. Buss" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc F. Benedetti" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2015.08.015" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01492548v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Galy" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gaillardet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bryant" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01767766v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2014.05.061" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01516076v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Henchiri" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Clergue" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Louvat" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeps.2014.08.026" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00447642v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. Pili" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Charlet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Agrinier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chabaux" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2009.05.012" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9305GVTM-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530715v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Raclot" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Hamdi" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Molard" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841038v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radhouane Hamdi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05168109v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mollard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703072v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akanksha Praharaj" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/gold2023.19530" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515719v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/gold2023.19395" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703083v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Klotz" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-10378" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985128v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Le Bouteiller" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Antoine" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Bakyono" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Barr&#233;" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric L. Cecillon" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530710v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824072v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Desgu&#233;-Itier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Azuara" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Boulay" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03092831v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>