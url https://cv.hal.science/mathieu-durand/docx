--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -702,382 +702,382 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05474712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crises et incertitudes : les réseaux urbains au temps de l’anthropocène</w:t>
+                <w:t xml:space="preserve">Les déchets post-catastrophes en milieu insulaire : une gestion contrainte par les proximités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Beraud</w:t>
+                <w:t xml:space="preserve">Hélène Béraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxana Popescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Flux - Cahiers scientifiques internationaux Réseaux et territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 132 (2), pp.1-5. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/flux1.132.0001⟩</w:t>
+              <w:t xml:space="preserve">, 2023, N° 132 (2), pp.82-97. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/flux1.132.0082⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04268841v1</w:t>
+                <w:t xml:space="preserve">hal-04211136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les déchets : une longue histoire d’inégalités écologiques et environnementales dans l’aire urbaine du Mans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Bacconnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Cochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Perez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas social du Mans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48649/asdm.656⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05086902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les déchets post-catastrophes en milieu insulaire : une gestion contrainte par les proximités</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hélène Béraud</w:t>
+                <w:t xml:space="preserve">Crises et incertitudes : les réseaux urbains au temps de l’anthropocène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Beraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Durand</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Roxana Popescu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Flux - Cahiers scientifiques internationaux Réseaux et territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, N° 132 (2), pp.82-97. </w:t>
+              <w:t xml:space="preserve">, 2023, 132 (2), pp.1-5. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/flux1.132.0082⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/flux1.132.0001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04211136v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04268841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fondamentaux hygiénistes ou résilience environnementale ? La gestion des déchets en crise Covid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Beraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1559,317 +1559,317 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03500150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’intégration des cueilleurs de déchets latino-américains ou la création d’une nouvelle marge</w:t>
+                <w:t xml:space="preserve">Quand le low-tech fait ses preuves : la gestion des déchets dans les pays du Sud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fabio de Oliveira Neves</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Pierrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Cavé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EchoGéo</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">revue Urbanités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, La ville (s)low tech, 12</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02194998v1</w:t>
+                <w:t xml:space="preserve">hal-03500157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le difficile suivi des déchets post-catastrophe : le cas de l’Ouragan Irma à Saint-Martin</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’intégration des cueilleurs de déchets latino-américains ou la création d’une nouvelle marge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio de Oliveira Neves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Risques urbains</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21494/ISTE.OP.2019.0329⟩</w:t>
+              <w:t xml:space="preserve">EchoGéo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 47, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/echogeo.16894⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02195004v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02194998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand le low-tech fait ses preuves : la gestion des déchets dans les pays du Sud</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le difficile suivi des déchets post-catastrophe : le cas de l’Ouragan Irma à Saint-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Beraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Nithart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Durand</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Cavé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">revue Urbanités</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Risques urbains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 3 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21494/ISTE.OP.2019.0329⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03500157v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02195004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Urban Metabolism of Intermediate Cities: The Material Flow Analysis, Hinterlands and the Logistics‐Hub Function of Rennes and Le Mans (France)</w:t>
               </w:r>
@@ -1985,51 +1985,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Bahers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Beraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 91 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2089,51 +2089,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Bahers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Beraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environnement, Ingénierie &amp; Développement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, N°71 - octobre 2016, pp.49-63. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2180,51 +2180,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les déchets post-catastrophe à Haïti : les jeux d’acteurs d’une gestion informelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxana Popescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert d'Ercole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2271,51 +2271,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La gestion des déchets post-catastrophe à Port-au-Prince : entre relégation et proximité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxana Popescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3202,51 +3202,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Managing waste during the covid crisis: tensions between hygienic and environmental objectives in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Beraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca Oates</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3297,77 +3297,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proximité spatiale et sociale au coeur de la gestion des déchets post-catastrophes à Saint-Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Beraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Nithart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ouragans 2017. Catastrophe, risque et résilience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Agence Nationale de la Recherche, Nov 2022, Champs-sur-Marne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3392,51 +3392,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matters of management. Covid adaptation of public waste management services in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Beraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3487,51 +3487,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Risque sanitaire ou environnemental : adaptation des services publics de gestion des déchets à la crise COVID</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Beraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca Oates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3785,51 +3785,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Métabolisme urbain et empreinte spatiale : des notions pour étudier la ville durable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Bahers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Beraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3880,51 +3880,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’application du principe de proximité dans la gestion des déchets : divergence d’enjeux sociaux, techniques et environnementaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Béraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Bahers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4014,51 +4014,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Bahers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Beraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">51ème colloque de l’ASRDLF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Marne-la-Vallée, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4096,51 +4096,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de la place de la proximité dans les enjeux d’écologie industrielle et territoriale à travers l’exemple de la gestion des déchets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Bahers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Beraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bonierbale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5051,51 +5051,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Bahers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bonierbale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Beraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5323,51 +5323,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E0F2AE99"/>
+    <w:nsid w:val="2F10C062"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5471,51 +5471,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="DFCF056B"/>
+    <w:nsid w:val="EFFFBB8E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5705,51 +5705,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathieu-durand" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9732-5458" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/16528935X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../tel-00564628/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086903v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Perez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Durand" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Lagarde" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flux1.138.0055" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-05474712v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Tixadou" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanca Call&#233;n" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juli&#225;n Porras Bulla" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15c80" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268841v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Beraud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flux1.132.0001" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086902v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bacconnier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cochard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48649/asdm.656" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211136v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne B&#233;raud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxana Popescu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flux1.132.0082" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03983457v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Oates" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gbedande" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.21154" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685485v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bahers" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simron Singh" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s44177-022-00017-1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904348v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bacconnier-Baylet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpre.220.0019" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500152v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Cav&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Salenson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.16291" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-18LK63RM-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500150v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Pierrat" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecopo1.060.0121" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02194998v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio de Oliveira Neves" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.16894" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02195004v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Nithart" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2019.0329" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500157v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02195025v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Barles" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jiec.12778" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02195033v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.10217" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196257v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/dechets-sciences-techniques.3384" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02195175v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert d'Ercole" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.15970" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01152881v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.14070" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02195462v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvy Jaglin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flux.089.0004" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02195457v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02195472v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flux.087.0018" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02195467v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flux.089.0067" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02195460v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00920654v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00920652v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00564605v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Metzger" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00564670v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Sierra" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Robert" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Abad" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00619163v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268861v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268850v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268854v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268857v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518038v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518029v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Le Bozec" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Delarue" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659714v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205334v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Barroca" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bonierbale" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659712v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659710v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00564695v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00624887v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00624885v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00920649v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928709v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02987109v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00625104v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00619164v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02865903v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662474v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00564628v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathieu-durand" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9732-5458" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/16528935X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="../../tel-00564628/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086903v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Perez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Durand" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Lagarde" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flux1.138.0055" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-05474712v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Tixadou" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanca Call&#233;n" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juli&#225;n Porras Bulla" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15c80" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211136v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne B&#233;raud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxana Popescu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flux1.132.0082" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086902v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bacconnier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cochard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48649/asdm.656" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268841v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Beraud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flux1.132.0001" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03983457v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Oates" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gbedande" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.21154" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685485v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bahers" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simron Singh" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s44177-022-00017-1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904348v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bacconnier-Baylet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpre.220.0019" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500152v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Cav&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Salenson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.16291" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-18LK63RM-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500150v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Pierrat" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecopo1.060.0121" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500157v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02194998v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio de Oliveira Neves" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.16894" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02195004v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Nithart" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2019.0329" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02195025v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Barles" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jiec.12778" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02195033v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.10217" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196257v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/dechets-sciences-techniques.3384" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02195175v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert d'Ercole" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.15970" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01152881v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.14070" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02195462v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvy Jaglin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flux.089.0004" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02195457v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02195472v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flux.087.0018" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02195467v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flux.089.0067" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02195460v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00920654v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00920652v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00564605v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Metzger" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00564670v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Sierra" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Robert" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Abad" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00619163v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268861v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268850v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268854v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268857v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518038v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518029v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Le Bozec" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Delarue" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659714v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205334v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Barroca" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bonierbale" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659712v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659710v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00564695v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00624887v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00624885v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00920649v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928709v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02987109v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00625104v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00619164v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02865903v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662474v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00564628v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>