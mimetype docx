--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1295,468 +1295,468 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03524069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An adaptive decorrelation procedure for signal detection</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Causeur</w:t>
+                <w:t xml:space="preserve">Galleria mellonella Larvae as an Infection Model to Investigate sRNA-Mediated Pathogenesis in Staphylococcus aureus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astrid Rouillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gevorg Ghukasyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Felden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Statistics and Data Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.csda.2020.107082⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11, pp.article n° 631710. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fcimb.2021.631710⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02938672v1</w:t>
+                <w:t xml:space="preserve">hal-03227385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of Activity Monitors Accuracy in Assessing Intermittent Outdoor Walking</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Florian Congnard</w:t>
+                <w:t xml:space="preserve">An adaptive decorrelation procedure for signal detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Hébert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Causeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 53 (6), pp.1303-1314. </w:t>
+              <w:t xml:space="preserve">Computational Statistics and Data Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 153, pp.107082. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1249/MSS.0000000000002587⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.csda.2020.107082⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03190738v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02938672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Galleria mellonella Larvae as an Infection Model to Investigate sRNA-Mediated Pathogenesis in Staphylococcus aureus</w:t>
+                <w:t xml:space="preserve">Comparison of Activity Monitors Accuracy in Assessing Intermittent Outdoor Walking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Ménard</w:t>
+                <w:t xml:space="preserve">Aline Taoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Astrid Rouillon</w:t>
+                <w:t xml:space="preserve">Ségolène Chaudru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gevorg Ghukasyan</w:t>
+                <w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Congnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Brice Felden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11, pp.article n° 631710. </w:t>
+              <w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 53 (6), pp.1303-1314. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fcimb.2021.631710⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1249/MSS.0000000000002587⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03227385v1</w:t>
+                <w:t xml:space="preserve">hal-03190738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Should I stay or should I go now?Recovery time effect on walking capacity in symptomatic peripheral artery disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Rouvière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ségolène Chaudru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Kaladji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2209,51 +2209,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using GPS, accelerometry and heart rate to predict outdoor graded walking energy expenditure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Chaudru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3314,304 +3314,304 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00834277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Risk Assessment for Hospital-Acquired Diseases: A Risk-Theory Approach.</w:t>
+                <w:t xml:space="preserve">Using Biological Networks to Search for Interacting Loci in genome-wide association studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Casez</w:t>
+                <w:t xml:space="preserve">Thomas Mailund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier François</w:t>
+                <w:t xml:space="preserve">Jotun Hein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Schauser Leif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikkel Heide Schierup</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Risk Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1539-6924.2008.01176.x⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Human Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 17, pp.1231-1240. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ejhg.2009.15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00370255v1</w:t>
+                <w:t xml:space="preserve">hal-00459473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Biological Networks to Search for Interacting Loci in genome-wide association studies</w:t>
+                <w:t xml:space="preserve">Risk Assessment for Hospital-Acquired Diseases: A Risk-Theory Approach.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Schauser Leif</w:t>
+                <w:t xml:space="preserve">Pierre Casez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikkel Heide Schierup</w:t>
+                <w:t xml:space="preserve">Olivier François</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Human Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 17, pp.1231-1240. </w:t>
+              <w:t xml:space="preserve">Risk Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 29 (4), pp.565-575. </w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/ejhg.2009.15⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1539-6924.2008.01176.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00459473v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00370255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A statistical approach to estimating the strength of cell-cell interactions under the differential adhesion hypothesis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier François</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Theoretical Biology and Medical Modelling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 4, pp.37. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3658,51 +3658,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conditional coalescent trees with two mutation rates and their application to genomic instability.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier François</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 172 (3), pp.1809-20. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3845,2843 +3845,2899 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00459476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (38)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (39)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The multi-objective data-driven approach: a route to drive performance optimization in the food industry</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Exploring the Landscape of Local and Distant Intra-vs. Inter-Chromosomal eQTLs Using TensorQTL and GCTA: A case study from 459 Liver Transcriptomes of Aged Laying Hens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Degalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Burlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Calvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AgroStat 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Bragança, Portugal</w:t>
+              <w:t xml:space="preserve">PAG33</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2026, San diego (Californie), United States. https://plan.core-apps.com/pag33/abstract/2907311f-56dd-4348-bf69-ca2da809ea0f</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04692566v1</w:t>
+                <w:t xml:space="preserve">hal-05560651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multigroup Latent Structural Equation Modeling An application to assess the stability of soil nitrifying comunities in agroforestry systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romane Mettauer</w:t>
+                <w:t xml:space="preserve">Machine Learning to better understand and optimize cheese production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Perrignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Edith Le Cadre</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Jeantet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Croguennec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress in Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française d'Ecologie et d'Evolution, Oct 2024, Lyon, France</w:t>
+              <w:t xml:space="preserve">IDF Cheese Science &amp; Technology Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FIL idf, Jun 2024, Bergen, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05314951v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04607922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Machine Learning to better understand and optimize cheese production</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Manon Perrignon</w:t>
+                <w:t xml:space="preserve">Multigroup Latent Structural Equation Modeling An application to assess the stability of soil nitrifying comunities in agroforestry systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romane Mettauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Thomas Croguennec</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Godinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Le Cadre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IDF Cheese Science &amp; Technology Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, FIL idf, Jun 2024, Bergen, Norway</w:t>
+              <w:t xml:space="preserve">International Congress in Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Ecologie et d'Evolution, Oct 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04607922v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05314951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet du ratio temps d’effort : temps de récupération sur la capacité de marche de patients atteints d’une artériopathie oblitérante des membres inférieurs symptomatique</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurent Rouvière</w:t>
+                <w:t xml:space="preserve">The multi-objective data-driven approach: a route to drive performance optimization in the food industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Perrignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Croguennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Jeantet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXe journées d’études francophones en activités physiques adaptées</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2020, Caen, France</w:t>
+              <w:t xml:space="preserve">AgroStat 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Bragança, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04805321v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04692566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How different tangible and virtual objects can be while still feeling the same?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claudio Pacchierotti</w:t>
+                <w:t xml:space="preserve">Effet du ratio temps d’effort : temps de récupération sur la capacité de marche de patients atteints d’une artériopathie oblitérante des membres inférieurs symptomatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ségolène Chaudru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Rouvière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Guignardat</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Kaladji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WHC 2019 - IEEE World Haptics Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">XXe journées d’études francophones en activités physiques adaptées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Caen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/WHC.2019.8816164⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02121839v1</w:t>
+                <w:t xml:space="preserve">hal-04805321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Décorrélation adaptative pour la prédiction en grande dimension</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florian Hébert</w:t>
+                <w:t xml:space="preserve">How different tangible and virtual objects can be while still feeling the same?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier de Tinguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Pacchierotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Guignardat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">51es Journées de Statistique 2019</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">WHC 2019 - IEEE World Haptics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Tokyo, Japan. pp.580-585, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/WHC.2019.8816164⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02361735v1</w:t>
+                <w:t xml:space="preserve">hal-02121839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of pasteurization of human milk on the kinetics of peptide release during gastric digestion in the preterm infant</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Décorrélation adaptative pour la prédiction en grande dimension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Hébert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Emily</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Causeur</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5.International Conference on Foodomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2018, Cesena, Italy</w:t>
+              <w:t xml:space="preserve">51es Journées de Statistique 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Statistique, Jun 2019, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01709341v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02361735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyzing gene-based gene-gene interactions with R</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Sounac</w:t>
+                <w:t xml:space="preserve">Impact of pasteurization of human milk on the kinetics of peptide release during gastric digestion in the preterm infant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Deglaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Kroell</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira Cássia de Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Briard-Bion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Mathematical Genetics Meeting 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Newcastle upon Tyne, United Kingdom</w:t>
+              <w:t xml:space="preserve">5.International Conference on Foodomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Cesena, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01439615v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01709341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The relationship between walking capacity and previous stop duration in patients with peripheral artery disease</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Comparison of GPS, accelerometry, and heart rate for estimating metabolic rate during level and uphill outdoor walking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Le Faucheur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ségolène Chaudru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">R. Moreau</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Bickert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of 21th annua congress of the European Colege of Sport Sciences "Crossing borders through sport science"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre for Sport Science; University Sports; University of Vienna, Jul 2016, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">21st Annual Congress of the European College of Sport Science (ECSS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01439402v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04804911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical methods for gene-based gene-gene interaction detection in R</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Studying One and Two-Finger Perception of Tactile Directional Cues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoren Gaffary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Pellan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouk Asselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOBIM : journées ouvertes de biologie, informatiques et mathématiques </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">10th International Conference on Haptics - Perception, Devices, Control, and Applications (EuroHaptics)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Imperial College London, Jul 2016, Londres, United Kingdom. pp.396-405, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-42324-1_39⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01439563v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01406434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Studying One and Two-Finger Perception of Tactile Directional Cues</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparison of GPS, accelerometry and heart rate for estimating metabolic rate during level and uphill outdoor walking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anouk Asselin</w:t>
+                <w:t xml:space="preserve">Alexis Le Faucheur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Emily</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ségolène Chaudru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Prioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Conference on Haptics - Perception, Devices, Control, and Applications (EuroHaptics)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Proceedings of 21th annua congress of the European Colege of Sport Sciences "Crossing borders through sport science"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre for Sport Science; University Sports; University of Vienna, Jul 2016, Vienna, Austria</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01406434v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01439345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of GPS, accelerometry and heart rate for estimating metabolic rate during level and uphill outdoor walking</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">The relationship between walking capacity and previous stop duration in patients with peripheral artery disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ségolène Chaudru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jacques Prioux</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëva Franconnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of 21th annua congress of the European Colege of Sport Sciences "Crossing borders through sport science"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre for Sport Science; University Sports; University of Vienna, Jul 2016, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">21st Annual Congress of the European College of Sport Science (ECSS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01439345v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04804904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The relationship between walking capacity and previous stop duration in patients with peripheral artery disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ségolène Chaudru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëva Franconnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Romain Moreau</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st Annual Congress of the European College of Sport Science (ECSS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">Proceedings of 21th annua congress of the European Colege of Sport Sciences "Crossing borders through sport science"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre for Sport Science; University Sports; University of Vienna, Jul 2016, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04804904v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01439402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of recovery duration on walking capacity after a symptom-limited walk in patients with peripheral artery disease</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analyzing gene-based gene-gene interactions with R</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Sounac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Kroell</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXVII World Congress of the International Union of Angiology (IUA) / 15th Annual Congress of the French Society for Vascular Medicine (SFVM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Nancy, France</w:t>
+              <w:t xml:space="preserve">European Mathematical Genetics Meeting 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Newcastle upon Tyne, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04804891v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01439615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of GPS, accelerometry, and heart rate for estimating metabolic rate during level and uphill outdoor walking</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Statistical methods for gene-based gene-gene interaction detection in R</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Sounac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Kroell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Houée-Bigot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st Annual Congress of the European College of Sport Science (ECSS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">JOBIM : journées ouvertes de biologie, informatiques et mathématiques </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole Normale Supérieure, Jun 2016, Lyon, France. pp.403-405</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04804911v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01439563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détection de profils conditionnels dans des matrices creuses pour la sélection génomique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of recovery duration on walking capacity after a symptom-limited walk in patients with peripheral artery disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves de Müllenheim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ségolène Chaudru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëva Franconnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">47èmes journées de Statistique de la SFdS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française de Statistique, Jun 2015, Lille, France</w:t>
+              <w:t xml:space="preserve">XXVII World Congress of the International Union of Angiology (IUA) / 15th Annual Congress of the French Society for Vascular Medicine (SFVM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01441256v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04804891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude de puissance pour la détection d'association directe et indirecte à partir de tables de contingence 2 × 2</w:t>
+                <w:t xml:space="preserve">Détection de profils conditionnels dans des matrices creuses pour la sélection génomique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Chloé Friguet</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Mom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46 èmes Journées de Statistique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française de Statistique, Jun 2014, Rennes, France</w:t>
+              <w:t xml:space="preserve">47èmes journées de Statistique de la SFdS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Statistique, Jun 2015, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01090393v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01441256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biological marker selection for detecting gene-gene interaction in genome-wide association studies</w:t>
+                <w:t xml:space="preserve">Étude de puissance pour la détection d'association directe et indirecte à partir de tables de contingence 2 × 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Friguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ERCIM2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2013, London, France. pp.E1053</w:t>
+              <w:t xml:space="preserve">46 èmes Journées de Statistique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Statistique, Jun 2014, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00913039v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01090393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sélection de marqueurs pour la détection d'interactions de gènes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A case-only measure of SNP-SNP interaction in GWAS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45èmes Journées de Statistique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Toulouse, France. pp.178</w:t>
+              <w:t xml:space="preserve">European Mathematical Genetics Meeting 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University Medical Centrer, Apr 2013, Leiden, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00913031v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01439628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A case-only measure of SNP-SNP interaction in GWAS</w:t>
+                <w:t xml:space="preserve">Generalized linear factor modeling for dependence between SNPs in GWAS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Causeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Mathematical Genetics Meeting 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University Medical Centrer, Apr 2013, Leiden, Netherlands</w:t>
+              <w:t xml:space="preserve">Statistical fort Genomic Data (SMPGD'13)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2013, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01439628v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01451794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generalized linear factor modeling for dependence between SNPs in GWAS</w:t>
+                <w:t xml:space="preserve">Biological marker selection for detecting gene-gene interaction in genome-wide association studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">David Causeur</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Friguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Statistical fort Genomic Data (SMPGD'13)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2013, Amsterdam, Netherlands</w:t>
+              <w:t xml:space="preserve">ERCIM2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, London, France. pp.E1053</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01451794v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00913039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haplotype-based method for detecting regions under selection in domestic dog</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">H. Jean-Baptiste-Adolphe</w:t>
+                <w:t xml:space="preserve">Sélection de marqueurs pour la détection d'interactions de gènes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Friguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christophe Hitte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jobim 2012, 13e Journées Ouvertes en Biologie, Informatique et Mathématiques, 3-6 Juillet 2012, Rennes </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Rennes, France. pp.227-232</w:t>
+              <w:t xml:space="preserve">45èmes Journées de Statistique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Toulouse, France. pp.178</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01439663v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00913031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial clustering using nearest-neighbour distance</w:t>
+                <w:t xml:space="preserve">Prediction of amyloidogenic motifs in Human proteins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Schirmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Jan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Talvas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44èmes Journées de Statistique 2012 de la SFdS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française de Statistique, May 2012, Bruxelles, Belgium</w:t>
+              <w:t xml:space="preserve">Jobim 2012, 13e Journées Ouvertes en Biologie, Informatique et Mathématiques, 3-6 Juillet 2012, Rennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Rennes, France. pp.461-462</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01441266v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01439797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel Interactive Techniques for Bimanual Manipulation of 3D Objects with Two 3DoF Haptic Interfaces</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Cirio</w:t>
+                <w:t xml:space="preserve">Haplotype-based method for detecting regions under selection in domestic dog</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Jean-Baptiste-Adolphe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Vaysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Hitte</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurohaptics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Tampere, Finland</w:t>
+              <w:t xml:space="preserve">Jobim 2012, 13e Journées Ouvertes en Biologie, Informatique et Mathématiques, 3-6 Juillet 2012, Rennes </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Rennes, France. pp.227-232</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00766604v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01439663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction of amyloidogenic motifs in Human proteins</w:t>
+                <w:t xml:space="preserve">Spatial clustering using nearest-neighbour distance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avner Bar-Hen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jobim 2012, 13e Journées Ouvertes en Biologie, Informatique et Mathématiques, 3-6 Juillet 2012, Rennes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Rennes, France. pp.461-462</w:t>
+              <w:t xml:space="preserve">44èmes Journées de Statistique 2012 de la SFdS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Statistique, May 2012, Bruxelles, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01439797v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01441266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SNP-SNP interaction in Association studies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Novel Interactive Techniques for Bimanual Manipulation of 3D Objects with Two 3DoF Haptic Interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Talvas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Cirio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International BIO-SI workshop on Statistical Modelling</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ENSAI, Oct 2011, Bruz, France</w:t>
+              <w:t xml:space="preserve">Eurohaptics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Tampere, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01451858v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00766604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meta-prediction of amyloidogenic fragments using logistic regression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Talvas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6710,73 +6766,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 6th IAPR International Conference on Pattern Recognition in Bioinformatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2011, Deft, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01442092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meta-prediction of amyloidogenic fragments using logistic regression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Talvas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6805,1714 +6861,2158 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jobim 2011,12ème Journées ouvertesen Viologie, Informatique et Mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Pasteur, Jun 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01442109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shake-Your-Head: Revisiting Walking-In-Place for Desktop Virtual Reality</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">SNP-SNP interaction in Association studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM Symposium on Virtual Reality Software and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Hong Kong, Hong Kong SAR China. pp.27--34</w:t>
+              <w:t xml:space="preserve">2nd International BIO-SI workshop on Statistical Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ENSAI, Oct 2011, Bruz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00641360v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01451858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détection d'interaction de gènes à l'échelle du génome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">42èmes Journées de Statistique 2010 de la SFdS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Statistique, May 2010, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01441436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Walking Up and Down in Immersive Virtual Worlds: Novel Interactive Techniques Based on Visual Feedback</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Shake-Your-Head: Revisiting Walking-In-Place for Desktop Virtual Reality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Terziman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Multon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Arnaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Symposium on 3D User Interface</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2010, Waltham, United States. pp.19-26</w:t>
+              <w:t xml:space="preserve">ACM Symposium on Virtual Reality Software and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Hong Kong, Hong Kong SAR China. pp.27--34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00540319v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00641360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A large scale comparison of predicted amyloigogenic regions using several published methods</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">E. Rio</w:t>
+                <w:t xml:space="preserve">Walking Up and Down in Immersive Virtual Worlds: Novel Interactive Techniques Based on Visual Feedback</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anatole Lécuyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Cirio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférences Jacques Monod </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Roscoff, France</w:t>
+              <w:t xml:space="preserve">IEEE Symposium on 3D User Interface</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2010, Waltham, United States. pp.19-26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01451878v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00540319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Théorie du risque en santé publique: Application aux infections en milieu hospitalier</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A large scale comparison of predicted amyloigogenic regions using several published methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Le Béchec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Talvas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Rio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">41èmes Journées de Statistique, SFdS, Bordeaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Bordeaux, France, France</w:t>
+              <w:t xml:space="preserve">Conférences Jacques Monod </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Roscoff, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00386689v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01451878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation Monte Carlo dans les processus ponctuels marqués en biologie tissulaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radu S. Stoica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">41èmes Journées de Statistique, SFdS, Bordeaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Bordeaux, France, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00386607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protein interaction networks and genome-wide association studies</w:t>
+                <w:t xml:space="preserve">Théorie du risque en santé publique: Application aux infections en milieu hospitalier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées MAS de la SMAI - Modélisation et Statistiques des Réseaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2008, Rennes, France</w:t>
+              <w:t xml:space="preserve">41èmes Journées de Statistique, SFdS, Bordeaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Bordeaux, France, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00461176v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00386689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Biological Networks to Search for Interacting SNPs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leif Schauser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Mailund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikkel H. Schierup</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genome-wide Association Studies, XX The International Congress of Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2008, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00461158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biological networks and epistasis in genome-wide association studies</w:t>
+                <w:t xml:space="preserve">Protein interaction networks and genome-wide association studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mikkel H. Schierup</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Genomics of Common Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2007, Hinxton, United Kingdom</w:t>
+              <w:t xml:space="preserve">Journées MAS de la SMAI - Modélisation et Statistiques des Réseaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2008, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00461166v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00461176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Biological networks and epistasis in genome-wide association studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Emily</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leif Schauser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Mailund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikkel H. Schierup</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Genomics of Common Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, Hinxton, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00461166v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Estimateur de pseudo-vraisemblance pour un processus ponctuel de Markov : application à l'histologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier François</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38ème Journée de Statistique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2006, Clamart, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00461174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (6)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving productivity and sustainability in the food industry through a multi-objective optimization</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Body weight variation is a good proxy of abdominal fat weight in laying hens at 90 weeks of age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bedere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Degalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorry Becot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GreenFoodTech 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Saint-malo, France. </w:t>
+              <w:t xml:space="preserve">PAG33</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2026, San diego (Californie), France. , https://plan.core-apps.com/pag33/abstract/f46d3ec29ed9229b5f9cd25e124828bd, 2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05514480v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05560720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nitrogen cycle regulation and associated ecosystem services in agroforestry systems. A methodology linking field, lab and modeling experimentations in the context of climate change in Brittany (France)</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Lipid traits related to body reserves and egg yolks of laying hens at 90 weeks of age: QTL detection and genetic correlations with production traits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Degalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bedere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorry Becot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress of the European Society for Agronomy (ESA) 2022 "Diversification &amp; Digitalization – Trends that shape future agriculture"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Postdam, Germany</w:t>
+              <w:t xml:space="preserve">PAG33</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2026, San diego (Californie), United States. , https://plan.core-apps.com/pag33/abstract/415187ea4e428372ccc62388543d4228, 2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04548971v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05560674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of pasteurization of human milk on the kinetics of peptide release during gastric digestion in the preterm infant</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Valérie Briard-Bion</w:t>
+                <w:t xml:space="preserve">Integrated analysis of methylome and transcriptome highlights limited impact of DNA methylation on age-related gene regulation in laying hens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Cossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Degalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bulot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. International Conference on Food Digestion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Rennes, France. , 2017</w:t>
+              <w:t xml:space="preserve">PAG33</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2026, San diego (Californie), France. , https://plan.core-apps.com/pag33/abstract/415187ea4e428372ccc62388543d5c98, 2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01552151v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05560755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of pasteurisation of human milk on the kinetics of peptide release during gastric digestion in the preterm infant</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Improving productivity and sustainability in the food industry through a multi-objective optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Perrignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Croguennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Jeantet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Emily</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Food Structures, Digestion &amp; Health International Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Sydney, Australia. 2017</w:t>
+              <w:t xml:space="preserve">GreenFoodTech 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Saint-malo, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01651306v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05514480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact de la pasteurisation du lait maternel sur les cinétiques de libération des peptides au cours de la digestion gastrique chez le nouveau-né prématuré</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nitrogen cycle regulation and associated ecosystem services in agroforestry systems. A methodology linking field, lab and modeling experimentations in the context of climate change in Brittany (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romane Mettauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Godinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Emily</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Le Cadre-Barthélemy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Francophones de Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Montpellier, France. Elsevier, Nutrition Clinique et Métabolisme, 31 (3), pp.239-240, 2017</w:t>
+              <w:t xml:space="preserve">International Congress of the European Society for Agronomy (ESA) 2022 "Diversification &amp; Digitalization – Trends that shape future agriculture"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Postdam, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01404558v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04548971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Impact of pasteurisation of human milk on the kinetics of peptide release during gastric digestion in the preterm infant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Deglaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Kroell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira Cássia de Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Briard-Bion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. Food Structures, Digestion &amp; Health International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Sydney, Australia. 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01651306v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact of pasteurization of human milk on the kinetics of peptide release during gastric digestion in the preterm infant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Deglaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Kroell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira Cássia de Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Briard-Bion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. International Conference on Food Digestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Rennes, France. , 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01552151v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact de la pasteurisation du lait maternel sur les cinétiques de libération des peptides au cours de la digestion gastrique chez le nouveau-né prématuré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Deglaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Kroell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira de Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Briard-Bion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Francophones de Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Montpellier, France. Elsevier, Nutrition Clinique et Métabolisme, 31 (3), pp.239-240, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01404558v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Estimating the raised mutation rate in a sample of gene with mutators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier François</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM : journées ouvertes de biologie, informatiques et mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2005, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01441781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8522,154 +9022,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pseudo-haptic Walking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anatole Lécuyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Cirio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Y. Visell and F. Fontana. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Walking with the Senses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Logos Verlag, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00766581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8679,100 +9179,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modèles statistiques du développement de tumeurs cancéreuses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mathématiques [math]. Institut National Polytechnique de Grenoble - INPG, 2006. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00106972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8782,105 +9282,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contributions to biostatistics: categorical data analysis, data modeling and statistical inference</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Emily</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mathematics [math]. Université de Rennes 1, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01439264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId220"/>
+      <w:footerReference w:type="default" r:id="rId233"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9027,51 +9527,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500188v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Le Cadre-Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Emily" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpb.2026.100590" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247019v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Perrignon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Munch" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Debuire" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jeantet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2025.112800" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244391v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Le Cadre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Mira" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyan Tang" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0327301" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802584v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Croguennec" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2024.106143" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698408v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Mettauer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zita Bednar-Konski" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Widmer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Godinot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13717-024-00538-0" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04703408v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2024.104697" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047707v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian H&#233;bert" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Causeur" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10618600.2022.2076687" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629259v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sim.9389" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03728161v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Sassi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bronsard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Pascreau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Donnio" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00378-22" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524069v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastian Mira" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mougel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Ourry" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-021-05284-2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938672v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csda.2020.107082" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190738v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Taoum" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Chaudru" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves de M&#252;llenheim" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Congnard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000002587" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227385v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume M&#233;nard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Rouillon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gevorg Ghukasyan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Felden" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2021.631710" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246582v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Rouvi&#232;re" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Kaladji" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00441.2020" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997454v2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sounac" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Kroell" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Hou&#233;e-Bigot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18637/jss.v095.i12" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984298v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Deglaire" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Cassia de Oliveira" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jardin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Briard-Bion" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2018.12.086" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880547v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Friguet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837971v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630969v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chaudru" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gernigon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Mah&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsams.2017.10.004" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01839061v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoren Gaffary" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferran Argelaguet Sanz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Marchal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Girard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gosselin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TOH.2018.2855175" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439277v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0962280216683979" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01256507v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0962280215608528" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01269901v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hitte" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mom" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csda.2016.01.017" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305418v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/sagmb-2015-0074" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358601v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira C. de Oliveira" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elps.201500573" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FZ6XS694-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145064v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259922v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avner Bar-Hen" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Picard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spasta.2015.07.006" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-00925855v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Talvas" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Delamarche" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0079722" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00834277v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370255v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Casez" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fran&#231;ois" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1539-6924.2008.01176.x" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459473v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mailund" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jotun Hein" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Schauser Leif" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel Heide Schierup" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ejhg.2009.15" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370257v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1742-4682-4-37" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370264v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.105.044099" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459476v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Francois" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Morel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Marcelpoil" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10273660500035795" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692566v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314951v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04607922v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805321v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02121839v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier de Tinguy" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Pacchierotti" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Chevalier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Guignardat" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WHC.2019.8816164" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02361735v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709341v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira C&#225;ssia de Oliveira" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439615v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439402v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Franconnet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Moreau" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439563v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406434v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Pellan" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Asselin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-42324-1_39" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439345v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Le Faucheur" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Prioux" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804904v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Moreau" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804891v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804911v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bickert" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441256v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090393v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913039v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913031v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439628v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451794v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439663v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jean-Baptiste-Adolphe" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Vaysse" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Andr&#233;" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441266v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00766604v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Nicolas" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Cirio" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439797v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Schirmer" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jan" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Garnier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451858v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442092v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442109v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00641360v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Terziman" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Multon" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Arnaldi" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441436v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00540319v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatole L&#233;cuyer" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bonnet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451878v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Le B&#233;chec" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rio" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Garnier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00386689v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00386607v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu S. Stoica" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461176v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461158v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leif Schauser" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel H. Schierup" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461166v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461174v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05514480v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548971v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552151v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651306v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404558v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira de Oliveira" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441781v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00766581v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00106972v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01439264v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500188v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Le Cadre-Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Emily" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpb.2026.100590" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247019v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Perrignon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Munch" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Debuire" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jeantet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2025.112800" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244391v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Le Cadre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Mira" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyan Tang" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0327301" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802584v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Croguennec" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idairyj.2024.106143" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698408v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Mettauer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zita Bednar-Konski" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Widmer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Godinot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13717-024-00538-0" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04703408v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2024.104697" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047707v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian H&#233;bert" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Causeur" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10618600.2022.2076687" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629259v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sim.9389" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03728161v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Sassi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bronsard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Pascreau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Donnio" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00378-22" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524069v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastian Mira" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mougel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Ourry" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-021-05284-2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227385v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume M&#233;nard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Rouillon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gevorg Ghukasyan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Felden" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2021.631710" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938672v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csda.2020.107082" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190738v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Taoum" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Chaudru" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves de M&#252;llenheim" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Congnard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000002587" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246582v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Rouvi&#232;re" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Kaladji" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00441.2020" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997454v2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sounac" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Kroell" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Hou&#233;e-Bigot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18637/jss.v095.i12" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984298v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Deglaire" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Cassia de Oliveira" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jardin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Briard-Bion" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2018.12.086" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880547v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Friguet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837971v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630969v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chaudru" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gernigon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Mah&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsams.2017.10.004" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01839061v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoren Gaffary" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferran Argelaguet Sanz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Marchal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Girard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Gosselin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TOH.2018.2855175" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439277v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0962280216683979" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01256507v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0962280215608528" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01269901v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hitte" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mom" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csda.2016.01.017" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305418v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/sagmb-2015-0074" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358601v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira C. de Oliveira" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elps.201500573" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FZ6XS694-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145064v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259922v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avner Bar-Hen" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Picard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spasta.2015.07.006" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-00925855v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Talvas" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Delamarche" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0079722" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00834277v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459473v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mailund" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jotun Hein" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Schauser Leif" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel Heide Schierup" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ejhg.2009.15" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370255v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Casez" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fran&#231;ois" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1539-6924.2008.01176.x" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370257v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1742-4682-4-37" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370264v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.105.044099" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00459476v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Francois" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Morel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Marcelpoil" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10273660500035795" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05560651v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Hubert" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Degalez" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Allain" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Burlot" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Calvez" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04607922v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314951v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692566v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805321v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02121839v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier de Tinguy" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Pacchierotti" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Chevalier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Guignardat" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WHC.2019.8816164" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02361735v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709341v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira C&#225;ssia de Oliveira" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804911v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Le Faucheur" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bickert" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406434v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Pellan" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Asselin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-42324-1_39" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439345v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Prioux" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804904v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Franconnet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Moreau" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439402v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Moreau" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439615v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439563v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804891v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441256v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090393v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439628v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451794v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913039v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913031v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439797v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Schirmer" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jan" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Garnier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439663v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jean-Baptiste-Adolphe" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Vaysse" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Andr&#233;" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441266v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00766604v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Nicolas" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Cirio" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442092v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442109v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451858v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441436v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00641360v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Terziman" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Multon" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Arnaldi" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00540319v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatole L&#233;cuyer" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bonnet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451878v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Le B&#233;chec" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rio" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Garnier" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00386607v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radu S. Stoica" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00386689v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461158v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leif Schauser" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel H. Schierup" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461176v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461166v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461174v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05560720v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bedere" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorry Becot" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05560674v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05560755v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cossard" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bulot" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05514480v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548971v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651306v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552151v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404558v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira de Oliveira" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441781v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00766581v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00106972v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01439264v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>