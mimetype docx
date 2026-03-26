--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:126.73267326733px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Mathieu Ferradou </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences en histoire de la Révolution française - Université Paris Nanterre</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mathieu-ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0009-0005-5797-4695</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">243406703</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘“Love, liberty, and loyalty”: unearthing the Defenders’ popular project for the ‘Republic of the United States of France and Ireland’ (1795–6)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">History of European Ideas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 51 (1), pp.1-14. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01916599.2024.2445411⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Making empire: Ireland, imperialism, and the early modern world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Irish Studies Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 32 (3), pp.462-466. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09670882.2024.2372131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04813967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Colantonio, L’homme-nation. Daniel O’Connell et le laboratoire politique irlandais, 1775-1847.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Mouvement social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58079/12sfx⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04813869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary M. Burke, Race, Politics, and Irish America. A Gothic History</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études irlandaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 48-2, pp.131-132. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/etudesirlandaises.17649⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04813949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’étranger en révolution(s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Conte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne-Laure Le Quang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Révolution française - Cahiers de l’Institut d’histoire de la Révolution française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, L'étranger en révolution(s), 22, </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lrf.5946⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03558147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De William Jackson à Theobald Wolfe Tone : un lobby irlandais entre le Comité de Salut public et le Directoire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Révolution française - Cahiers de l’Institut d’histoire de la Révolution française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 23, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lrf.6859⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04204952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Vovelle ne veut pas affirmer et imposer, il suscite la discussion&amp;quot;. Une œuvre dans le laboratoire des jeunes chercheurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Hermant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne-Laure Le Quang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Levin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Côme Simien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales historiques de la Révolution française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 404, pp.137-156</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04157002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Aux États-Unis de France et d’Irlande » : circulations révolutionnaires entre France et Irlande à l’époque de la République atlantique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Révolution française - Cahiers de l’Institut d’histoire de la Révolution française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, La Révolution en 3D – Textes, images, sons (1787-2440), 20, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lrf.4918⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03558191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“To the United States of France and Ireland”: revolutionary circulations between France and Ireland during the Age of the Atlantic Republic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothy Murtagh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Révolution française - Cahiers de l’Institut d’histoire de la Révolution française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, La Révolution en 3D – Textes, images, sons (1787-2440), 20, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lrf.4920⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03558197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Between Scylla and Charybdis? Irish Republicans between the British Empire and the Early French Republic, 1792–1794</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French Historical Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 44 (3), pp.429-453. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1215/00161071-9004965⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03558102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A workers’ international behind the Irish Rising of 1798? James Coigly, the Irish, Scottish and English popular movements and the Republican Federation project (1797-1798)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothy Murtagh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mo.do. Rivista di Storia, scienze umane e Cultural Heritage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 3-4, pp.187-226</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’insurrection n’aura pas eu lieu : le projet d’une République atlantique, l’Irlande et les French Wars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales historiques de la Révolution française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.127-149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The rising that might have been: The Atlantic Republic project, Ireland and the French Wars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales historiques de la Révolution française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 397, pp.127-129</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction : L’Irlande et la France à l’époque de la République atlantique : historiographie et nouvelles approches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Révolution française - Cahiers de l’Institut d’histoire de la Révolution française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lrf.1626⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La République au collège », Paris, 29 octobre 1792 : catholicisme, radicalisme et républicanisme entre France et Irlande pendant la Révolution française (1792-1795)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études irlandaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, L’Irlande et sa république passée, présente et à venir, 41 (2), pp.119 - 133. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/etudesirlandaises.5021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire d’un « festin patriotique » à l’hôtel white (18 novembre 1792) : les irlandais patriotes à paris, 1789-1795</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales historiques de la Révolution française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 382, pp.123-143. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ahrf.13560⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David V. Erdman, Commerce des Lumières. John Oswald and the British in Paris, 1790-1793</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Révolution française - Cahiers de l’Institut d’histoire de la Révolution française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 5, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lrf.979⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magna Carta. Comment une charte du Moyen Age révolutionne les communs aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Charles Léopold Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9782843772344</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04966342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La République française et le projet populaire de République irlandaise. Un malentendu ? Quelques pistes de recherches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alain Chevalier; Jean d’Andlau; Hervé Leuwers; Côme Simien. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quelle république pour la nation ? 1770 – 1820</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 22, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Société des études robespierristes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.251-260, 2023, Etudes révolutionnaires, 978-2-908327-94-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04467241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'étranger en révolution(s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Conte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne-Laure Le Quang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Révolution française - Cahiers de l’Institut d’histoire de la Révolution française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 22, 2022, L'étranger en révolution(s), </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lrf.5942⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03558238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Irlande et la France à l'époque de la République atlantique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Révolution française - Cahiers de l’Institut d’histoire de la Révolution française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 11, 2016, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lrf.1623⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les circulations révolutionnaires France-Irlande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03822386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Un festin patriotique’ at White’s Hotel, 18 November 1792: the ‘secret’ origins of Irish revolutionary republicanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04252065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A “Banquet Fraternal” at Hamburg in 1798: The Irish Connection and the Birth of the Modern Conspiracy Theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04290971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (33)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“We Will soon Be parliment men all of us”: éducation et politisation dans les quartiers populaires de Dublin, 1794-1796</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Rivoluzione francese e l'educazione all democrazia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Università di Torino, Jan 2025, Turino, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05066842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Defenders’ Republic of the United States of France and Ireland: an Atlantic Heterotopia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">From the Interstices: : Geographies, Identities, Solidarities, and Institutions in France, the Francophone World, and Beyond</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Society for French Historical Studies, Mar 2024, Hempstead, NY 11549, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04814962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The early Irish Republicanism as a Radicalism? Questioning the political categories used in historiography.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Radicalism, Radicalisation and De-Radicalisation in Ireland from 1798 to the Present Day</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine; Interdisciplinarité Dans les Etudes Anglophones (IDEA); Karina Bénazech Wendling, Apr 2024, Nancy (Communication présentée par Visioconférence), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05066755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« &amp;quot;The harp was mute at length for years&amp;quot; : tenter de vivre après l’échec du soulèvement irlandais de 1798 »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les chemins de l’engagement (2) : vivre libre ou mourir ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Paris Nanterre Université; TEMOS; MéMo; Céline Borello; Mathieu Ferradou, Jan 2024, Nanterre (Université Paris Nanterre), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04815239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'enthousiasme à l'engagement à la fin du XVIIIe siècle : retour sur le débat théologisation de la politique/ sécularisation de la théologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les chemins de l’engagement (2) : Vivre libre ou mourir ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Céline Borello; Mathieu Ferradou, Jan 2024, Nanterre (Université Paris Nanterre), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04814890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les “deux textes fondateurs du mouvement de la classe ouvrière anglaise” : E. P. Thompson et l’enthousiasme ou les origines religieuses de la Révolution atlantique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Edward P. Thompson 1924-2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rachel Renault; Alexandre Dupont, Nov 2024, Le Mans Le Mans Université, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05068350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The early Irish Republicanism as a Radicalism?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Radicalism, Radicalisation and Deradicalisation in Ireland from 1798 to the present day</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine; Université de Strasbourg; Karina Wendling; Vanessa Boulet; Pauline Collombier; Tim Heron, Apr 2024, Nancy Université de Lorraine, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04814986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les « deux textes fondateurs du mouvement de la classe ouvrière anglaise » : E. P. Thompson et l’enthousiasme ou les origines religieuses de la Révolution atlantique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Edward P. Thompson, 1924-2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Mans Université; Rachel Renault; Alexandre Dupont; Sylvain André, Nov 2024, Le Mans Le Mans Université, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04815005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Étudier les Defenders, une société secrète catholique dans l’Irlande de la fin du dix-huitième siècle : quelques réflexions méthodologiques sur l’usage de sources hybrides entre écrit et oral »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude du Mémo : "paroles écrites, écritures dites"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre d'histoire des sociétés Médiévales et Modernes (MéMo), May 2023, Paris VIII, Saint-Denis (93), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04118723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contested Freedoms in the Atlantic Republic: Irish, English, and French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">For 2026: Contested Freedoms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Omohundro Institute, Oct 2023, Colonial Williamsburg, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04814930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un « lobby » irlandais entre le Comité de Salut public et le Directoire ? Sur la piste de la République des Defenders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entangled Histories of Revolution: Case Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Universita Milano-Bicocca, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04118775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1798 ou le procès de la liberté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">After 1800: Rethinking Revolution and Counter-Revolution in the Atlantic World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Huntington Early Modern Studies Institute; University of Southern California, Jun 2022, Los Angeles, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ‘Republic of France’: an offshoot of the Atlantic Republic?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Di Lorenzo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’étranger en révolution(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut d'histoire de la Révolution française; Institut d'histoire moderne et contemporaine, Oct 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la Révolution atlantique à la République atlantique : la “Révolution de France” vue depuis l’Atlantique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Université d'été « Faire et apprendre l’histoire de la Révolution »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut d'histoire de la Révolution française et académie de Versailles, Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engagement et enthousiasme républicains : William Duckett, un patriote irlandais catholique et septembriseur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Les chemins de l’engagement (1) : radicalisation et enthousiasme (XVIe-XVIIIe siècle) »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mathieu Ferradou; Céline Borello, Dec 2022, Le Mans Université, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04118815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment le récit contre-révolutionnaire a-t-il transformé la nation révolutionnaire en nationalisme ? Les réfugiés irlandais à Hambourg, la peur de la conspiration illuminati et les îles britanniques, 1797-1799</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire doctoral de l'IHRF : En faisant, en écrivant la Révolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut d'histoire de la Révolution française, Oct 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un lobby irlandais entre le Comité de salut public et le Directoire ? De William Jackson à Theobald Wolfe Tone ou la genèse de l'expédition française en Irlande de 1796</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Directoire fait sa loi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut d'histoire de la Révolution française; Institut d'histoire moderne et contemporaine, Sep 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un « banquet fraternel » à Hambourg pour la fête du printemps (22 mars 1798) : la nation irlandaise au cœur d’un projet de fédération de républiques européennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIII International Congress of Historical Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Commission internationale d'histoire de la Révolution française (CIHRF), Aug 2022, Poznan, Pologne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03822452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Jacobite to Jacobine: The Irish College at Paris as a Laboratory of Political Mutation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wild Geese: Irish Migrants in Early Modern Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Center for Early Modern Studies, Mary Immaculate College, Limerick, Jul 2022, Limerick, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La République française et le projet populaire de République irlandaise : un malentendu ? Quelques pistes de recherches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quelle république pour quelle nation ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée de la Révolution française (Vizille); Société des études robespierristes, Sep 2021, Vizille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La République atlantique au collège irlandais : l'engagement révolutionnaire des étudiants irlandais dans le contexte de l'entrée en république (septembre 1792-février 1793)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de Master « Société, politique et religion »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Mans Université, Mar 2019, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La « République irlandaise » avec la Révolution française : nouvelles perspectives de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cosmopolitismes et patriotisme au temps des Révolutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Commission internationale d'histoire de la Révolution française; Musée de la Révolution française, Sep 2019, Vizille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“To the United States of France and Ireland”: revolutionary circulations between France and Ireland during the Age of the Atlantic Republic. The case study of the 1793 anti-Militia Riots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proyecto Los cambios de la modernidad y las resistencias al cambio, Grupo Sociedad, poder y cultura (siglos XIV a XVIII)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Vittoria, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’étranger dans la Révolution française : l’exemple des Irlandais à Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire doctoral de l’IHRF, « L’étranger dans la Révolution française (et au-delà). Lectures croisées »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut d'histoire de la Révolution française, Dec 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Common Origins of French and Irish Republicanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Arbre de la Liberté Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Atlantic Technological University, Apr 2017, Mayo, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To the United States of France and Ireland&amp;quot;: Irish Catholic Republicanism and the Atlantic Republic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Southern Republicanisms (3): Au-delà de l’humanisme civique : les « traditions républicaines » des Suds européen et atlantique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Nantes, May 2017, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Between Scylla and Charybdis? Irish republicans and their international, revolutionary networks between the British Empire and the French republican nation-state, 1792-8</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ruptures, Empires, Revolutions - 5th ENIUGH congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Network in Universal and Global History, Sep 2017, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irish patriots in Paris under the early French Republic (1792-1794/1795): the boundaries of citizenship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Seminar Series 2016-17</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Trinity College Dublin Centre for Early Modern History, Oct 2016, Dublin, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irish patriots in Paris under the early French Republic (1792-1794/1795): the boundaries of citizenship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Citizenship. Historiographies, Questions and Methodologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ecole doctorale de l'université Paris 1-Panthéon Sorbonne; Central European University, Jun 2015, Budapest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Irlandais républicains et la construction de la Cité républicaine par les toasts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire doctoral de l'IHRF : « Construire la Cité républicaine »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut d'histoire de la Révolution française, Mar 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux États-Unis de France et d'Irlande&amp;quot; : circulations révolutionnaires entre France et Irlande à l'âge de la République atlantique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseaux politiques et culturels européens sous la Révolution et l'Empire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre d'histoire "Espaces et cultures"; Université Blaise Pascal, Mar 2015, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Lost, ou la pop-culture américaine perdue entre humanisme et crypto-nazisme »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24h. du Droit : Idées politiques &amp; séries télévisées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, THEMIS-UM; Ecole doctorale Pierre Couvrat; Collectif L'Unité du Droit, Dec 2011, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le traitement fictionnel de deux grands parlementaires : Danton & Robespierre dans la &amp;quot;machine à fantasmes&amp;quot; des écrans »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24 heures du Droit : Le Parlement aux écrans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, THEMIS-UM; Université du Mans, Apr 2013, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madgett, Nicholas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Harmonia Universalis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04835457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId94"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:126.73267326733px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Mathieu Ferradou </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences en histoire de la Révolution française - Université Paris Nanterre</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mathieu-ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0009-0005-5797-4695</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">243406703</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Révolution d’Irlande et la guerre pour la République atlantique (1770-1804)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Association des historiens modernistes des universités françaises (2023-..)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, L'âge des révolutions (années 1770-1804), 47, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15jms⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05564643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘“Love, liberty, and loyalty”: unearthing the Defenders’ popular project for the ‘Republic of the United States of France and Ireland’ (1795–6)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">History of European Ideas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 51 (1), pp.1-14. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01916599.2024.2445411⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04966245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Making empire: Ireland, imperialism, and the early modern world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Irish Studies Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 32 (3), pp.462-466. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09670882.2024.2372131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04813967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Colantonio, L’homme-nation. Daniel O’Connell et le laboratoire politique irlandais, 1775-1847.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Mouvement social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58079/12sfx⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04813869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary M. Burke, Race, Politics, and Irish America. A Gothic History</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études irlandaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 48-2, pp.131-132. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/etudesirlandaises.17649⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04813949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’étranger en révolution(s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Conte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne-Laure Le Quang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Révolution française - Cahiers de l’Institut d’histoire de la Révolution française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, L'étranger en révolution(s), 22, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lrf.5946⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03558147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De William Jackson à Theobald Wolfe Tone : un lobby irlandais entre le Comité de Salut public et le Directoire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Révolution française - Cahiers de l’Institut d’histoire de la Révolution française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 23, </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lrf.6859⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04204952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Between Scylla and Charybdis? Irish Republicans between the British Empire and the Early French Republic, 1792–1794</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French Historical Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 44 (3), pp.429-453. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1215/00161071-9004965⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03558102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A workers’ international behind the Irish Rising of 1798? James Coigly, the Irish, Scottish and English popular movements and the Republican Federation project (1797-1798)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothy Murtagh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mo.do. Rivista di Storia, scienze umane e Cultural Heritage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 3-4, pp.187-226</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Vovelle ne veut pas affirmer et imposer, il suscite la discussion&amp;quot;. Une œuvre dans le laboratoire des jeunes chercheurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Hermant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne-Laure Le Quang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Levin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Côme Simien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales historiques de la Révolution française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 404, pp.137-156</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04157002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Aux États-Unis de France et d’Irlande » : circulations révolutionnaires entre France et Irlande à l’époque de la République atlantique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Révolution française - Cahiers de l’Institut d’histoire de la Révolution française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, La Révolution en 3D – Textes, images, sons (1787-2440), 20, </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lrf.4918⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03558191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“To the United States of France and Ireland”: revolutionary circulations between France and Ireland during the Age of the Atlantic Republic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothy Murtagh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Révolution française - Cahiers de l’Institut d’histoire de la Révolution française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, La Révolution en 3D – Textes, images, sons (1787-2440), 20, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lrf.4920⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03558197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’insurrection n’aura pas eu lieu : le projet d’une République atlantique, l’Irlande et les French Wars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales historiques de la Révolution française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, pp.127-149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The rising that might have been: The Atlantic Republic project, Ireland and the French Wars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales historiques de la Révolution française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 397, pp.127-129</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction : L’Irlande et la France à l’époque de la République atlantique : historiographie et nouvelles approches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Révolution française - Cahiers de l’Institut d’histoire de la Révolution française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lrf.1626⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« La République au collège », Paris, 29 octobre 1792 : catholicisme, radicalisme et républicanisme entre France et Irlande pendant la Révolution française (1792-1795)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études irlandaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, L’Irlande et sa république passée, présente et à venir, 41 (2), pp.119 - 133. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/etudesirlandaises.5021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire d’un « festin patriotique » à l’hôtel white (18 novembre 1792) : les irlandais patriotes à paris, 1789-1795</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales historiques de la Révolution française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 382, pp.123-143. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ahrf.13560⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David V. Erdman, Commerce des Lumières. John Oswald and the British in Paris, 1790-1793</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Révolution française - Cahiers de l’Institut d’histoire de la Révolution française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 5, </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lrf.979⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magna Carta. Comment une charte du Moyen Age révolutionne les communs aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Charles Léopold Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9782843772344</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04966342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etrangers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Musée Carnavalet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paris 1793-1794 : une année révolutionnaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée de la Ville de Paris, 2024, 978-2-7596-0590-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05564653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La République française et le projet populaire de République irlandaise. Un malentendu ? Quelques pistes de recherches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alain Chevalier; Jean d’Andlau; Hervé Leuwers; Côme Simien. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quelle république pour la nation ? 1770 – 1820</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 22, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Société des études robespierristes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.251-260, 2023, Etudes révolutionnaires, 978-2-908327-94-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04467241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'étranger en révolution(s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Conte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne-Laure Le Quang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Révolution française - Cahiers de l’Institut d’histoire de la Révolution française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 22, 2022, L'étranger en révolution(s), </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lrf.5942⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03558238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Irlande et la France à l'époque de la République atlantique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Révolution française - Cahiers de l’Institut d’histoire de la Révolution française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 11, 2016, </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lrf.1623⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03540739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les circulations révolutionnaires France-Irlande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03822386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Un festin patriotique’ at White’s Hotel, 18 November 1792: the ‘secret’ origins of Irish revolutionary republicanism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04252065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A “Banquet Fraternal” at Hamburg in 1798: The Irish Connection and the Birth of the Modern Conspiracy Theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04290971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madgett, Nicholas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Harmonia Universalis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04835457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (33)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“We Will soon Be parliment men all of us”: éducation et politisation dans les quartiers populaires de Dublin, 1794-1796</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Rivoluzione francese e l'educazione all democrazia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Università di Torino, Jan 2025, Turino, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05066842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The early Irish Republicanism as a Radicalism? Questioning the political categories used in historiography.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Radicalism, Radicalisation and De-Radicalisation in Ireland from 1798 to the Present Day</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine; Interdisciplinarité Dans les Etudes Anglophones (IDEA); Karina Bénazech Wendling, Apr 2024, Nancy (Communication présentée par Visioconférence), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05066755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« &amp;quot;The harp was mute at length for years&amp;quot; : tenter de vivre après l’échec du soulèvement irlandais de 1798 »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les chemins de l’engagement (2) : vivre libre ou mourir ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Paris Nanterre Université; TEMOS; MéMo; Céline Borello; Mathieu Ferradou, Jan 2024, Nanterre (Université Paris Nanterre), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04815239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'enthousiasme à l'engagement à la fin du XVIIIe siècle : retour sur le débat théologisation de la politique/ sécularisation de la théologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les chemins de l’engagement (2) : Vivre libre ou mourir ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Céline Borello; Mathieu Ferradou, Jan 2024, Nanterre (Université Paris Nanterre), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04814890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Defenders’ Republic of the United States of France and Ireland: an Atlantic Heterotopia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">From the Interstices: : Geographies, Identities, Solidarities, and Institutions in France, the Francophone World, and Beyond</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Society for French Historical Studies, Mar 2024, Hempstead, NY 11549, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04814962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les “deux textes fondateurs du mouvement de la classe ouvrière anglaise” : E. P. Thompson et l’enthousiasme ou les origines religieuses de la Révolution atlantique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Edward P. Thompson 1924-2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rachel Renault; Alexandre Dupont, Nov 2024, Le Mans Le Mans Université, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05068350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The early Irish Republicanism as a Radicalism?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Radicalism, Radicalisation and Deradicalisation in Ireland from 1798 to the present day</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lorraine; Université de Strasbourg; Karina Wendling; Vanessa Boulet; Pauline Collombier; Tim Heron, Apr 2024, Nancy Université de Lorraine, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04814986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les « deux textes fondateurs du mouvement de la classe ouvrière anglaise » : E. P. Thompson et l’enthousiasme ou les origines religieuses de la Révolution atlantique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Edward P. Thompson, 1924-2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Mans Université; Rachel Renault; Alexandre Dupont; Sylvain André, Nov 2024, Le Mans Le Mans Université, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04815005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Étudier les Defenders, une société secrète catholique dans l’Irlande de la fin du dix-huitième siècle : quelques réflexions méthodologiques sur l’usage de sources hybrides entre écrit et oral »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude du Mémo : "paroles écrites, écritures dites"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre d'histoire des sociétés Médiévales et Modernes (MéMo), May 2023, Paris VIII, Saint-Denis (93), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04118723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contested Freedoms in the Atlantic Republic: Irish, English, and French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">For 2026: Contested Freedoms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Omohundro Institute, Oct 2023, Colonial Williamsburg, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04814930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un « lobby » irlandais entre le Comité de Salut public et le Directoire ? Sur la piste de la République des Defenders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entangled Histories of Revolution: Case Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Universita Milano-Bicocca, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04118775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engagement et enthousiasme républicains : William Duckett, un patriote irlandais catholique et septembriseur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">« Les chemins de l’engagement (1) : radicalisation et enthousiasme (XVIe-XVIIIe siècle) »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mathieu Ferradou; Céline Borello, Dec 2022, Le Mans Université, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04118815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment le récit contre-révolutionnaire a-t-il transformé la nation révolutionnaire en nationalisme ? Les réfugiés irlandais à Hambourg, la peur de la conspiration illuminati et les îles britanniques, 1797-1799</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire doctoral de l'IHRF : En faisant, en écrivant la Révolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut d'histoire de la Révolution française, Oct 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un lobby irlandais entre le Comité de salut public et le Directoire ? De William Jackson à Theobald Wolfe Tone ou la genèse de l'expédition française en Irlande de 1796</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Directoire fait sa loi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut d'histoire de la Révolution française; Institut d'histoire moderne et contemporaine, Sep 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la Révolution atlantique à la République atlantique : la “Révolution de France” vue depuis l’Atlantique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Université d'été « Faire et apprendre l’histoire de la Révolution »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut d'histoire de la Révolution française et académie de Versailles, Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un « banquet fraternel » à Hambourg pour la fête du printemps (22 mars 1798) : la nation irlandaise au cœur d’un projet de fédération de républiques européennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIII International Congress of Historical Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Commission internationale d'histoire de la Révolution française (CIHRF), Aug 2022, Poznan, Pologne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03822452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Jacobite to Jacobine: The Irish College at Paris as a Laboratory of Political Mutation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wild Geese: Irish Migrants in Early Modern Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Center for Early Modern Studies, Mary Immaculate College, Limerick, Jul 2022, Limerick, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1798 ou le procès de la liberté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">After 1800: Rethinking Revolution and Counter-Revolution in the Atlantic World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Huntington Early Modern Studies Institute; University of Southern California, Jun 2022, Los Angeles, États-Unis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The ‘Republic of France’: an offshoot of the Atlantic Republic?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Di Lorenzo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’étranger en révolution(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut d'histoire de la Révolution française; Institut d'histoire moderne et contemporaine, Oct 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La République française et le projet populaire de République irlandaise : un malentendu ? Quelques pistes de recherches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quelle république pour quelle nation ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée de la Révolution française (Vizille); Société des études robespierristes, Sep 2021, Vizille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La République atlantique au collège irlandais : l'engagement révolutionnaire des étudiants irlandais dans le contexte de l'entrée en république (septembre 1792-février 1793)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de Master « Société, politique et religion »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Mans Université, Mar 2019, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La « République irlandaise » avec la Révolution française : nouvelles perspectives de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cosmopolitismes et patriotisme au temps des Révolutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Commission internationale d'histoire de la Révolution française; Musée de la Révolution française, Sep 2019, Vizille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’étranger dans la Révolution française : l’exemple des Irlandais à Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire doctoral de l’IHRF, « L’étranger dans la Révolution française (et au-delà). Lectures croisées »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut d'histoire de la Révolution française, Dec 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“To the United States of France and Ireland”: revolutionary circulations between France and Ireland during the Age of the Atlantic Republic. The case study of the 1793 anti-Militia Riots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proyecto Los cambios de la modernidad y las resistencias al cambio, Grupo Sociedad, poder y cultura (siglos XIV a XVIII)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Vittoria, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Common Origins of French and Irish Republicanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Arbre de la Liberté Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Atlantic Technological University, Apr 2017, Mayo, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To the United States of France and Ireland&amp;quot;: Irish Catholic Republicanism and the Atlantic Republic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Southern Republicanisms (3): Au-delà de l’humanisme civique : les « traditions républicaines » des Suds européen et atlantique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Nantes, May 2017, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Between Scylla and Charybdis? Irish republicans and their international, revolutionary networks between the British Empire and the French republican nation-state, 1792-8</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ruptures, Empires, Revolutions - 5th ENIUGH congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Network in Universal and Global History, Sep 2017, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irish patriots in Paris under the early French Republic (1792-1794/1795): the boundaries of citizenship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Seminar Series 2016-17</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Trinity College Dublin Centre for Early Modern History, Oct 2016, Dublin, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Irlandais républicains et la construction de la Cité républicaine par les toasts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire doctoral de l'IHRF : « Construire la Cité républicaine »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut d'histoire de la Révolution française, Mar 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irish patriots in Paris under the early French Republic (1792-1794/1795): the boundaries of citizenship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Citizenship. Historiographies, Questions and Methodologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ecole doctorale de l'université Paris 1-Panthéon Sorbonne; Central European University, Jun 2015, Budapest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux États-Unis de France et d'Irlande&amp;quot; : circulations révolutionnaires entre France et Irlande à l'âge de la République atlantique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseaux politiques et culturels européens sous la Révolution et l'Empire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre d'histoire "Espaces et cultures"; Université Blaise Pascal, Mar 2015, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Lost, ou la pop-culture américaine perdue entre humanisme et crypto-nazisme »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24h. du Droit : Idées politiques &amp; séries télévisées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, THEMIS-UM; Ecole doctorale Pierre Couvrat; Collectif L'Unité du Droit, Dec 2011, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Le traitement fictionnel de deux grands parlementaires : Danton & Robespierre dans la &amp;quot;machine à fantasmes&amp;quot; des écrans »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ferradou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24 heures du Droit : Le Parlement aux écrans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, THEMIS-UM; Université du Mans, Apr 2013, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId97"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C61F98FE"/>
+    <w:nsid w:val="F0F167E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathieu-ferradou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-5797-4695" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/243406703" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966245v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ferradou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01916599.2024.2445411" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04813967v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09670882.2024.2372131" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04813869v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/12sfx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04813949v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesirlandaises.17649" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558147v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Conte" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne-Laure Le Quang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lrf.5946" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204952v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lrf.6859" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04157002v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Hermant" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Levin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#244;me Simien" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558191v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lrf.4918" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558197v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Murtagh" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lrf.4920" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558102v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/00161071-9004965" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540842v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540771v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540785v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-03540420v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lrf.1626" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-03540419v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesirlandaises.5021" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-03540417v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ahrf.13560" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-03540415v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lrf.979" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04966342v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eclm.fr/livre/magna-carta/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467241v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.etudesrobespierristes.com/produit/quelle-republique-pour-la-nation-1770-1820/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558238v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lrf.5942" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540739v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lrf.1623" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822386v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04252065v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04290971v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066842v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814962v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066755v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815239v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814890v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05068350v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814986v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815005v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04118723v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814930v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04118775v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823567v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823584v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Di Lorenzo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823565v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04118815v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823678v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823576v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822452v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823563v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823571v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823685v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823589v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823641v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823689v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823633v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823621v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823603v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823652v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823657v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823693v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823663v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823714v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823704v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04835457v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathieu-ferradou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-5797-4695" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/243406703" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05564643v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ferradou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15jms" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966245v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01916599.2024.2445411" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04813967v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09670882.2024.2372131" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04813869v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/12sfx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04813949v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesirlandaises.17649" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558147v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Conte" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne-Laure Le Quang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lrf.5946" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204952v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lrf.6859" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558102v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/00161071-9004965" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540842v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Murtagh" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04157002v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Hermant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Levin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#244;me Simien" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558191v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lrf.4918" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558197v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lrf.4920" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540771v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540785v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-03540420v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lrf.1626" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-03540419v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesirlandaises.5021" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-03540417v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ahrf.13560" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-03540415v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lrf.979" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04966342v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eclm.fr/livre/magna-carta/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05564653v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04467241v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.etudesrobespierristes.com/produit/quelle-republique-pour-la-nation-1770-1820/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558238v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lrf.5942" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540739v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lrf.1623" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822386v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04252065v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04290971v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04835457v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066842v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066755v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815239v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814890v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814962v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05068350v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814986v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815005v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04118723v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814930v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04118775v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04118815v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823678v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823576v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823565v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03822452v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823563v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823567v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823584v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Di Lorenzo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823571v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823685v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823589v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823689v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823641v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823633v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823621v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823603v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823652v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823693v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823657v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823663v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823714v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823704v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>