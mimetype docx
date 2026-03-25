--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -696,411 +696,411 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03358759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Present and future of marker-assisted breeding in sweet and sour cherry</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transcriptomic profiles accurately predict the dormancy stages in sweet cherry flower buds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Wenden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Quero-Garcia</w:t>
+                <w:t xml:space="preserve">Noémie Vimont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Fouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.A. Campoy</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Wenden</w:t>
+                <w:t xml:space="preserve">José Antonio Campoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meixuezi Tong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. International Cherry Symposium</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SEB's Annual meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Sevilla, Spain</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02736020v1</w:t>
+                <w:t xml:space="preserve">hal-02737891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genomics of Fruit Quality, Nutritional Composition and Phytochemical Content of Cherries and Plums</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Present and future of marker-assisted breeding in sweet and sour cherry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Quero-Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amy Lezzoni</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Loïck Le Dantec</w:t>
+                <w:t xml:space="preserve">J.A. Campoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa Barreneche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loick Le Dantec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Wenden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27. International Plant and Animal Genome Conference (PAG XXVII)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">8. International Cherry Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Yamagata, Japan. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17660/ActaHortic.2019.1235.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02737887v1</w:t>
+                <w:t xml:space="preserve">hal-02736020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptomic profiles accurately predict the dormancy stages in sweet cherry flower buds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Wenden</w:t>
+                <w:t xml:space="preserve">Genomics of Fruit Quality, Nutritional Composition and Phytochemical Content of Cherries and Plums</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Quero-Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noémie Vimont</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Fouche</w:t>
+                <w:t xml:space="preserve">Igor Pacheco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Antonio Campoy</w:t>
+                <w:t xml:space="preserve">Amy Lezzoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meixuezi Tong</w:t>
+                <w:t xml:space="preserve">Manuel Serradilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïck Le Dantec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SEB's Annual meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Sevilla, Spain</w:t>
+              <w:t xml:space="preserve">27. International Plant and Animal Genome Conference (PAG XXVII)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02737891v1</w:t>
+                <w:t xml:space="preserve">hal-02737887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic dissection of fruit quality traits In the octoploid cultivated strawberry</w:t>
               </w:r>
@@ -1182,1398 +1182,1398 @@
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. International strawberry symposium 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2012, Beijing, China. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02809235v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (9)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transport capacity is uncoupled with endodormancy breaking in sweet cherry buds: physiological and molecular insights</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Fouché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane M V Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Wenden</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, pp.1240642. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2023.1240642⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04847649v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genome-wide association mapping in a sweet cherry germplasm collection ( Prunus avium L.) reveals candidate genes for fruit quality traits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armel Donkpegan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa Barreneche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Quero-Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Horticulture research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (10), pp.uhad191. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/hr/uhad191⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04264100v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New insights into flowering date in Prunus : fine mapping of a major QTL in sweet cherry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Branchereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Quero-García</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalia Helena Zaracho-Echagüe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurine Lambelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Fouché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Horticulture research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9, pp.uhac042. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/hr/uhac042⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03582995v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From bud formation to flowering: transcriptomic state defines the cherry developmental phases of sweet cherry bud dormancy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Vimont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Fouché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Antonio Campoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meixuezi Tong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha Arkoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20 (1), pp.974. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/S12864-019-6348-Z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04847691v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multiple C2 domains and transmembrane region proteins (MCTPs) tether membranes at plasmodesmata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Brault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Immel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Glavier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EMBO Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20 (8), pp.e47182. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15252/embr.201847182⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02368086v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Architecture and permeability of post-cytokinesis plasmodesmata lacking cytoplasmic sleeves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William J. Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali S. Grison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Trépout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélia Gaston-Dauzon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Fouché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 3 (7), pp.17082. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nplants.2017.82⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01602621v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Metabolic interaction between anthocyanin and lignin biosynthesis is associated with peroxidase FaPRX27 in strawberry fruit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludwig Ring</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Su-Ying Yeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Hücherig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Hoffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosario Blanco-Portales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 163 (1), pp.43-60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.113.222778⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02647823v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Development and mapping of peach candidate genes involved in fruit quality and their transferability and potential use in other Rosaceae species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loick Le Dantec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Cardinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julio Bonet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Fouché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karima Boudehri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tree Genetics and Genomes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 6 (6), pp.995-1012. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11295-010-0308-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02665104v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Development and mapping of peach candidate genes involved in fruit quality and their transferability and potential use in other Rosaceae species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïck Le Dantec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Cardinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julio Bonet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Fouché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karima Boudehri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tree Genetics and Genomes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 6 (6), pp.995-1012. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11295-010-0308-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04847725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular mechanisms involved in dormancy in response to temperature in sweet cherry (Prunus avium L.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Fouché</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Agricultural sciences. Université de Bordeaux, 2023. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2023BORD0394⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04452980v2</w:t>
-              </w:r>
-[...1243 lines deleted...]
-                <w:t xml:space="preserve">hal-04847725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2591,77 +2591,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcriptomic profiles highlight the role of ABA signalling in the regulation of sweet cherry flower bud dormancy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Vimont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Fouché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Antonio Campoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrián Schwarzenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2835,277 +2835,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03318885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changement climatique et production fruitière : exemple du cerisier. Bilan et perspectives</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Dirlewanger</w:t>
+                <w:t xml:space="preserve">An Improved Assembly of the Diploid ‘Regina’ Sweet Cherry Genome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïck Le Dantec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabil Girollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Castede</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">José Quero-Garcia</w:t>
+                <w:t xml:space="preserve">Jerome Gouzy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Sallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Fouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire ACCAF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Noisy-Le-Grand, France. 2019</w:t>
+              <w:t xml:space="preserve">Plant &amp; Animal Genome Conference XXVII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, San Diego, United States. , pp.PO1193, 2019, Plant &amp; Animal Genome Conference XXVII</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02569987v1</w:t>
+                <w:t xml:space="preserve">hal-02570057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Improved Assembly of the Diploid ‘Regina’ Sweet Cherry Genome</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nabil Girollet</w:t>
+                <w:t xml:space="preserve">Changement climatique et production fruitière : exemple du cerisier. Bilan et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Dirlewanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerome Gouzy</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Fouche</w:t>
+                <w:t xml:space="preserve">Sophie Castede</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Branchereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armel Donkpegan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Quero-Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant &amp; Animal Genome Conference XXVII</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2019, San Diego, United States. , pp.PO1193, 2019, Plant &amp; Animal Genome Conference XXVII</w:t>
+              <w:t xml:space="preserve">Séminaire ACCAF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Noisy-Le-Grand, France. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02570057v1</w:t>
+                <w:t xml:space="preserve">hal-02569987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A High Quality Draft Assembly of the Diploid 'Regina' Sweet Cherry Genome</w:t>
               </w:r>
@@ -3130,51 +3130,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Girollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Fouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Gouzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erika Sallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3255,51 +3255,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loick Le Dantec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Wenden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Quero-Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Barreneche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3341,64 +3341,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How nano-LC-MS/MS methods improve plasmodesmata proteome knowledge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Immel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali S. Grison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Fouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3462,64 +3462,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular and epigenetic mechanisms during dormancy in sweet cherry flower buds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Vimont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustapha Arkoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Yvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3712,51 +3712,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HOw strawberry can flower continuously?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélia Gaston-Dauzon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Aprosio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3850,51 +3850,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">QTL anlysis of characters involved in fruit quality in Prunus persica and a related species and co-location with candidate genes in the European Project ISAFRUIT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Dirlewanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karima Boudehri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3994,103 +3994,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From bud formation to flowering: transcriptomic state defines the cherry developmental phases of sweet cherry bud dormancy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Vimont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Fouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Antonio Campoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meixuezi Tong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustapha Arkoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -4144,51 +4144,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advances and challenges in cherry breeding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Quero-Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amy Iezzoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4368,51 +4368,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6438611A"/>
+    <w:nsid w:val="2BD22052"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4599,51 +4599,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathieu-fouche" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0002-1505-213X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/275621154" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05077276v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bernard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mir" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saviour Okine" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bonnet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Barreneche" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168036v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armel Donkpegan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;ck Le Dantec" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Wenden" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03356206v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Dirlewanger" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fouch&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N H Zaracho Echag&#252;e" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Campoy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/actahortic.2020.1297.70" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03358759v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loick Le Dantec" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fouche" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Quero-Garc&#237;a" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736020v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Quero-Garcia" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Campoy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2019.1235.1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737887v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Pacheco" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Lezzoni" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Serradilla" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737891v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Vimont" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Antonio Campoy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meixuezi Tong" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809235v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Petit" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ring" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Vignes" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Schwab" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04452980v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023BORD0394" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04847649v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane M V Bonnet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2023.1240642" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04264100v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hr/uhad191" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03582995v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Branchereau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalia Helena Zaracho-Echag&#252;e" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Lambelin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hr/uhac042" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04847691v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Arkoun" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/S12864-019-6348-Z" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368086v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Brault" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Petit" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Immel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Nicolas" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Glavier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embr.201847182" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602621v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William J. Nicolas" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali S. Grison" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Tr&#233;pout" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lia Gaston-Dauzon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nplants.2017.82" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647823v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludwig Ring" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Su-Ying Yeh" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie H&#252;cherig" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hoffmann" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosario Blanco-Portales" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.113.222778" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665104v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Cardinet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Bonet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Boudehri" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11295-010-0308-8" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1D2A0100CF0A5BA6124C6D4744D8DE6549C8FCB9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04847725v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Cardinet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318896v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n Schwarzenberg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirela Domijan" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318885v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Girollet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gouzy" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Sallet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02569987v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Castede" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02570057v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gouzy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865005v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603064v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02530376v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Claverol" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bayer" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743557v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Yvin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip A. Wigge" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808359v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Denoyes" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rothan" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Mangin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604572v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Aprosio" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guiraud" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Demene" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823051v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Renaud" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Croset" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503000v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04847710v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Iezzoni" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregorio L&#243;pez-Ortega" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cameron Peace" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19103/as.2018.0040.17" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathieu-fouche" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0002-1505-213X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/275621154" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05077276v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bernard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mir" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saviour Okine" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bonnet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Barreneche" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168036v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armel Donkpegan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;ck Le Dantec" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Wenden" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03356206v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Dirlewanger" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fouch&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N H Zaracho Echag&#252;e" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Campoy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/actahortic.2020.1297.70" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03358759v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loick Le Dantec" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fouche" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Quero-Garc&#237;a" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737891v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Vimont" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Antonio Campoy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meixuezi Tong" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736020v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Quero-Garcia" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Campoy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2019.1235.1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737887v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Pacheco" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Lezzoni" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Serradilla" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809235v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Petit" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ring" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Vignes" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Schwab" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04847649v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane M V Bonnet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2023.1240642" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04264100v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hr/uhad191" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03582995v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Branchereau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalia Helena Zaracho-Echag&#252;e" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Lambelin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hr/uhac042" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04847691v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Arkoun" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/S12864-019-6348-Z" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368086v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Brault" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Petit" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Immel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Nicolas" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Glavier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embr.201847182" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602621v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William J. Nicolas" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali S. Grison" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Tr&#233;pout" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lia Gaston-Dauzon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nplants.2017.82" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647823v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludwig Ring" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Su-Ying Yeh" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie H&#252;cherig" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hoffmann" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosario Blanco-Portales" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.113.222778" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665104v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Cardinet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Bonet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Boudehri" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11295-010-0308-8" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1D2A0100CF0A5BA6124C6D4744D8DE6549C8FCB9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04847725v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Cardinet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04452980v2" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023BORD0394" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318896v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n Schwarzenberg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirela Domijan" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318885v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Girollet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gouzy" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Sallet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02570057v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gouzy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02569987v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Castede" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865005v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603064v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02530376v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Claverol" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bayer" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743557v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Yvin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip A. Wigge" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808359v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Denoyes" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rothan" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Mangin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604572v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Aprosio" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guiraud" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Demene" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823051v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Renaud" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Croset" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503000v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04847710v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Iezzoni" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregorio L&#243;pez-Ortega" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cameron Peace" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19103/as.2018.0040.17" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>