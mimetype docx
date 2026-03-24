--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -199,287 +199,287 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bridging physics and statistical learning methodologies for the accurate modeling of the radiative properties of non-uniform atmospheric paths</w:t>
+                <w:t xml:space="preserve">Impact of spectral coupling between urban atmosphere and sky boundary conditions in a street canyon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. André</w:t>
+                <w:t xml:space="preserve">Félix Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Delage</w:t>
+                <w:t xml:space="preserve">Mathieu Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loic Guilmard</w:t>
+                <w:t xml:space="preserve">Lucie Merlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Galtier</w:t>
+                <w:t xml:space="preserve">Étienne Vergnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Cornet</w:t>
+                <w:t xml:space="preserve">Frédéric André</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 320, pp.108961. </w:t>
+              <w:t xml:space="preserve">, 2024, 326, pp.109107. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2024.108961⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2024.109107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04740722v1</w:t>
+                <w:t xml:space="preserve">hal-04653014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of spectral coupling between urban atmosphere and sky boundary conditions in a street canyon</w:t>
+                <w:t xml:space="preserve">Bridging physics and statistical learning methodologies for the accurate modeling of the radiative properties of non-uniform atmospheric paths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Félix Schmitt</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">F. André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Delage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Guilmard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric André</w:t>
+                <w:t xml:space="preserve">Céline Cornet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 326, pp.109107. </w:t>
+              <w:t xml:space="preserve">, 2024, 320, pp.108961. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2024.109107⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2024.108961⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04653014v1</w:t>
+                <w:t xml:space="preserve">hal-04740722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupling radiative, conductive and convective heat-transfers in a single Monte Carlo algorithm: A general theoretical framework for linear situations</w:t>
               </w:r>
@@ -599,77 +599,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of narrow-band and full spectrum gas radiation methods in a real industrial glass furnace configuration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Woelffel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V.P. Solovjov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -733,103 +733,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the use of recurrent neural networks for fast and accurate non-uniform gas radiation modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric André</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Céline Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy Delage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dubuisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Galtier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 293, pp.108371. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
@@ -863,77 +863,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiative transfer in the O 2 A-band - a fast and accurate forward model based on the ℓ -distribution approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ph. Dubuisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1032,51 +1032,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémi Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard A Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 260, pp.1-12/107402. </w:t>
@@ -1153,64 +1153,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric André</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 249, pp.107019. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1257,51 +1257,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of engineering gas radiative property models in high pressure turbulent jet diffusion flames</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Consalvi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.R. Coelho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1378,90 +1378,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectral mapping method based on intervals of comonotonicity for modelling of radiative transfer in non-uniform gaseous media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Solovjov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brent W Webb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dubuisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1521,77 +1521,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional data analysis applied to the multi-spectral correlated– k distribution model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Longfeng Hou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Eymet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1798,51 +1798,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Andrée Delmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1889,51 +1889,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiative transfer and spectroscopic databases: A line-sampling Monte Carlo approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2023,64 +2023,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the use of polynomial chaos expansions and generalized moments within the frame of gas radiation in non-uniform media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Galtier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 164, pp.184-192. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2453,51 +2453,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Gautheron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Mahieu-Williame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2587,51 +2587,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mateusz Bogdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2699,51 +2699,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Martinez-Cesena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Gautheron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2846,51 +2846,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Gautheron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Montcel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2963,77 +2963,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teddy Gresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Soriano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Merlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auline Rodler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32ème Congrès Français de Thermique - Thermique et Architecture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Thermique, Jun 2024, Strasbourg, France</w:t>
@@ -3062,90 +3062,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of the spectral coupling between non-gray sky boundary conditions and a urban atmosphere in the calculation of net fluxes in a street canyon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Galtier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Merlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Vergnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Andre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3186,373 +3186,373 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04516468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BRIDGING PHYSICS AND STATISTICAL LEARNING METHODOLOGIES FOR THE ACCURATE MODELING OF THE RADIATIVE PROPERTIES OF NON-UNIFORM ATMOSPHERIC PATHS - APPLICATION TO CHANNEL 7 OF EPS-SG 3MI</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A MONTE CARLO APPROACH FOR BRAIN FUNCTIONAL MAPPING</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Guilmard</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">O. Said</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mahieu-Williame</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Montcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Roger</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 10th International Symposium on Radiative Transfer, RAD-23 Thessaloniki, Greece, 12–16 June 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2023, Thessaloniki, France. pp.261, </w:t>
+              <w:t xml:space="preserve">, Jun 2023, Thessaloniki, France. pp.407-414, </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1615/RAD-23.330⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1615/RAD-23.600⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04841185v1</w:t>
+                <w:t xml:space="preserve">hal-04839177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A MONTE CARLO APPROACH FOR BRAIN FUNCTIONAL MAPPING</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">BRIDGING PHYSICS AND STATISTICAL LEARNING METHODOLOGIES FOR THE ACCURATE MODELING OF THE RADIATIVE PROPERTIES OF NON-UNIFORM ATMOSPHERIC PATHS - APPLICATION TO CHANNEL 7 OF EPS-SG 3MI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Delage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Said</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Loïc Guilmard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 10th International Symposium on Radiative Transfer, RAD-23 Thessaloniki, Greece, 12–16 June 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2023, Thessaloniki, France. pp.407-414, </w:t>
+              <w:t xml:space="preserve">, Jun 2023, Thessaloniki, France. pp.261, </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1615/RAD-23.600⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1615/RAD-23.330⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04839177v1</w:t>
+                <w:t xml:space="preserve">hal-04841185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BRIDGING PHYSICS AND STATISTICAL LEARNING METHODOLOGIES FOR THE ACCURATE MODELING OF THE RADIATIVE PROPERTIES OF NON-UNIFORM ATMOSPHERIC PATHS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Delage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Guilmard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Galtier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cornet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 10th International Symposium on Radiative Transfer, RAD-23 Thessaloniki, Greece, 12–16 June 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Thessaloniki, France. pp.299-306, </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3586,77 +3586,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Symbolic Monte Carlo applied to geometrical parameters of clouds in a remote sensing context</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dubuisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3711,90 +3711,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A CFD SOLVER BASED ON THE LATTICE BOLTZMANN METHOD TO SOLVE THREE-DIMENSIONAL THERMALLY DRIVEN FLOWS AND COUPLED MOLECULAR GAS RADIATION: COMPARISON AND VALIDATION AGAINST A BENCHMARK SOLUTION</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Andre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Galtier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Vergnault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Soucasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3845,77 +3845,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of engineering gas radiation methods in an industrial glass furnace configuration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W Woelffel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V Solovjov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3973,680 +3973,680 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04839223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IDENTIFICATION OF RADIATIVE PROPERTIES OF A QUARTZEL SAMPLE BASED ON SYMBOLIC MONTE CARLO METHODS</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Symbolic Monte Carlo method based on orthogonal polynomials series: application to phase function</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Maanane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Andrée Delmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 9th International Symposium on Radiative Transfer, RAD-19</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2019, Athens, France. pp.205-212, </w:t>
+              <w:t xml:space="preserve">, Jun 2019, Athens, France. pp.295-302, </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1615/RAD-19.250⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1615/RAD-19.360⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02350451v1</w:t>
+                <w:t xml:space="preserve">hal-02350441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthèse d'images infrarouges sans calcul préalable du champ de température</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Eymet</w:t>
+                <w:t xml:space="preserve">ASSESSMENT OF ENGINEERING GAS RADIATIVE PROPERTY MODELS IN HIGH PRESSURE TURBULENT JET DIFFUSION FLAMES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Consalvi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forest Vincent</w:t>
+                <w:t xml:space="preserve">Felipe Coelho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Piaud</w:t>
+                <w:t xml:space="preserve">Francis Henrique Ramos Franca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Coustet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Richard A Fournier</w:t>
+                <w:t xml:space="preserve">Fatiha Nmira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFT 2019 - 27ème Congrès Français de Thermique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the 9th International Symposium on Radiative Transfer, RAD-19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Athens, France. pp.423-430, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1615/RAD-19.520⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02419604v1</w:t>
+                <w:t xml:space="preserve">hal-02350459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ACCURACY OF ENGINEERING METHODS FOR RADIATIVE TRANSFER IN CO2-H2O MIXTURES AT HIGH TEMPERATURE</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">IDENTIFICATION OF RADIATIVE PROPERTIES OF A QUARTZEL SAMPLE BASED ON SYMBOLIC MONTE CARLO METHODS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Maanane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Delmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Galtier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric André</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Symposium on Radiative Transfer, RAD-19</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1615/RAD-19.500⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the 9th International Symposium on Radiative Transfer, RAD-19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Athens, France. pp.205-212, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1615/RAD-19.250⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02350444v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02350451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ASSESSMENT OF ENGINEERING GAS RADIATIVE PROPERTY MODELS IN HIGH PRESSURE TURBULENT JET DIFFUSION FLAMES</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ACCURACY OF ENGINEERING METHODS FOR RADIATIVE TRANSFER IN CO2-H2O MIXTURES AT HIGH TEMPERATURE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe Coelho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Consalvi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Henrique Ramos Franca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fatiha Nmira</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 9th International Symposium on Radiative Transfer, RAD-19</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1615/RAD-19.520⟩</w:t>
+              <w:t xml:space="preserve">9th International Symposium on Radiative Transfer, RAD-19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Athens, France. pp.407-414, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1615/RAD-19.500⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02350459v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02350444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Symbolic Monte Carlo method based on orthogonal polynomials series: application to phase function</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Synthèse d'images infrarouges sans calcul préalable du champ de température</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Eymet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Forest Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Piaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Coustet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard A Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 9th International Symposium on Radiative Transfer, RAD-19</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SFT 2019 - 27ème Congrès Français de Thermique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Nantes, France. pp.153-160</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02350441v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward the use of Symbolic Monte Carlo for Conduction-Radiation Coupling in Complex Geometries</w:t>
               </w:r>
@@ -4917,51 +4917,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Maanane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Andrée Delmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5012,64 +5012,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Symbolic Monte Carlo methods: an analysis tool for the experimental identification of radiative properties at high-temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Andrée Delmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5120,64 +5120,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SYMBOLIC MONTE CARLO METHODS : AN ANALYSIS TOOL FOR THE EXPERIMENTAL IDENTIFICATION OF RADIATIVE PROPERTIES AT HIGH- TEMPERATURE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Delmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5254,51 +5254,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremi Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard A Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5340,64 +5340,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Line-sampling-based Monte Carlo method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5465,51 +5465,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Null collision Monte Carlo algorithms : a meshless technique to deal with radiative problems in heterogeneous media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouna El-Hafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5644,51 +5644,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elias Gabory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Gautheron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Montcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5761,51 +5761,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microclimatic modeling and simulation tools : an academic benchmark</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teddy Gresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Merlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auline Rodler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5957,51 +5957,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremi Dauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard A Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -6117,51 +6117,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7C6441C1"/>
+    <w:nsid w:val="0C77AF17"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6348,51 +6348,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathieu-galtier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6023-0914" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/185461018" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740722v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Andr&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delage" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Guilmard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Galtier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cornet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2024.108961" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653014v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Schmitt" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Merlier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Vergnault" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Andr&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2024.109107" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04066139v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Tregan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Amestoy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Bati" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques B&#233;zian" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanco" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0283681" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073705v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Woelffel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.P. Solovjov" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.W. Webb" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2022.119020" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03826189v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Delage" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dubuisson" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2022.108371" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249840v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cornet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Dubuisson" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2020.107470" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03040841v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna El-Hafi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mi Dauchet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard A Fournier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2020.107402" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613374v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Maanane" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Roger" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Delmas" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2020.107019" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986494v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Consalvi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.R. Coelho" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.H.R. Franca" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nmira" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2020.107169" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090686v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Solovjov" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brent W Webb" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2019.02.030" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648752v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Longfeng Hou" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Eymet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2017.10.005" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01871366v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremi Dauchet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Caliot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Charon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-31574-4" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871396v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Galtier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Andr&#233;e Delmas" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2017.03.026" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282921v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2015.10.016" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064943v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2015.06.005" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688108v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Poitou" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Terr&#233;e" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2013.06.004" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688110v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coustet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dauchet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2013.04.001" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269535v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Martinez-Cese&#241;a" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Gautheron" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mahieu-Williame" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ECBO.2025.Th2B.3" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172092v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Gresse" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien David" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lefevre" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Bogdan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494678v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Martinez-Cesena" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/RAD-25.320" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617055v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Gabory" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Montcel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3017461" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790236v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Soriano" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auline Rodler" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516468v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Andre" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/RAD-23.490" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841185v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Guilmard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/RAD-23.330" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839177v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Said" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/RAD-23.600" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841198v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/RAD-23.460" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839284v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ferlay" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516505v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Soucasse" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/TFEC2022.emt.041362" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839223v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Woelffel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Solovjov" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Webb" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2116/1/012067" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350451v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/RAD-19.250" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419604v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Forest Vincent" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Piaud" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Coustet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350444v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Coelho" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Henrique Ramos Franca" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/RAD-19.500" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350459v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Nmira" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/RAD-19.520" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350441v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/RAD-19.360" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02265075v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Penazzi" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/RAD-19.380" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943356v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Fournier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dufresne" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014007v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013891v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350512v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05262802v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013900v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741806v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839634v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2024-024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265599v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Schmitt" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01853074v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathieu-galtier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6023-0914" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/185461018" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653014v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Schmitt" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Galtier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Merlier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Vergnault" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Andr&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2024.109107" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740722v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Andr&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delage" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Guilmard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cornet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2024.108961" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04066139v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Tregan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Amestoy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Bati" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques B&#233;zian" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanco" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0283681" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073705v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Woelffel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.P. Solovjov" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.W. Webb" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2022.119020" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03826189v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Delage" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dubuisson" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2022.108371" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249840v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cornet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Dubuisson" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2020.107470" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03040841v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna El-Hafi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mi Dauchet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard A Fournier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2020.107402" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613374v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Maanane" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Roger" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Delmas" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2020.107019" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986494v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Consalvi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.R. Coelho" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.H.R. Franca" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nmira" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2020.107169" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02090686v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Solovjov" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brent W Webb" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2019.02.030" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648752v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Longfeng Hou" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Eymet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2017.10.005" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01871366v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremi Dauchet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Caliot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Charon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-31574-4" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01871396v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Galtier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Andr&#233;e Delmas" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2017.03.026" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282921v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2015.10.016" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064943v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2015.06.005" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688108v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Poitou" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Terr&#233;e" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2013.06.004" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01688110v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coustet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dauchet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2013.04.001" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269535v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Martinez-Cese&#241;a" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Gautheron" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mahieu-Williame" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ECBO.2025.Th2B.3" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172092v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Gresse" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien David" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lefevre" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateusz Bogdan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494678v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Martinez-Cesena" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/RAD-25.320" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617055v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Gabory" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Montcel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3017461" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790236v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Soriano" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auline Rodler" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516468v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Andre" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/RAD-23.490" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839177v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Said" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/RAD-23.600" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841185v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Guilmard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/RAD-23.330" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841198v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/RAD-23.460" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839284v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ferlay" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516505v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Soucasse" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/TFEC2022.emt.041362" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839223v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Woelffel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Solovjov" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Webb" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2116/1/012067" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350441v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/RAD-19.360" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350459v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Coelho" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Henrique Ramos Franca" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Nmira" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/RAD-19.520" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350451v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/RAD-19.250" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350444v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/RAD-19.500" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419604v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Forest Vincent" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Piaud" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Coustet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02265075v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Penazzi" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/RAD-19.380" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943356v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Fournier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dufresne" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014007v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013891v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350512v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05262802v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013900v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741806v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839634v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2024-024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265599v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Schmitt" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01853074v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>