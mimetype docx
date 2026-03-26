--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -822,252 +822,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03616273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TRPM7 Modulates Human Pancreatic Stellate Cell Activation.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julie Auwercx</w:t>
+                <w:t xml:space="preserve">Orai1/KCa/SigmaR1 complex, the cancer cell suicide squad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Kischel</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christophe Vandier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/cells11142255⟩</w:t>
+              <w:t xml:space="preserve">Cell Calcium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 104, pp.102568. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ceca.2022.102568⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03740502v1</w:t>
+                <w:t xml:space="preserve">hal-03694773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Orai1/KCa/SigmaR1 complex, the cancer cell suicide squad</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Gautier</w:t>
+                <w:t xml:space="preserve">TRPM7 Modulates Human Pancreatic Stellate Cell Activation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Auwercx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Kischel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Vandier</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thibaut Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jonckheere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alison Vanlaeys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Calcium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 104, pp.102568. </w:t>
+              <w:t xml:space="preserve">Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (14), pp.2255. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ceca.2022.102568⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/cells11142255⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03694773v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03740502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fate of phosphorus from treated wastewater in soil-based constructed wetlands</w:t>
               </w:r>
@@ -1481,51 +1481,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Auwercx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rybarczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Kischel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Dhennin-Duthille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1615,51 +1615,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silviya Radoslavova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Folcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kateryna Kondratska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1749,51 +1749,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silviya Radoslavova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Folcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kateryna Kondratska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1883,51 +1883,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alison Vanlaeys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Fouquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Kischel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Hague</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1991,51 +1991,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TRPM7/RPSA Complex Regulates Pancreatic Cancer Cell Migration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rybarczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2151,51 +2151,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alison Vanlaeys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Fouquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Kischel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Hague</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2527,51 +2527,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ion Channels: New Actors Playing in Chemotherapeutic Resistance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Kischel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2700,51 +2700,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Trebak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Fleig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Halima Ouadid-Ahidouch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2830,51 +2830,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Trebak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Fleig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Halima Ouadid-Ahidouch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4124,286 +4124,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04542555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights into pharmacological tools to TR (i) P cancer up</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">TRPM7 involvement in cancer: a potential prognostic factor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Dhennin-Duthille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irina Korichneva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halima Ouadid-Ahidouch</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/bph.12561⟩</w:t>
+              <w:t xml:space="preserve">Magnesium Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 27 (3), pp.103-112. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/mrh.2014.0367⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04542564v1</w:t>
+                <w:t xml:space="preserve">hal-04542560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TRPM7 involvement in cancer: a potential prognostic factor</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">New insights into pharmacological tools to TR (i) P cancer up</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I Dhennin-Duthille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Ay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Rybarczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I Korichneva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magnesium Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 27 (3), pp.103-112. </w:t>
+              <w:t xml:space="preserve">British Journal of Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 171 (10), pp.2582-2592. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1684/mrh.2014.0367⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/bph.12561⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04542560v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04542564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TRP channels: diagnostic markers and therapeutic targets for breast cancer?</w:t>
               </w:r>
@@ -6200,51 +6200,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Girardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Respiratory Physiology &amp; Neurobiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 141 (2), pp.157-166. </w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7300,51 +7300,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alison Vanlaeys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Dhennin-Duthille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Kischel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Hague</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7412,51 +7412,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Auwercx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rybarczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Kischel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Dhennin-Duthille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7537,51 +7537,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Auwercx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rybarczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Kischel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Dhennin-Duthille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7675,51 +7675,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alison Vanlaeys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Hague</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Kischel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Neve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7931,51 +7931,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TRPM7 Modulates Human Pancreatic Stellate Cell Activation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Auwercx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Kischel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8095,51 +8095,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Hague</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Dhennin-Duthille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Kischel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1 st ONCOLille days</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Lille, France</w:t>
@@ -8427,51 +8427,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Auwercx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rybarczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Kischel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Dhennin-Duthille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8565,51 +8565,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alison Vanlaeys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Hague</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Kischel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Neve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8946,67 +8946,67 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orai1/KCa/SigmaR1 complex, the cancer cell suicide squad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vandier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022, pp.102568. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ceca.2022.102568⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04542487v1</w:t>
@@ -9270,51 +9270,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530246v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Fourgeaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Auwercx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Lalot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure No&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belinda Duch&#234;che" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10565-026-10169-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04910018v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gautier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33594/000000754" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05369698v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jonckheere" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Rodat-Despoix" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dhennin-Duthille" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Girault" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hague" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csbj.2025.11.030" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05049944v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Neve" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Vanlaeys" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Bourrin-Reynard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-025-07665-2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04538299v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03616273v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Hmaidi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Ksouri" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahma Benabderrazek" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Antonietti" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Sonnet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2022.821181" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03740502v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Kischel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Lefebvre" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells11142255" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03694773v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Vandier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceca.2022.102568" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03515007v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ania Morvannou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Masson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bisone" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Richard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.151589" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03694763v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Potier-Cartereau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Ravalet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elfi Ducrocq" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hamard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/bioe.2022.0015" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03261534v3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Olazcuaga" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Foucaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Deschamps" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Loiseau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.13878" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195960v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rybarczyk" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Chatelain" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu13010210" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03607830v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silviya Radoslavova" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Folcher" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kateryna Kondratska" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Guenin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers13102395" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542495v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gu&#233;nin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542515v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Fouquet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pasco-Brassart" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00204-020-02674-w" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03010139v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Bretaudeau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Cousin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2020.00549" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02933064v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Fouquet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489981v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Hannoun-L&#233;vi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lam Cham Kee" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Gal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Schiappa" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Hannoun" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brachy.2019.10.007" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003452v2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Hadj Bachir" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Coppin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nihad Boukrout" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers12113309" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03607835v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chamlali" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers11030376" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03607833v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Trebak" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Fleig" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Ouadid-Ahidouch" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceca.2019.102083" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03607834v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceca.2019.102084" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03607837v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Luongo" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Pietropaolo" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu10060784" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542542v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan da Silva" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Lameiras" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelilah Beljebbar" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Berquand" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Villemin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.24894" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01904939v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01526286v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mignen" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Constantin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubin Penna" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00249-017-1216-8" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542549v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Brassart" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neo.2017.01.004" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02183197v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Rybarczyk" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Vanlaeys" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Brassart" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03607844v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Perriere" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Monet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Korichneva" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/0929867323666160907162002" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/R65-KBPVP602-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542557v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramesh Dasari" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise de Carvalho" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derek Medellin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelsey Middleton" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2015.08.047" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542555v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmdc.201500360" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542564v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Dhennin-Duthille" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ay" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Korichneva" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bph.12561" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542560v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/mrh.2014.0367" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542565v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Sevestre" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ahidouch" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmed.2012.11.004" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P9XMCPR9-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542567v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guilbert" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Dhennin-Duthille" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rybarczyk" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sahni" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2013.07.008" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H1C9C4TN-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542572v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/bdc.2012.1595" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542570v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.27487" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-896C8PS3-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542575v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Faouzi" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Guilbert" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Brevet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000335795" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542578v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dechen Chodon" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sophie Telliez" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2407-10-212" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542580v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Haren" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpcell.00624.2008" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542583v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henggui Zhang" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Fearon" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yjmcc.2007.09.007" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GBRKM4GX-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542579v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Hyvelin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Lemaire" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bonnet" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Eder" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00424-008-0546-x" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-PVS12Z8F-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542586v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Antier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loic Le Net" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Hanton" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpheart.01040.2006" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542594v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie de Crescenzo" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpheart.00774.2005" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542598v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boissiere" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Machet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpheart.00524.2005" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542602v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelia Herbet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2004.10.008" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1ZPG3ZWN-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542604v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dubuis" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prem Kumar" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Girardin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resp.2004.04.011" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WP8BCD0Q-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542607v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Eder" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boissi&#232;re" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Rebocho" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrobp.2004.07.698" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8LGD7MV1-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542606v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bonnet" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Lo&#239;c Le Net" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpheart.00802.2003" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542448v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Melin" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajplung.00004.2002" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04882162v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411001v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Or&#233;gane Bajeux" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Houssier" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Royer" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Meynard" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Paget" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591708v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Agrane" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Brassart-Pasco" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466501v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Dusailly" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465802v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465849v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465644v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465863v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466150v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465334v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lefebvre" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466179v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03649525v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Boitard" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Estoup" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rode" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291660v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Couvidat" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiufang Zhan" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chatain" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Bacot" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465355v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04541485v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04541464v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouloud Souidi" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Van Seuningen" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465699v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle van Seuningen" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542487v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542596v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/expphysiol.2006.036418" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530246v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Fourgeaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Auwercx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Lalot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure No&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belinda Duch&#234;che" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10565-026-10169-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04910018v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gautier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33594/000000754" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05369698v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jonckheere" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Rodat-Despoix" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dhennin-Duthille" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Girault" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hague" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csbj.2025.11.030" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05049944v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Neve" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Vanlaeys" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Bourrin-Reynard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-025-07665-2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04538299v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03616273v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Hmaidi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Ksouri" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahma Benabderrazek" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Antonietti" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Sonnet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2022.821181" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03694773v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Vandier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceca.2022.102568" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03740502v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Kischel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Lefebvre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells11142255" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03515007v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ania Morvannou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Masson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bisone" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Richard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.151589" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03694763v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Potier-Cartereau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Ravalet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elfi Ducrocq" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hamard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/bioe.2022.0015" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03261534v3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Olazcuaga" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Foucaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Deschamps" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Loiseau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jeb.13878" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195960v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rybarczyk" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Chatelain" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu13010210" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03607830v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silviya Radoslavova" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Folcher" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kateryna Kondratska" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Guenin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers13102395" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542495v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gu&#233;nin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542515v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Fouquet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pasco-Brassart" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00204-020-02674-w" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03010139v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Bretaudeau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Cousin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2020.00549" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02933064v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Fouquet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489981v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Hannoun-L&#233;vi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lam Cham Kee" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Gal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Schiappa" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Hannoun" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brachy.2019.10.007" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003452v2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Hadj Bachir" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Coppin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nihad Boukrout" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers12113309" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03607835v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chamlali" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers11030376" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03607833v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Trebak" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Fleig" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Ouadid-Ahidouch" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceca.2019.102083" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03607834v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceca.2019.102084" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03607837v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Luongo" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Pietropaolo" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu10060784" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542542v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan da Silva" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Lameiras" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelilah Beljebbar" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Berquand" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Villemin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.24894" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01904939v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01526286v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mignen" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Constantin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubin Penna" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00249-017-1216-8" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542549v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Brassart" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neo.2017.01.004" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02183197v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Rybarczyk" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Vanlaeys" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Brassart" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03607844v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Perriere" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Monet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Korichneva" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/0929867323666160907162002" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/R65-KBPVP602-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542557v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramesh Dasari" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise de Carvalho" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derek Medellin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelsey Middleton" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2015.08.047" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542555v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmdc.201500360" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542560v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/mrh.2014.0367" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542564v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Dhennin-Duthille" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ay" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Korichneva" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bph.12561" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542565v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Sevestre" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ahidouch" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmed.2012.11.004" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P9XMCPR9-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542567v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guilbert" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Dhennin-Duthille" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rybarczyk" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sahni" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2013.07.008" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H1C9C4TN-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542572v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/bdc.2012.1595" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542570v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.27487" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-896C8PS3-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542575v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Faouzi" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Guilbert" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Brevet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000335795" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542578v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dechen Chodon" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sophie Telliez" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2407-10-212" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542580v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Haren" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpcell.00624.2008" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542583v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henggui Zhang" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Fearon" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yjmcc.2007.09.007" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GBRKM4GX-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542579v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Hyvelin" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Lemaire" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bonnet" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Eder" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00424-008-0546-x" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-PVS12Z8F-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542586v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Antier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loic Le Net" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Hanton" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpheart.01040.2006" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542594v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie de Crescenzo" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpheart.00774.2005" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542598v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boissiere" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Machet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpheart.00524.2005" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542602v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelia Herbet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2004.10.008" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1ZPG3ZWN-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542604v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dubuis" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prem Kumar" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Girardin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resp.2004.04.011" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WP8BCD0Q-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542607v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Eder" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boissi&#232;re" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Rebocho" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrobp.2004.07.698" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8LGD7MV1-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542606v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bonnet" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Lo&#239;c Le Net" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpheart.00802.2003" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542448v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Melin" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajplung.00004.2002" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04882162v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411001v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Or&#233;gane Bajeux" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Houssier" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Royer" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Meynard" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Paget" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591708v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Agrane" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Brassart-Pasco" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466501v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Dusailly" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465802v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465849v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465644v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465863v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466150v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465334v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lefebvre" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466179v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03649525v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Boitard" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Estoup" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rode" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291660v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Couvidat" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiufang Zhan" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chatain" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Bacot" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465355v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04541485v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04541464v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouloud Souidi" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Van Seuningen" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04465699v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle van Seuningen" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542487v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542596v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/expphysiol.2006.036418" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>