--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -465,295 +465,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04940597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two ancient membrane pores mediate mitochondrial-nucleus membrane contact sites</w:t>
+                <w:t xml:space="preserve">PP1 phosphatase controls both daughter cell formation and amylopectin levels in Toxoplasma gondii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jana Ovciarikova</w:t>
+                <w:t xml:space="preserve">Asma Sarah Khelifa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shikha Shikha</w:t>
+                <w:t xml:space="preserve">Maanasa Bhaskaran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Lacombe</w:t>
+                <w:t xml:space="preserve">Tom Boissavy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flavie Courjol</w:t>
+                <w:t xml:space="preserve">Thomas Mouveaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rosalind Mccrone</w:t>
+                <w:t xml:space="preserve">Tatiana Araujo Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cell Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 223 (4), </w:t>
+              <w:t xml:space="preserve">PLoS Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 22 (9), pp.e3002791. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1083/jcb.202304075⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pbio.3002791⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04733105v1</w:t>
+                <w:t xml:space="preserve">hal-04733102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PP1 phosphatase controls both daughter cell formation and amylopectin levels in Toxoplasma gondii</w:t>
+                <w:t xml:space="preserve">Two ancient membrane pores mediate mitochondrial-nucleus membrane contact sites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asma Sarah Khelifa</w:t>
+                <w:t xml:space="preserve">Jana Ovciarikova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maanasa Bhaskaran</w:t>
+                <w:t xml:space="preserve">Shikha Shikha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tom Boissavy</w:t>
+                <w:t xml:space="preserve">Alice Lacombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Mouveaux</w:t>
+                <w:t xml:space="preserve">Flavie Courjol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tatiana Araujo Silva</w:t>
+                <w:t xml:space="preserve">Rosalind Mccrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 22 (9), pp.e3002791. </w:t>
+              <w:t xml:space="preserve">Journal of Cell Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 223 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pbio.3002791⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1083/jcb.202304075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04733102v1</w:t>
+                <w:t xml:space="preserve">hal-04733105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enzymatically enhanced ultrastructure expansion microscopy unlocks expansion of in vitro Toxoplasma gondii cysts</w:t>
               </w:r>
@@ -869,77 +869,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydroxamate-based compounds are potent inhibitors of Toxoplasma gondii HDAC biological activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Boissavy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dante Rotili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Mouveaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1055,51 +1055,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Marcela Penar-Vargas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maguy Hamie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Mouveaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 120 (5), pp.e2219533120. </w:t>
@@ -1271,77 +1271,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">International Journal of Antimicrobial Agents A potent HDAC inhibitor blocks Toxoplasma gondii tachyzoite growth and profoundly disrupts parasite gene expression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Mouveaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dante Rotili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Boissavy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1457,51 +1457,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin M. Lesage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Huot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Mouveaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 12, pp.116. </w:t>
@@ -1539,51 +1539,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Primary brain cell infection by Toxoplasma gondii reveals the extent and dynamics of parasite differentiation and its impact on neuron biology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Mouveaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1771,343 +1771,343 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03358771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A coiled-coil protein is required for coordination of karyokinesis and cytokinesis in Toxoplasma gondii</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Flavie Courjol</w:t>
+                <w:t xml:space="preserve">mRNA export in the apicomplexan parasite Toxoplasma gondii: emerging divergent components of a crucial pathway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Cabezas-Cruz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Gissot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cellular Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/cmi.12832⟩</w:t>
+              <w:t xml:space="preserve">Parasites &amp; Vectors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 11, pp.62. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13071-018-2648-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02106417v1</w:t>
+                <w:t xml:space="preserve">hal-02106419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mRNA export in the apicomplexan parasite Toxoplasma gondii: emerging divergent components of a crucial pathway</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cooperative binding of ApiAP2 transcription factors is crucial for the expression of virulence genes in Toxoplasma gondii</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin M Lesage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Huot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Mouveaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Courjol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Saliou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasites &amp; Vectors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13071-018-2648-4⟩</w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 46 (12), pp.6057-6068. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gky373⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02106419v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02106416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cooperative binding of ApiAP2 transcription factors is crucial for the expression of virulence genes in Toxoplasma gondii</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A coiled-coil protein is required for coordination of karyokinesis and cytokinesis in Toxoplasma gondii</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Mouveaux</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Flavie Courjol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gissot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 46 (12), pp.6057-6068. </w:t>
+              <w:t xml:space="preserve">Cellular Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20 (6), pp.e12832. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/nar/gky373⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/cmi.12832⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02106416v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02106417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Toxoplasma gondii inhibitor-2 regulates protein phosphatase 1 activity through multiple motifs.</w:t>
               </w:r>
@@ -2119,51 +2119,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Deveuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Lesage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Mouveaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Gissot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2204,575 +2204,575 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02106427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An evolutionary conserved zinc finger protein is involved in Toxoplasma gondii mRNA nuclear export</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Gissot</w:t>
+                <w:t xml:space="preserve">Characterization of a nuclear pore protein sheds light on the roles and composition of the Toxoplasma gondii nuclear pore complex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Courjol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Mouveaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Lesage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Saliou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Hovasse</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Alain van Dorsselaer</w:t>
+                <w:t xml:space="preserve">Elisabeth Werkmeister</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cellular Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/cmi.12644⟩</w:t>
+              <w:t xml:space="preserve">Cellular and Molecular Life Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 74 (11), pp.2107-2125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00018-017-2459-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01486579v1</w:t>
+                <w:t xml:space="preserve">hal-02106431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of a nuclear pore protein sheds light on the roles and composition of the Toxoplasma gondii nuclear pore complex</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Saliou</w:t>
+                <w:t xml:space="preserve">An evolutionary conserved zinc finger protein is involved in Toxoplasma gondii mRNA nuclear export</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gissot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Hovasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chaloin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Schaeffer-Reiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabeth Werkmeister</w:t>
+                <w:t xml:space="preserve">Alain van Dorsselaer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cellular and Molecular Life Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 74 (11), pp.2107-2125. </w:t>
+              <w:t xml:space="preserve">Cellular Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 19 (2), pp.e12644. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00018-017-2459-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/cmi.12644⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02106431v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01486579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toxoplasma transcription factor TgAP2XI-5 regulates the expression of genes involved in parasite virulence and host invasion.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Toxoplasma gondii Alba Proteins Are Involved in Translational Control of Gene Expression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gissot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Walker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Gissot</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Delhaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tchilabalo Dilezitoko Alayi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Huot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Hot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 288 (43), pp.31127-31138. </w:t>
+              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.1287-1301. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1074/jbc.M113.486589⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jmb.2013.01.039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00921150v1</w:t>
+                <w:t xml:space="preserve">hal-00807269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toxoplasma gondii Alba Proteins Are Involved in Translational Control of Gene Expression</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Toxoplasma transcription factor TgAP2XI-5 regulates the expression of genes involved in parasite virulence and host invasion.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Walker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Gissot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stephane Delhaye</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Huot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tchilabalo Dilezitoko Alayi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Huot</w:t>
+                <w:t xml:space="preserve">Thilabalo Dilezitoko Alayi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Hot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmb.2013.01.039⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 288 (43), pp.31127-31138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1074/jbc.M113.486589⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00807269v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00921150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-mobility-group box nuclear factors of Plasmodium falciparum.</w:t>
               </w:r>
@@ -3495,51 +3495,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B8188648"/>
+    <w:nsid w:val="59AF8706"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3726,51 +3726,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathieu-gissot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0047-8189" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/084986999" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05516499v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Burette" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Pezinsky" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quynh Nguyen" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alae Benharoual" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharon Patray" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940597v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarida Grilo Ruivo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji-Hun Shin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Todd Lenz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Matsuno" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Olivia Yanes" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-56128-x" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733105v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Ovciarikova" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shikha Shikha" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Lacombe" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Courjol" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalind Mccrone" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1083/jcb.202304075" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733102v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Sarah Khelifa" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maanasa Bhaskaran" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Boissavy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mouveaux" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Araujo Silva" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3002791" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733104v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kseniia Bondarenko" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Limoge" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kayvon Pedram" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gissot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Young" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msphere.00322-24" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252830v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dante Rotili" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roger" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Moukthar Aliouat" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aac.00661-23" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745746v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Najm" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margar T Grilo Ruivo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Marcela Penar-Vargas" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguy Hamie" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2219533120" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798421v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Fr&#233;ville" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Gnangnon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Khelifa" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Khalife" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10030585" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527341v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Pierrot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2022.106526" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107529v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma S. Khelifa" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Guillen Sanchez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin M. Lesage" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Huot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-20216-x" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367209v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alioune Gueye" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Eysert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsob.210053" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358771v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Briquet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Silvie" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.14821" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106417v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cmi.12832" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106419v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Cabezas-Cruz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-018-2648-4" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106416v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin M Lesage" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Saliou" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gky373" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106427v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Deveuve" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Lesage" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00436-017-5543-6" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486579v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Hovasse" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaloin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Schaeffer-Reiss" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain van Dorsselaer" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cmi.12644" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106431v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Werkmeister" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-017-2459-3" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00921150v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Walker" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thilabalo Dilezitoko Alayi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M113.486589" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807269v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Delhaye" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tchilabalo Dilezitoko Alayi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2013.01.039" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PLJKWJF6-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00911591v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Boschet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Tissandi&#233;" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Sevilla" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/EC.5.4.672-682.2006" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02481798v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Refour" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Vaquero" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2004.11.045" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884661v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Coup&#233;" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gene.2004.07.004" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZBF1N9LB-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02481828v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuhal Hamid" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Claudel-Renard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molbiopara.2004.07.011" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00008492v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathieu-gissot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0047-8189" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/084986999" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05516499v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Burette" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Pezinsky" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quynh Nguyen" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alae Benharoual" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharon Patray" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940597v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarida Grilo Ruivo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji-Hun Shin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Todd Lenz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Matsuno" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Olivia Yanes" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-56128-x" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733102v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Sarah Khelifa" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maanasa Bhaskaran" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Boissavy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mouveaux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Araujo Silva" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3002791" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733105v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Ovciarikova" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shikha Shikha" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Lacombe" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Courjol" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalind Mccrone" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1083/jcb.202304075" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733104v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kseniia Bondarenko" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Limoge" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kayvon Pedram" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gissot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Young" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msphere.00322-24" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252830v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dante Rotili" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Roger" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Moukthar Aliouat" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aac.00661-23" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745746v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Najm" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margar T Grilo Ruivo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Marcela Penar-Vargas" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguy Hamie" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2219533120" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798421v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Fr&#233;ville" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Gnangnon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Khelifa" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Khalife" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10030585" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527341v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Pierrot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2022.106526" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107529v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma S. Khelifa" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Guillen Sanchez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin M. Lesage" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Huot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-20216-x" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367209v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alioune Gueye" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Eysert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsob.210053" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358771v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Briquet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Silvie" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.14821" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106419v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Cabezas-Cruz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-018-2648-4" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106416v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin M Lesage" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Saliou" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gky373" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106417v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cmi.12832" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106427v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Deveuve" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Lesage" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00436-017-5543-6" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106431v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Werkmeister" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-017-2459-3" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486579v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Hovasse" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaloin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Schaeffer-Reiss" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain van Dorsselaer" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cmi.12644" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807269v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Walker" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Delhaye" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tchilabalo Dilezitoko Alayi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2013.01.039" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PLJKWJF6-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00921150v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thilabalo Dilezitoko Alayi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hot" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M113.486589" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00911591v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Boschet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Tissandi&#233;" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Sevilla" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/EC.5.4.672-682.2006" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02481798v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Refour" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Vaquero" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2004.11.045" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884661v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Coup&#233;" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gene.2004.07.004" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZBF1N9LB-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02481828v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuhal Hamid" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Claudel-Renard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molbiopara.2004.07.011" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00008492v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>