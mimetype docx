--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -752,252 +752,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01792845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of introducing hemp oil into feed on the nutritional quality of pig meat</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Is it possible to increase n-3 fatty acid content of meat without affecting its technological and/or sensory quality and the growing performance of chickens?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Baéza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Chartrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Lessire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Meteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Chesneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OCL Oilseeds and fats crops and lipids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/ocl/2015035⟩</w:t>
+              <w:t xml:space="preserve">British Poultry Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 56 (5), pp.543-550. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00071668.2015.1068428⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02630319v1</w:t>
+                <w:t xml:space="preserve">hal-02633525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is it possible to increase n-3 fatty acid content of meat without affecting its technological and/or sensory quality and the growing performance of chickens?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effect of introducing hemp oil into feed on the nutritional quality of pig meat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Mourot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Guillevic</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Poultry Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 56 (5), pp.543-550. </w:t>
+              <w:t xml:space="preserve">OCL Oilseeds and fats crops and lipids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 22 (6), pp.D612. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00071668.2015.1068428⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/ocl/2015035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02633525v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02630319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efecto de la incorporación de aceite de cáñamo en la dieta de cerdos de cebo sobre la calidad nutricional de su carne</w:t>
               </w:r>
@@ -1091,234 +1091,234 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of feed supplementation with plant-derived omega 3 on the productive and reproductive performance of female rabbits</w:t>
+                <w:t xml:space="preserve">Diet covering omega-3 polyunsaturated fatty acids (n-3 pufa) needs in pregnant and breastfeeding women increases their levels in breast milk: open prospective randomized study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Quattrone</w:t>
+                <w:t xml:space="preserve">Ronan Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N.E. Fehri</w:t>
+                <w:t xml:space="preserve">Bernard Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Agradi</w:t>
+                <w:t xml:space="preserve">Philippe P. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Mazzola</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gabriele Brecchia</w:t>
+                <w:t xml:space="preserve">Daniel D. Catheline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Guillevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th World Rabbit Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IRTA, ASESCU, Oct 2024, Tarragona, Spain</w:t>
+              <w:t xml:space="preserve">56th Annual Meeting of the European Society for Pediatric Gastroenterology, Hepatology and Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Milan (Italie), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04735471v1</w:t>
+                <w:t xml:space="preserve">hal-04737770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of extruded linseed and algae padina pavonica's dietary supplementation on meat fatty acid profile in fattening rabbits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Agradi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N.E. Fehri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Quattrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Vigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Brecchia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th World Rabbit Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IRTA, ASESCU, Oct 2024, Tarragona, Spain</w:t>
@@ -1333,716 +1333,716 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04735411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diet covering the needs for polyunsaturated fatty acids (pufa) omega-3 (n-3) in pregnant and lactating women allows to increase their levels in breast milk: an open prospective randomized study</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe P. Legrand</w:t>
+                <w:t xml:space="preserve">Effect of feed supplementation with plant-derived omega 3 on the productive and reproductive performance of female rabbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Quattrone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N.E. Fehri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Agradi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel D. Catheline</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Guillevic</w:t>
+                <w:t xml:space="preserve">S. Mazzola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele Brecchia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46th ESPEN Congress on Clinical Nutrition and Metabolism</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Milan (Italie), Italy</w:t>
+              <w:t xml:space="preserve">13th World Rabbit Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IRTA, ASESCU, Oct 2024, Tarragona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04737788v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04735471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of dietary enrichment with omega-3 polyunsaturated fatty acids from extruded linseed and algae on the growth performance of rabbits</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Diet covering the needs for polyunsaturated fatty acids (pufa) omega-3 (n-3) in pregnant and lactating women allows to increase their levels in breast milk: an open prospective randomized study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N.E. Fehri</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">R. Belabbas</w:t>
+                <w:t xml:space="preserve">Bernard Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Agradi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">D. Vigo</w:t>
+                <w:t xml:space="preserve">Philippe P. Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel D. Catheline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Guillevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th World Rabbit Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IRTA, ASESCU, Oct 2024, Tarragona, Spain</w:t>
+              <w:t xml:space="preserve">46th ESPEN Congress on Clinical Nutrition and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Milan (Italie), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04735390v1</w:t>
+                <w:t xml:space="preserve">hal-04737788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of extruded linseed integration in rabbits' diet, on meat's fatty acid profile and microbiological quality</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">O. Tayachi</w:t>
+                <w:t xml:space="preserve">Crecimiento, eficiencia alimentaria y calidad de canal de conejos en crecimiento alimentados con dietas conteniendo dos productos derivados de la producción de linaza suplementados con dos niveles de vitamina E</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davi Savietto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Bannelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Despeyroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Guillevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th World Rabbit Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IRTA, ASESCU, Oct 2024, Tarragona, Spain</w:t>
+              <w:t xml:space="preserve">48 Symposium de Cunicultura de ASESCU (2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ASESCU - Asociacion Española de Cuniculture, Apr 2024, Cordoba, España</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04735441v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04566222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crecimiento, eficiencia alimentaria y calidad de canal de conejos en crecimiento alimentados con dietas conteniendo dos productos derivados de la producción de linaza suplementados con dos niveles de vitamina E</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Michel Colin</w:t>
+                <w:t xml:space="preserve">Effect of extruded linseed integration in rabbits' diet, on meat's fatty acid profile and microbiological quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Tibaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Mestiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N.E. Fehri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Ben Salem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Tayachi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">48 Symposium de Cunicultura de ASESCU (2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ASESCU - Asociacion Española de Cuniculture, Apr 2024, Cordoba, España</w:t>
+              <w:t xml:space="preserve">13th World Rabbit Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IRTA, ASESCU, Oct 2024, Tarragona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04566222v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04735441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diet covering omega-3 polyunsaturated fatty acids (n-3 pufa) needs in pregnant and breastfeeding women increases their levels in breast milk: open prospective randomized study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of dietary enrichment with omega-3 polyunsaturated fatty acids from extruded linseed and algae on the growth performance of rabbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N.E. Fehri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Belabbas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Agradi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Quattrone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ronan Thibault</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Guillevic</w:t>
+                <w:t xml:space="preserve">D. Vigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">56th Annual Meeting of the European Society for Pediatric Gastroenterology, Hepatology and Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Milan (Italie), Italy</w:t>
+              <w:t xml:space="preserve">13th World Rabbit Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IRTA, ASESCU, Oct 2024, Tarragona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04737770v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04735390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of lipid sources on the growing performance and carcass and meat quality of broiler grillers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Baéza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabeth Baéza</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Michel Lessire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chartrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Juin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2097,90 +2097,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une alimentation couvrant les besoins en acides gras polyinsaturés (AGPI) oméga-3 (n-3) chez la femme enceinte et allaitante permet d’augmenter leurs teneurs dans le lait maternel : étude ouverte prospective randomisée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe P. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel D. Catheline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2561,260 +2561,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04671772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of variety and technological treatment on intake of lupin seed in pigs</w:t>
+                <w:t xml:space="preserve">Extruded fava bean ingredients for dairy product application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Labussière</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hanitra Rabesona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imen Jebalia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Levesque-Du-Rostu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EAAP, Aug 2023, Lyon, France. pp.760</w:t>
+              <w:t xml:space="preserve">14th edition of the International Congress on Engineering and Food (ICEF14)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04286612v1</w:t>
+                <w:t xml:space="preserve">hal-04739259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extruded fava bean ingredients for dairy product application</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of variety and technological treatment on intake of lupin seed in pigs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Labussière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hauteclaire Furbeyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Guillevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hanitra Rabesona</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Guillaume Chesneau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th edition of the International Congress on Engineering and Food (ICEF14)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Nantes, France</w:t>
+              <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EAAP, Aug 2023, Lyon, France. pp.760</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04739259v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04286612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional and nutritional properties of fava bean ingredients processed using extrusion</w:t>
               </w:r>
@@ -2938,90 +2938,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intérêts de la sélection et des traitements technologiques des graines de lin à destination de la volaille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lessire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Juin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Chesneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de la Recherche Avicole (JRA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3266,90 +3266,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets du dépelliculage et de l’extrusion sur la valeur nutritionnelle de la graine de féverole chez le porc en croissance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hauteclaire Furbeyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Chesneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Labussière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">52. Journées de la Recherche Porcine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2020, Paris, France. pp.87-92</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3512,77 +3512,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de la nature des acides gras n-3 sur les critères de performances de croissance du porc et sur les qualités nutritionnelle et sensorielle de la viande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auriane de Tonnac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Meteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Chesneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Mairesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3618,385 +3618,385 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de différentes formes d'apport d'omégas 3 sur le profil en acides gras des laits de vaches et les propriétés sensorielles des fromages et des beurres</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Influence de la nature des acides gras n-3 sur la qualité nutritionnelle de la viande de porc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auriane de Tonnac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Guillevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Chesneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Mourot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées francophones de nutrition (JFN)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Nutrition (SFN). FRA., Dec 2015, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02738734v1</w:t>
+                <w:t xml:space="preserve">hal-02739174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de l’apport de concentrés riches en oméga 3 dans les rations des vaches laitières sur la lipolyse spontanée du lait</w:t>
+                <w:t xml:space="preserve">Effet de différentes formes d'apport d'omégas 3 sur le profil en acides gras des laits de vaches et les propriétés sensorielles des fromages et des beurres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Catherine Hurtaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Elise Vanbergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Guillevic</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Buchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Duboz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Beuvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées francophones de nutrition (JFN)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Nutrition (SFN). FRA., Dec 2015, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02744153v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02738734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de la nature des acides gras n-3 sur la qualité nutritionnelle de la viande de porc</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Auriane de Tonnac</w:t>
+                <w:t xml:space="preserve">Effet de l’apport de concentrés riches en oméga 3 dans les rations des vaches laitières sur la lipolyse spontanée du lait</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Vanbergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Mourot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Huchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées francophones de nutrition (JFN)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Nutrition (SFN). FRA., Dec 2015, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02739174v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02744153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influences de l'apport en acides gras essentiels dans l'alimentation de la truie sur le statut inflammatoire du porcelet au sevrage</w:t>
               </w:r>
@@ -4021,51 +4021,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francine de Quelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Mourot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Chesneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Journées Francophones de Nutrition (JFN)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2010, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4116,51 +4116,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Mourot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Chesneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">42. Journées de la Recherche Porcine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4179,1595 +4179,1595 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02756438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact des paramètres technologiques de cuisson-extrusion des graines de lin sur la composition en acides gras des tissus musculaires et adipeux du porc charcutier</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Chesneau</w:t>
+                <w:t xml:space="preserve">Effet des acides gras n-3 de l'aliment sur le développement des adipocytes intra-musculaires et sur la composition en acides gras des lipides polaires et neutres du muscle de porc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Avezard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Gariepy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Mourot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">41. Journées de la Recherche Porcine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2009, Paris, France</w:t>
+              <w:t xml:space="preserve">4. Congrès de la société française de nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2009, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02753027v1</w:t>
+                <w:t xml:space="preserve">hal-02753172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact de la nature des acides gras dans l’alimentation des porcs sur la qualité des produits de charcuterie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A.E. Le Minous</w:t>
+                <w:t xml:space="preserve">Impact des paramètres technologiques de cuisson-extrusion des graines de lin sur la composition en acides gras des tissus musculaires et adipeux du porc charcutier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Chesneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J.E. Blochet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Mourot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">47. Journées d'Etude de l'AFDN</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Reims, France. 1 p</w:t>
+              <w:t xml:space="preserve">41. Journées de la Recherche Porcine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02824932v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02753027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intérêts nutritionnels de l'introduction de la graine de lin extrudée dans l'alimentation du porcelet au sevrage</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact de la nature des acides gras dans l’alimentation des porcs sur la qualité des produits de charcuterie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.E. Le Minous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.E. Blochet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Mourot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">G. Chesneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Congrès de la société Française de Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2009, Montpellier, France</w:t>
+              <w:t xml:space="preserve">47. Journées d'Etude de l'AFDN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Reims, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02750564v1</w:t>
+                <w:t xml:space="preserve">hal-02824932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet des acides gras n-3 de l'aliment sur le développement des adipocytes intra-musculaires et sur la composition en acides gras des lipides polaires et neutres du muscle de porc</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Intérêts nutritionnels de l'introduction de la graine de lin extrudée dans l'alimentation du porcelet au sevrage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Mourot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Chesneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Congrès de la société française de nutrition</w:t>
+              <w:t xml:space="preserve">4. Congrès de la société Française de Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2009, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02753172v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02750564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de l'incorporation d'huile de chanvre dans le régime sur les performances de croissance et la qualité nutritionnelle de la viande de porc</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact de la nature des acides gras dans l'alimentation des porcs sur la qualité des produits de charcuterie. Partie 1 : Effet sur la qualité nutritionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Guillevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.E. Blochet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.E. Le Minous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwennola Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Mourot</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gwennola Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40. Journées de la Recherche Porcine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2008, Paris, France</w:t>
+              <w:t xml:space="preserve">12. Journées Sciences du Muscle et Technologies des Viandes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02757670v1</w:t>
+                <w:t xml:space="preserve">hal-02753399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact de la nature des acides gras dans l'alimentation des porcs sur la qualité des produits de charcuterie. Partie 3 : effet sur les propriétés fonctionnelles des viandes</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La nature des acides gras influence-t-elle l’adipoconversion des préadipocytes en culture primaire chez le porcelet ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Ezanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Mourot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. Journées Sciences du Muscle et Technologies des Viandes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Tours, France</w:t>
+              <w:t xml:space="preserve">7. Journées Francophones de Nutrition (JFN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02758525v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02753880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J'ai toujours rêvé d'être un oméga 3 !</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Francine de Quelen</w:t>
+                <w:t xml:space="preserve">Effet des acides gras n-3 de l'aliment sur le développement des adipocytes intra-musculaires et sur la composition en acides gras des lipides polaires et neutres du muscle de porc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Avezard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Gariepy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Mourot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée des Doctorants en Biologie Animale du Centre de Rennes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2008, Rennes, France</w:t>
+              <w:t xml:space="preserve">12. Journées Sciences du Muscle et Technologies des Viandes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02753181v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02753557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact de la nature des acides gras dans l'alimentation des porcs sur la qualité des produits de charcuterie. Partie 2 : effet sur le profil sensoriel et l'acceptabilité des produits</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effects of PUFA on adipoconversion of piglet's preadipocytes in primary culture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Ezanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Mourot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. Journées Sciences du Muscle et Technologies des Viandes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Tours, France</w:t>
+              <w:t xml:space="preserve">5. Lipidomics Meeting GERLI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Compiègne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02757910v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02752366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les acides gras polyinsaturés de l'alimentation modulent de façon significative les taux plasmatiques du brain derived neurotrophic factor (BDNF) chez le porc</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bernadette Felix</w:t>
+                <w:t xml:space="preserve">Impact des paramètres technologiques de cuisson-extrusion des graines de lin sur la composition des acides gras des tissus musculaire et adipeux du porc charcutier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Chesneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Catherine Tardivel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Mourot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Journées Francophones de Nutrition-JFN</w:t>
+              <w:t xml:space="preserve">7. Journées Francophones de Nutrition (JFN)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2008, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02757989v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02757378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet des acides gras n-3 de l'aliment sur le développement des adipocytes intra-musculaires et sur la composition en acides gras des lipides polaires et neutres du muscle de porc</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Catherine Avezard</w:t>
+                <w:t xml:space="preserve">Effet de l'incorporation d'huile de chanvre dans le régime sur les performances de croissance et la qualité nutritionnelle de la viande de porc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Mourot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jacques Mourot</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Fillaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwennola Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. Journées Sciences du Muscle et Technologies des Viandes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Tours, France</w:t>
+              <w:t xml:space="preserve">40. Journées de la Recherche Porcine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02753557v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02757670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of PUFA on adipoconversion of piglet's preadipocytes in primary culture</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact de la nature des acides gras dans l'alimentation des porcs sur la qualité des produits de charcuterie. Partie 3 : effet sur les propriétés fonctionnelles des viandes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud de Broucker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.E. Le Minous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.E. Blochet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hélène Ezanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Mourot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Lipidomics Meeting GERLI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Compiègne, France</w:t>
+              <w:t xml:space="preserve">12. Journées Sciences du Muscle et Technologies des Viandes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02752366v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02758525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact des paramètres technologiques de cuisson-extrusion des graines de lin sur la composition des acides gras des tissus musculaire et adipeux du porc charcutier</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">G. Chesneau</w:t>
+                <w:t xml:space="preserve">J'ai toujours rêvé d'être un oméga 3 !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francine de Quelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jacques Mourot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Journées Francophones de Nutrition (JFN)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2008, Brest, France</w:t>
+              <w:t xml:space="preserve">Journée des Doctorants en Biologie Animale du Centre de Rennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02757378v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02753181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'augmentation de la durée de distribution d'aliments riches en acide A-linolénique se repercute t-elle dans les tissus du porc ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact de la nature des acides gras dans l'alimentation des porcs sur la qualité des produits de charcuterie. Partie 2 : effet sur le profil sensoriel et l'acceptabilité des produits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.E. Le Minous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud de Broucker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.E. Blochet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marilyne Kouba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Mourot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Journées Sciences du Muscle et Technologies des Viandes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2008, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02752075v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02757910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La nature des acides gras influence-t-elle l’adipoconversion des préadipocytes en culture primaire chez le porcelet ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les acides gras polyinsaturés de l'alimentation modulent de façon significative les taux plasmatiques du brain derived neurotrophic factor (BDNF) chez le porc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Felix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hélène Ezanno</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Tardivel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Mourot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Journées Francophones de Nutrition (JFN)</w:t>
+              <w:t xml:space="preserve">7. Journées Francophones de Nutrition-JFN</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2008, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02753880v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02757989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact de la nature des acides gras dans l'alimentation des porcs sur la qualité des produits de charcuterie. Partie 1 : Effet sur la qualité nutritionnelle</w:t>
+                <w:t xml:space="preserve">L'augmentation de la durée de distribution d'aliments riches en acide A-linolénique se repercute t-elle dans les tissus du porc ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Gwennola Robin</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Fillaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marilyne Kouba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Mourot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Journées Sciences du Muscle et Technologies des Viandes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2008, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02753399v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02752075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet de rations enrichies en acides gras n-3 ou n-6 chez le porc : impacts sur la qualité nutritionnelle et la qualité sensorielle des produits transformés</w:t>
               </w:r>
@@ -6008,51 +6008,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie M. Damon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwennola Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Mourot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6084,377 +6084,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02752108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qualité nutritionnelle des lipides du pâté de campagne</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effet de la cuisson ou de la transformation sur la teneur en acide gras n-3 de quelques produits animaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Mourot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jacques Mourot</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Kerhoas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. Journées Sciences du Muscle et Technologies des Viandes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2006, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02755144v1</w:t>
+                <w:t xml:space="preserve">hal-02751445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet d'un régime riche en acide gras n-3 chez le porc : impact sur la qualité nutritionnelle des produits de charcuterie</w:t>
+                <w:t xml:space="preserve">Qualité nutritionnelle des lipides du pâté de campagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.E. Blochet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.E. Le Minous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Mourot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. Journées Francophones de Nutrition (JFN)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2006, Nice, France</w:t>
+              <w:t xml:space="preserve">11. Journées Sciences du Muscle et Technologies des Viandes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2006, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02757939v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02755144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de la cuisson ou de la transformation sur la teneur en acide gras n-3 de quelques produits animaux</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effet d'un régime riche en acide gras n-3 chez le porc : impact sur la qualité nutritionnelle des produits de charcuterie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Guillevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie M. Damon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.E. Blochet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.E. Le Minous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Mourot</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. Journées Sciences du Muscle et Technologies des Viandes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2006, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">6. Journées Francophones de Nutrition (JFN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2006, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02751445v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02757939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6977,90 +6977,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of dehulling and extrusion on nutritional values of faba bean in pigs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hauteclaire Furbeyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Chesneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Labussière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6. International Symposium on Energy and Protein Metabolism (Isep)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Belo Horizonte, Brazil. Wageningen Academic Publishers, Publication - European Association for Animal Production (EAAP), 138, 2019, Publication - European Association for Animal Production (EAAP). </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7107,51 +7107,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impacts des traitements technologiques sur la valeur nutritionnelle de la graine de féverole pour la truite arc-en-ciel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Burel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Chesneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7258,64 +7258,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve Juin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Chesneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lessire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Rencontres Francophones sur les Légumineuses (RFL2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Toulouse, France. , 344 p., 2018, Pour la terre et les hommes, les légumineuses au coeur de l'innovation</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7435,103 +7435,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet de différentes sources alimentaires en acides gras n-3 sur les performances de croissance et la qualité technologique, nutritionnelle et sensorielle de la viande de poulets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Chartrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Baéza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Lessire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Chartrin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Baéza</w:t>
+                <w:t xml:space="preserve">Karine Meteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Chesneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11. Journées de la Recherche Avicole et des Palmipèdes à Foie Gras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2015, Tours, France. 2015, 11èmes Journées de la Recherche Avicole et Palmidèdes à Foie Gras</w:t>
@@ -7599,51 +7599,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Kerhoas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Chesneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7724,51 +7724,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Kerhoas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Chesneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7849,51 +7849,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francine de Quelen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Mourot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Chesneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">43. Journées de la Recherche Porcine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2011, Paris, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7925,243 +7925,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02750370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Left-right gene expression asymmetry in gonads of rainbow trout, &amp;lt;em&amp;gt;Oncorhynchus mykiss&amp;lt;/em&amp;gt;, following masculinization treatments with androgens</w:t>
+                <w:t xml:space="preserve">&amp;lt;em&amp;gt;In vitro&amp;lt;/em&amp;gt; culture of rainbow trout, &amp;lt;em&amp;gt;Oncorhynchus mykiss&amp;lt;/em&amp;gt;, gonads during sex differentiation and gonadogenesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Brigitte Mourot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Yann Guiguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Fostier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. International Symposium on Reproductive Physiology of Fish</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2007, Saint-Malo, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MNHN Museum National d'Histoire Naturelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cybium, 32 (S2), 2008, Comptes-rendus / Proceedings "8th International Symposium on Reproductive Physiology of Fish (ISRPF)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02753529v1</w:t>
+                <w:t xml:space="preserve">hal-02753996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">&amp;lt;em&amp;gt;In vitro&amp;lt;/em&amp;gt; culture of rainbow trout, &amp;lt;em&amp;gt;Oncorhynchus mykiss&amp;lt;/em&amp;gt;, gonads during sex differentiation and gonadogenesis</w:t>
+                <w:t xml:space="preserve">Left-right gene expression asymmetry in gonads of rainbow trout, &amp;lt;em&amp;gt;Oncorhynchus mykiss&amp;lt;/em&amp;gt;, following masculinization treatments with androgens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Guiguen</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexis Fostier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. International Symposium on Reproductive Physiology of Fish</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2007, Saint-Malo, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MNHN Museum National d'Histoire Naturelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cybium, 32 (S2), 2008, Comptes-rendus / Proceedings "8th International Symposium on Reproductive Physiology of Fish (ISRPF)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02753996v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02753529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article de blog scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8329,51 +8329,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procédé de traitement de graines protéagineuses en vue d'améliorer leur valorisation à titre d'aliments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Chesneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8381,51 +8381,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve Juin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lessire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: 1760978. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
@@ -8447,51 +8447,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procede de traitement de graines de lin en vue d'ameliorer leur valorisation a titre d'aliments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Chesneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8499,51 +8499,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Juin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lessire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: 1760984. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
@@ -8610,51 +8610,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'augmentation de la durée de distribution d'aliments riches en acide A-linolénique se repercute t-elle dans les tissus du porc ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Guillevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Fillaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Kouba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8782,51 +8782,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Santé-Lhoutellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanitra Rabesona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -9120,51 +9120,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05212619v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Di Federico" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Mattioli" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Angelucci" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Brecchia" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Fehri" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1828051X.2025.2540031" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05017132v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davi Savietto" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bannelier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Colin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Guillevic" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Sayed Abdel-Kafy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/wrs.2025.20829" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04399583v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Ribes" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Aubry" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Kristiawan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Jebalia" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Dupont" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2023.113916" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907651v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alda Quattrone" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Belabbas" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Elhouda Fehri" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Agradi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Michela Mazzola" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vetsci11100457" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792845v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane de Tonnac de Villeneuve" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Mourot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2017.11.023" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-74F9NKTN-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630319v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2015035" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633525v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ba&#233;za" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chartrin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lessire" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Meteau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chesneau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00071668.2015.1068428" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653637v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735471v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Quattrone" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.E. Fehri" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Agradi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mazzola" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735411v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vigo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Brecchia" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737788v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Thibault" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Schmitt" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Legrand" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Catheline" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735390v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Belabbas" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735441v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tibaoui" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mestiri" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ben Salem" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Tayachi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566222v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Despeyroux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737770v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04191505v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Juin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine M&#233;teau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737805v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739268v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Weill" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Kerhoas" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04672515v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Garric" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Levesque-Du-Rostu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04671772v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sayd" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286612v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Labussi&#232;re" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hauteclaire Furbeyre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chesneau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739259v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanitra Rabesona" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03842069v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Kritiawan" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sant&#233;-Lhoutellier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Germain" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739306v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739293v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Hedhili" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dufrechou" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739289v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02479987v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737216v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mairesse" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Dourmad" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Schmitt" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739374v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane de Tonnac" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738734v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hurtaud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Vanbergue" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Buchin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Duboz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Beuvier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744153v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Perrier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Huchet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739174v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753723v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine de Quelen" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756438v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753027v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824932v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.E. Le Minous" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Blochet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750564v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753172v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Avezard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gariepy" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757670v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Fillaut" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwennola Robin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758525v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud de Broucker" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753181v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757910v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757989v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Felix" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Tardivel" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753557v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Avezard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gariepy" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752366v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Ezanno" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757378v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752075v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Kouba" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753880v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753399v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758528v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Emmanuelle Le Minous" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Erik Blochet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie M. Damon" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753862v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752108v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755144v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757939v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751445v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Mounier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05463755v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia M&#233;nard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Chevalier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordane Ossemond" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Cochet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04671779v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Della Valle" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04354488v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t-Pierre Mourot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lebret" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Louveau" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.journees-recherche-porcine.com/texte/2023.php" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2023.06.096" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03150072v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. de Longvilliers" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Della Valle" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Germain" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292497v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-891-9_33" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052970v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Burel" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Terrier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052969v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Juin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455942v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210933v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210777v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jacquot" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210776v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750370v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees-recherche-porcine.com/texte/index.htm" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753529v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guiguen" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sfi.mnhn.fr/cybium/numeros/2008/322%20suppl%20ISRPF/sommaire322Suppl.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753996v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Mourot" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Fostier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420645v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Jolly" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Boudry" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clair-Yves Boquien" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Goujon" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187468v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736418v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729755v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Kouba" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04671264v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02821438v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05212619v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Di Federico" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Mattioli" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Angelucci" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Brecchia" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Fehri" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1828051X.2025.2540031" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05017132v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davi Savietto" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bannelier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Colin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Guillevic" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Sayed Abdel-Kafy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4995/wrs.2025.20829" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04399583v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Ribes" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Aubry" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Kristiawan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Jebalia" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Dupont" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2023.113916" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907651v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alda Quattrone" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Belabbas" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Elhouda Fehri" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Agradi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Michela Mazzola" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vetsci11100457" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792845v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane de Tonnac de Villeneuve" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Mourot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2017.11.023" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-74F9NKTN-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633525v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Ba&#233;za" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chartrin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lessire" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Meteau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chesneau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00071668.2015.1068428" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630319v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2015035" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653637v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737770v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Thibault" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Schmitt" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Legrand" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Catheline" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735411v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Agradi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.E. Fehri" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Quattrone" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vigo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Brecchia" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735471v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mazzola" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737788v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566222v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Despeyroux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735441v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tibaoui" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mestiri" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ben Salem" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Tayachi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735390v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Belabbas" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04191505v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Juin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine M&#233;teau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737805v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739268v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Weill" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Kerhoas" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04672515v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Garric" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Levesque-Du-Rostu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04671772v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sayd" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739259v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanitra Rabesona" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286612v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Labussi&#232;re" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hauteclaire Furbeyre" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chesneau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03842069v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Kritiawan" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sant&#233;-Lhoutellier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Germain" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739306v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739293v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Hedhili" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dufrechou" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739289v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02479987v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737216v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mairesse" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Dourmad" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Schmitt" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739374v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane de Tonnac" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739174v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738734v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hurtaud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Vanbergue" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Buchin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Duboz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Beuvier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744153v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Perrier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Huchet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753723v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine de Quelen" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756438v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753172v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Avezard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gariepy" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753027v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824932v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.E. Le Minous" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Blochet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750564v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753399v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwennola Robin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753880v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Ezanno" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753557v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Avezard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gariepy" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752366v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757378v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757670v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Fillaut" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758525v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud de Broucker" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753181v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757910v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757989v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Felix" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Tardivel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752075v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Kouba" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758528v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Emmanuelle Le Minous" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Erik Blochet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie M. Damon" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753862v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752108v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751445v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Mounier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755144v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757939v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05463755v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia M&#233;nard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Chevalier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordane Ossemond" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Cochet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04671779v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Della Valle" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04354488v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t-Pierre Mourot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lebret" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Louveau" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.journees-recherche-porcine.com/texte/2023.php" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2023.06.096" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03150072v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. de Longvilliers" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Della Valle" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Germain" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292497v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-891-9_33" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052970v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Burel" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Terrier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052969v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Juin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455942v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210933v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210777v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jacquot" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210776v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750370v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees-recherche-porcine.com/texte/index.htm" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753996v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Mourot" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Guiguen" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Fostier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sfi.mnhn.fr/cybium/numeros/2008/322%20suppl%20ISRPF/sommaire322Suppl.html" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753529v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420645v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Jolly" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Boudry" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clair-Yves Boquien" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Goujon" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187468v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736418v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729755v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Kouba" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04671264v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02821438v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>