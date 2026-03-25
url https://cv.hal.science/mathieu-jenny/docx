--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -368,351 +368,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03516912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Swelling of couscous grains under saturated conditions</w:t>
+                <w:t xml:space="preserve">Powder flow behavior governed by the surface properties of glass beads</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Shirin Enferad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvatore Pillitteri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffroy Lumay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gaiani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sebastien Kiesgen de Richter</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Maude Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2021.110910⟩</w:t>
+              <w:t xml:space="preserve">Powder Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 388, pp.425-433. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.powtec.2021.04.101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03516918v1</w:t>
+                <w:t xml:space="preserve">hal-03470230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Powder flow behavior governed by the surface properties of glass beads</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Salvatore Pillitteri</w:t>
+                <w:t xml:space="preserve">Swelling of couscous grains under saturated conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Kiesgen de Richter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naïma Gaudel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Gaiani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Pascot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geoffroy Lumay</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Kiesgen de Richter</w:t>
+                <w:t xml:space="preserve">Maude Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Powder Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 388, pp.425-433. </w:t>
+              <w:t xml:space="preserve">Journal of Food Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 319, pp.110910. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.powtec.2021.04.101⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jfoodeng.2021.110910⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03470230v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03516918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of particle size and formulation on powder rheology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shirin Enferad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gaiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Falk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -789,51 +789,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DEM simulation of dense granular flows in a vane shear cell: Kinematics and rheological laws</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fenglei Qi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Kiesgen de Richter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Jenny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -932,51 +932,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Jenny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Kiesgen de Richter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akira Otsuki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1036,51 +1036,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rheology of fiber suspensions using MRI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Jenny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Gaudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1146,51 +1146,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01773877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Granular flows down inclined and vibrated planes: influence of basal friction</w:t>
+                <w:t xml:space="preserve">Bulk and local rheology in a dense and vibrated granular suspension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naïma Gaudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Kiesgen de Richter</w:t>
@@ -1221,106 +1221,106 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Jenny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salaheddine Skali-Lami</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPJ Web of Conferences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 140, </w:t>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 96 (6), pp.062905. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/epjconf/201714003051⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.96.062905⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01682153v1</w:t>
+                <w:t xml:space="preserve">hal-01665007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bulk and local rheology in a dense and vibrated granular suspension</w:t>
+                <w:t xml:space="preserve">Granular flows down inclined and vibrated planes: influence of basal friction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naïma Gaudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Kiesgen de Richter</w:t>
@@ -1351,82 +1351,82 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Jenny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salaheddine Skali-Lami</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 96 (6), pp.062905. </w:t>
+              <w:t xml:space="preserve">EPJ Web of Conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 140, </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.96.062905⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/201714003051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01665007v1</w:t>
+                <w:t xml:space="preserve">hal-01682153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taylor-Couette instability in thixotropic yield stress fluids</w:t>
               </w:r>
@@ -2580,51 +2580,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05313106v1</w:t>
+                <w:t xml:space="preserve">hal-05313105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physics-informed neural networks for granular flows modelling</w:t>
               </w:r>
@@ -2705,133 +2705,133 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26e Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05313105v1</w:t>
+                <w:t xml:space="preserve">hal-05313106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrophobic and raw glass beads flow behavior under different processing conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shirin Enferad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvatore Pillitteri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffroy Lumay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Gaiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Kiesgen de Richter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Powders and Grains</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Virtual, France. pp.03008, </w:t>
@@ -2869,51 +2869,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How MRI can assist Rheology?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Jenny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3020,51 +3020,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Kiesgen de Richter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Jenny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3275,51 +3275,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Dossmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WCCE 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Barcelone, Spain</w:t>
@@ -3825,51 +3825,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Jenny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Kiesgen de Richter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naïma Gaudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3920,51 +3920,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comportement irréversible de suspensions de fibres non-Brownienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Jenny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4184,51 +4184,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04345244v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;ma Gaudel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urielle M'Be" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Kiesgen de Richter" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Fournaise" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Burgain" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2023.119026" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03516912v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Pascot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Morel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergiy Antonyuk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jenny" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Cheny" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2021.11.042" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03516918v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Kiesgen de Richter" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gaiani" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Ferrari" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2021.110910" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03470230v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shirin Enferad" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Pillitteri" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Lumay" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2021.04.101" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866460v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Petit" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Falk" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02726351.2020.1738605" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866465v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fenglei Qi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Peters" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2020.03.008" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01914862v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Chernoburova" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akira Otsuki" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/colloids2040041" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01773877v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jenny" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gaudel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kiesgen de Richter" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/121/34003" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-K6WK1RGK-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682153v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Louvet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salaheddine Skali-Lami" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714003051" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01665007v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.96.062905" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491186v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salahedine Skali-Lami" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Dossmann" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.2.023302" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682147v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.94.032904" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01417334v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Plaut" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Briard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2015.03.002" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01431339v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas L&#243;pez Carranza" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;rif Nouar" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.88.023005" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01287083v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Gravier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Caron" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/e2012-30637-7" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-M3BW7BJD-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023235v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Plaut" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lebranchu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Serre" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2010-10572-3" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-91TLQ702-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00011195v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dusek" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bouchet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447013v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Du&#353;ek" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112004009164" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C80601D0B4E48B95EB8AE60AFE4A8C4ABBD79F37/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447015v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bouchet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Du&#353;ek" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1529179" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313106v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Baldoni" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Delcey" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gans" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313105v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03516441v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202124903008" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02268195v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Leclerc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Metivier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01858142v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01665016v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Gaudel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01665071v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422836v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Nicolas Lopez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00013237v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Dusek" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443682v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Klein" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Jorand" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Louvet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01665079v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01678358v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01678341v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04345244v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;ma Gaudel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urielle M'Be" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Kiesgen de Richter" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Fournaise" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Burgain" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2023.119026" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03516912v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Pascot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Morel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergiy Antonyuk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jenny" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Cheny" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2021.11.042" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03470230v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shirin Enferad" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Pillitteri" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Lumay" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gaiani" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Kiesgen de Richter" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2021.04.101" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03516918v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Ferrari" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2021.110910" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866460v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Petit" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Falk" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02726351.2020.1738605" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02866465v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fenglei Qi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Peters" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2020.03.008" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01914862v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Chernoburova" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akira Otsuki" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/colloids2040041" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01773877v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jenny" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gaudel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kiesgen de Richter" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/121/34003" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-K6WK1RGK-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01665007v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Louvet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salaheddine Skali-Lami" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.96.062905" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682153v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714003051" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491186v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salahedine Skali-Lami" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Dossmann" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.2.023302" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682147v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.94.032904" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01417334v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Plaut" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Briard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2015.03.002" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01431339v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas L&#243;pez Carranza" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;rif Nouar" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.88.023005" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01287083v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Gravier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Caron" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/e2012-30637-7" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-M3BW7BJD-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01023235v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Plaut" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lebranchu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Serre" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2010-10572-3" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-91TLQ702-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00011195v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dusek" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bouchet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447013v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Du&#353;ek" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112004009164" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C80601D0B4E48B95EB8AE60AFE4A8C4ABBD79F37/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447015v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bouchet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Du&#353;ek" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1529179" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313105v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Baldoni" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Delcey" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gans" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313106v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03516441v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202124903008" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02268195v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Leclerc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Metivier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01858142v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01665016v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Gaudel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01665071v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422836v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Nicolas Lopez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00013237v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Dusek" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443682v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Klein" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Jorand" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Louvet" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01665079v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01678358v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01678341v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>