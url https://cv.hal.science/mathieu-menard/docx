--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -162,2613 +162,2609 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (34)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (35)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating the trustworthiness of randomized controlled trials in osteopathic research: a systematic review with meta-analysis</w:t>
+                <w:t xml:space="preserve">Leveraging technology-based interventions with varying levels of immersion for the assessment of low back pain: a scoping review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Senequier</w:t>
+                <w:t xml:space="preserve">Léo Denouël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerry Draper-Rodi</w:t>
+                <w:t xml:space="preserve">Mathieu Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gerard Alvarez Bustins</w:t>
+                <w:t xml:space="preserve">Anne-Hélène Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Felicity A. Braithwaite</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Agathe Bilhaut</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Epidemiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jclinepi.2025.111788⟩</w:t>
+              <w:t xml:space="preserve">Journal of Bodywork and Movement Therapies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jbmt.2026.03.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05107194v1</w:t>
+                <w:t xml:space="preserve">hal-05558035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collision avoidance behaviours in chronic non-specific low back pain participants: A prospective cohort study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessing the effects of manual therapy on pain in patients living with persistent non-specific low back pain (PNSLBP): Which evaluation criteria and measurement tools are used in randomised controlled clinical trials? A systematic review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Bilhaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Hélène Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerry Draper Rodi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agathe Bilhaut</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Armel Crétual</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Ménard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Movement Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.humov.2025.103335⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Osteopathic Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 55, pp.100741. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijosm.2024.100741⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04982384v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04888248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating lumbar spine impact loads using IMUs during Women's Artistic Gymnastics training</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Advancing Equitable Osteopathic Practice: Integrating Person-Centredness &amp; Addressing Racial Biases Through the Lens of Critical Theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Mhadhbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Macmillan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerry Draper-Rodi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niklas Sinderholm Sposato</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.46298/mbj.16243⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Osteopathic Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 55, pp.100752. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijosm.2025.100752⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05191798v2</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04921009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advancing Equitable Osteopathic Practice: Integrating Person-Centredness &amp; Addressing Racial Biases Through the Lens of Critical Theory</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Andrew Macmillan</w:t>
+                <w:t xml:space="preserve">Evaluating lumbar spine impact loads using IMUs during Women's Artistic Gymnastics training</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rébecca Crolan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romane Bidet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzon Pucheu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerry Draper-Rodi</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Mathieu Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Haering</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Osteopathic Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijosm.2025.100752⟩</w:t>
+              <w:t xml:space="preserve">Multidisciplinary Biomechanics Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 50th congress of the.., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/mbj.16243⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04921009v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05191798v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the effects of manual therapy on pain in patients living with persistent non-specific low back pain (PNSLBP): Which evaluation criteria and measurement tools are used in randomised controlled clinical trials? A systematic review</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Collision avoidance behaviours in chronic non-specific low back pain participants: A prospective cohort study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Bilhaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Ménard</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Roze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ozan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Crolan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Osteopathic Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijosm.2024.100741⟩</w:t>
+              <w:t xml:space="preserve">Human Movement Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 100, pp.103335-103335. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.humov.2025.103335⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04888248v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04982384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Osteopathy educators' and researchers' perspectives on artificial intelligence in academia: A cross-sectional study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hakim Mhadhbi</w:t>
+                <w:t xml:space="preserve">Effects of situational and social factors on locomotor behavior in chronic non-specific low back pain patients walking through apertures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Bilhaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emily Vandenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerry Draper-Rodi</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Lluis M. Horta</w:t>
+                <w:t xml:space="preserve">Mathieu Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Cinelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Roze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Osteopathic Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijosm.2025.100774⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (1), pp.1-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-025-25011-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05167881v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05397896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of situational and social factors on locomotor behavior in chronic non-specific low back pain patients walking through apertures</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Olivier Roze</w:t>
+                <w:t xml:space="preserve">Osteopathy educators' and researchers' perspectives on artificial intelligence in academia: A cross-sectional study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Mhadhbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerry Draper-Rodi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giacomo Consorti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Paula Antunes Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lluis M. Horta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-025-25011-6⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Osteopathic Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 57, pp.100774. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijosm.2025.100774⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05397896v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05167881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the use of manual therapy in the management of traumatic brain injury: a scoping review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Delion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Noyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Gonzalès-Bandrès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tristan Delion</w:t>
+                <w:t xml:space="preserve">Loïc Treffel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Farrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chiropractic and Manual Therapies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 33 (1), pp.42. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12998-025-00606-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05310559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attitudes, skills, and use of evidence-based practice among French osteopathic students : A cross-sectional questionnaire survey in three educational institutions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigating the trustworthiness of randomized controlled trials in osteopathic research: a systematic review with meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Senequier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerry Draper-Rodi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Alvarez Bustins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felicity A. Braithwaite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Cornet</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Malika Geslin</w:t>
+                <w:t xml:space="preserve">Jessica Brown</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mains Libres</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.55498/MAINSLIBRES.2024.12.3.177⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Epidemiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 183, pp.111788. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jclinepi.2025.111788⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04891538v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05107194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perceived benefits and limitations of game-based simulation education by osteopathy students in early clinical training: a preliminary mixed methods study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lluis M. Horta</w:t>
+                <w:t xml:space="preserve">Attitudes, skills, and use of evidence-based practice among French osteopathic students : A cross-sectional questionnaire survey in three educational institutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwann Jacquot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Renaudo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julian Ims</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hazel Mansfield</w:t>
+                <w:t xml:space="preserve">Malika Geslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Osteopathic Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijosm.2024.100726⟩</w:t>
+              <w:t xml:space="preserve">Mains Libres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 3, pp.177-188. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.55498/MAINSLIBRES.2024.12.3.177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04650359v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04891538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Obstacles, attentes et propositions pour l’inclusivité des personnes transgenres dans la prise en charge en ostéopathie : un examen de portée (scoping review)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Perceived benefits and limitations of game-based simulation education by osteopathy students in early clinical training: a preliminary mixed methods study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Mhadhbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lluis M. Horta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Ims</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerry Draper-Rodi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hannah Murareci-Flaujat</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hazel Mansfield</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mains Libres</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 55 (4), pp.247-258. </w:t>
+              <w:t xml:space="preserve">International Journal of Osteopathic Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 53, pp.100726. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.55498/MAINSLIBRES.2024.12.4.247⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijosm.2024.100726⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04891517v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04650359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impairment and characteristics of postural control sub-components in people with COPD: a scoping review</w:t>
+                <w:t xml:space="preserve">Obstacles, attentes et propositions pour l’inclusivité des personnes transgenres dans la prise en charge en ostéopathie : un examen de portée (scoping review)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Pichon</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Hannah Murareci-Flaujat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Mhadhbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Ménard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Armel Crétual</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Disability and Rehabilitation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/09638288.2022.2107083⟩</w:t>
+              <w:t xml:space="preserve">Mains Libres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 55 (4), pp.247-258. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.55498/MAINSLIBRES.2024.12.4.247⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03777418v2</w:t>
+                <w:t xml:space="preserve">hal-04891517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attitudes, compétences et utilisation de la pratique fondée sur les preuves des ostéopathes qui enseignent: une enquête transversale menée dans deux instituts français de formation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Attitudes et croyances sous-jacentes des étudiants, des enseignants et des praticiens en ostéopathie à l’égard de la lombalgie non-spécifique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hakim Mhadhbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Ménard</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eytan Beckmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renan Bain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chantal Morin</w:t>
+                <w:t xml:space="preserve">Benoît Thierry-Hildenbrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agathe Wagner</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florence Delaurière</w:t>
+                <w:t xml:space="preserve">Hanna Le Pape</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mains Libres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 2, pp.155-165. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.55498/MAINSLIBRES.2023.11.3.155⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 1, pp.36-46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.55498/MAINSLIBRES.2023.11.1.36⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04691663v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04691766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attitudes et croyances sous-jacentes des étudiants, des enseignants et des praticiens en ostéopathie à l’égard de la lombalgie non-spécifique</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Locomotion behavior of chronic Non-Specific Low Back Pain (cNSLBP) participants while walking through apertures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Bilhaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Roze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armel Crétual</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Hélène Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mains Libres</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.55498/MAINSLIBRES.2023.11.1.36⟩</w:t>
+              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 104, pp.140 - 146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2023.06.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04691766v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04169296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Locomotion behavior of chronic Non-Specific Low Back Pain (cNSLBP) participants while walking through apertures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characteristics and Predictors of Postural Control Impairment in Patients With COPD Participating in a Pulmonary Rehabilitation Program</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Haering</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agathe Bilhaut</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Armel Crétual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne-Hélène Olivier</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Beaumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2023.06.015⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cardiopulmonary Rehabilitation and Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/HCR.0000000000000762⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04169296v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04016371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characteristics and Predictors of Postural Control Impairment in Patients With COPD Participating in a Pulmonary Rehabilitation Program</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+                <w:t xml:space="preserve">Impairment and characteristics of postural control sub-components in people with COPD: a scoping review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier van Hove</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Hearing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armel Crétual</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Beaumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cardiopulmonary Rehabilitation and Prevention</w:t>
+              <w:t xml:space="preserve">Disability and Rehabilitation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/HCR.0000000000000762⟩</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09638288.2022.2107083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04016371v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03777418v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction of lumbar fatigue during gymnastics landings using statistical modelling and Machine Learning</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Attitudes, compétences et utilisation de la pratique fondée sur les preuves des ostéopathes qui enseignent: une enquête transversale menée dans deux instituts français de formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Mhadhbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Wagner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Farr</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Florence Delaurière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Mains Libres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2, pp.155-165. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.55498/MAINSLIBRES.2023.11.3.155⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04344858v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04691663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">État des lieux des outils de mesure du tissu musculaire utilisés dans l’évaluation clinique des thérapies manuelles – Revue de la littérature</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploring lumbo-pelvic functional behaviour patterns during osteopathic motion tests: a biomechanical (en)active inference approach to movement analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edouard Grassin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hakim Mhadhbi</w:t>
+                <w:t xml:space="preserve">Marien Couvertier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Lancelot</w:t>
+                <w:t xml:space="preserve">Lea Awai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Guery</w:t>
+                <w:t xml:space="preserve">Jorge Esteves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Bideau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mains Libres</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.55498/MAINSLIBRES.2022.10.4.227⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Osteopathic Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 45, pp.8-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijosm.2022.05.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04691780v1</w:t>
+                <w:t xml:space="preserve">hal-03903066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring lumbo-pelvic functional behaviour patterns during osteopathic motion tests: a biomechanical (en)active inference approach to movement analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">État des lieux des outils de mesure du tissu musculaire utilisés dans l’évaluation clinique des thérapies manuelles – Revue de la littérature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Grassin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Lea Awai</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Mhadhbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jorge Esteves</w:t>
+                <w:t xml:space="preserve">Ludovic Lancelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Bideau</w:t>
+                <w:t xml:space="preserve">Alexis Guery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Osteopathic Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 45, pp.8-16. </w:t>
+              <w:t xml:space="preserve">Mains Libres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 4, pp.227-243. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijosm.2022.05.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.55498/MAINSLIBRES.2022.10.4.227⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03903066v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04691780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The use of inertial measurement units to evaluate the impact load at landing in high level female gymnasts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Jolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rébecca Crolan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Haering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2793,103 +2789,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative analysis of postural control of individuals with COPD during activities of daily living (ATTRACTION) : a study protocol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Hearing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graziella Brinchault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armel Crétual</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Rehabilitation Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2923,103 +2919,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of the energy dissipation of a landing mat for the study of landing strategies in artistic gymnastics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca Crolan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Haering</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzon Pucheu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Pontonnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, pp.1-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3030,156 +3026,156 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03693388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les leviers biopsychosociaux dans la prise en charge des lombalgies communes : Implications cliniques et pédagogiques en ostéopathie – revue de la littérature</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Prediction of lumbar fatigue during gymnastics landings using statistical modelling and Machine Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Chollet</w:t>
+                <w:t xml:space="preserve">Anaïs Farr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rébecca Crolan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jerry Draper-Rodi</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Mathieu Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Pontonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Haering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mains Libres</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 4, pp.263-275</w:t>
+              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04691810v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04344858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pain knowledge and fear-avoidance beliefs of French osteopathy students and educators towards chronic low back pain: An osteopathic educational institution-based cross-sectional survey</w:t>
               </w:r>
@@ -3217,51 +3213,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Draper-Rodi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.E. Esteves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Ménard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Osteopathic Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 42, pp.61-68. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3308,77 +3304,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of different types of revision materials on the learning of musculoskeletal techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylène Bourgin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hakim Mhadhbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Sutre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3423,545 +3419,533 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03040840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iliotibial Band Syndrome in Cycling : A Combined Experimental-Simulation Approach for Assessing the Effect of Saddle Setback</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Les leviers biopsychosociaux dans la prise en charge des lombalgies communes : Implications cliniques et pédagogiques en ostéopathie – revue de la littérature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanna Le Pape</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Lazerges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Chollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerry Draper-Rodi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Ménard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Domalain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Sports Physical Therapy</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Mains Libres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 4, pp.263-275</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03105891v1</w:t>
+                <w:t xml:space="preserve">hal-04691810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Finding a way between osteopathic principles and evidence-based practices: Response to Esteves et al.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Iliotibial Band Syndrome in Cycling : A Combined Experimental-Simulation Approach for Assessing the Effect of Saddle Setback</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jerry Draper-Rodi</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Lacouture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Merdy</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mathieu Domalain</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Osteopathic Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijosm.2020.07.006⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Sports Physical Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 15 (6), pp.958-966. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26603/ijspt20200958⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03100625v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03105891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biomechanical analysis of the lumbar-pelvic-femoral complex during the one- sided tilt test: A pilot study in triathletes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Finding a way between osteopathic principles and evidence-based practices: Response to Esteves et al.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerry Draper-Rodi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Merdy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Wagner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P Chenaut</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Benoit Bideau</w:t>
+                <w:t xml:space="preserve">Paola Tavernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Osteopathic Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 37, pp.45-47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijosm.2020.07.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02429250v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03100625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of osteopathic manipulative treatment on range of motion of the pelvis during the one-sided tilt test: a pilot study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Gyro-based lower limb asymmetry during a 4-km time trial on a velodrome among high level female cyclists</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Cordillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bideau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Bouchet</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Guillaume Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2019, 44th Congress of the Société de Biomécanique, 22 (Sup 1), pp.S349-S350. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10255842.2019.1668135⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02429261v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A musculoskeletal modelling approach of the assessment of the risk of hamstring injuries in professional soccer players: A pilot study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4045,489 +4029,622 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02429267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gyro-based lower limb asymmetry during a 4-km time trial on a velodrome among high level female cyclists</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of osteopathic manipulative treatment on range of motion of the pelvis during the one-sided tilt test: a pilot study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Cordillet</w:t>
+                <w:t xml:space="preserve">M. Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Bideau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Ménard</w:t>
+                <w:t xml:space="preserve">Alexandra Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Nicolas</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pierre Puchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Vaucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 44th Congress of the Société de Biomécanique, 22 (Sup 1), pp.S349-S350. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02429199v1</w:t>
+                <w:t xml:space="preserve">hal-02429261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of saddle setback on knee joint forces in cycling</w:t>
+                <w:t xml:space="preserve">Biomechanical analysis of the lumbar-pelvic-femoral complex during the one- sided tilt test: A pilot study in triathletes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Menard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Domalain</w:t>
+                <w:t xml:space="preserve">P Chenaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Vaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Decatoire</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">L Lancelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Bideau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sports Biomechanics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03389873v1</w:t>
+                <w:t xml:space="preserve">hal-02429250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinematics of the lumbar muscles in rowing: a preliminary study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Ménard</w:t>
+                <w:t xml:space="preserve">Influence of saddle setback on knee joint forces in cycling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Menard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Domalain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Retailleau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Floren Colloud</w:t>
+                <w:t xml:space="preserve">Arnaud Decatoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Lacouture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10255842.2017.1382918⟩</w:t>
+              <w:t xml:space="preserve">Sports Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19 (2), pp.245 - 257. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14763141.2018.1466906⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02429227v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03389873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Kinematics of the lumbar muscles in rowing: a preliminary study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Retailleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Domalain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floren Colloud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 20 (sup1), pp.173-174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10255842.2017.1382918⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02429227v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Influence of saddle setback on pedalling technique effectiveness in cycling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Domalain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Decatoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Lacouture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sports Biomechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 15 (4), pp.462-472. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/14763141.2016.1176244⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02429217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4537,655 +4654,655 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réduction de la complexité des ajustements locomoteurs lors du franchissement d'une ouverture chez des participants présentant une lombalgie chronique non spécifique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Bilhaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kentaro Kodama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agathe Bilhaut</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Armel Crétual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Hélène Olivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACAPS 2025 - 21ème congrès international de l'Association des Chercheurs en Activités Physiques et Sportives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05481991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kinematic and muscular strategies of the lower back during backward somersault landing in gymnastics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca Crolan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Bidet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Dal Maso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Pontonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISBS 2024 - International Society of Biomechanics in Sports Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Salzburg, Austria. pp.1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04537937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcher à travers des ouvertures horizontales : Quelles stratégies motrices pour les patients souffrant de lombalgie chronique non spécifique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Bilhaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Roze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agathe Bilhaut</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Armel Crétual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Hélène Olivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées francophones de Kinésithérapie 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Marseille, France. pp.6-7, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.kine.2022.12.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04357506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lower limb muscle fatigue during 4-km track cycling time trial in high level women cyclist</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Cordillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bideau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Madouas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Bideau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24th Annual Congress of the European College of Sport Science ECSS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02429231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Learning strategies of osteopathic techniques and clinical decision-making. Implications for osteopathic education. Preliminary study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Kerebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Loquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Lameul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Erieau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference: UCO International Education Conference 2017 Tomorrow’s Osteopaths: strengthening the foundations of osteopathic education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01732981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5195,393 +5312,393 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gait adaptability in chronic low back pain: reduced complexity during aperture passing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Bilhaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kentaro Kodama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agathe Bilhaut</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Armel Crétual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Hélène Olivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISPGR 2025 - International Symposium on Posture and Gait Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Maastricht (Netherland), Netherlands. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05243509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Locomotion behavior of chronic non-specific low back pain (cNSLBP) patient while walking through apertures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude du paradigme de passage à travers une ouverture horizontale dans une population présentant une lombalgie chronique commune</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Bilhaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Roze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agathe Bilhaut</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Armel Crétual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Hélène Olivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISPGR 2022 - Congres on International Society of Posture &amp; Gait Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">SOFPEL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03921456v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03921419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude du paradigme de passage à travers une ouverture horizontale dans une population présentant une lombalgie chronique commune</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Locomotion behavior of chronic non-specific low back pain (cNSLBP) patient while walking through apertures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Bilhaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agathe Bilhaut</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Armel Crétual</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Hélène Olivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SOFPEL</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2022, Marseille, France</w:t>
+              <w:t xml:space="preserve">ISPGR 2022 - Congres on International Society of Posture &amp; Gait Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03921419v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03921456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId179"/>
+      <w:footerReference w:type="default" r:id="rId182"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5649,51 +5766,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D816C5B9"/>
+    <w:nsid w:val="746E5F3B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5880,51 +5997,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathieu-menard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9439-4228" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/199555117" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05107194v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Senequier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerry Draper-Rodi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Alvarez Bustins" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felicity A. Braithwaite" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Brown" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclinepi.2025.111788" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982384v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Bilhaut" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu M&#233;nard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roze" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ozan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Crolan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humov.2025.103335" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191798v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;becca Crolan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Bidet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzon Pucheu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Haering" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.16243" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921009v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Mhadhbi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Macmillan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Sinderholm Sposato" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijosm.2025.100752" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888248v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-H&#233;l&#232;ne Olivier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerry Draper Rodi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armel Cr&#233;tual" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijosm.2024.100741" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167881v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Consorti" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Paula Antunes Ferreira" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lluis M. Horta" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijosm.2025.100774" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397896v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Vandenberg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Cinelli" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-25011-6" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310559v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Delion" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Noyer" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gonzal&#232;s-Bandr&#232;s" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Treffel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Farrell" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12998-025-00606-y" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891538v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cornet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Jacquot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Renaudo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Geslin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55498/MAINSLIBRES.2024.12.3.177" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650359v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Ims" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazel Mansfield" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijosm.2024.100726" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891517v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Murareci-Flaujat" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55498/MAINSLIBRES.2024.12.4.247" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777418v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pichon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier van Hove" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Hearing" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09638288.2022.2107083" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691663v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Morin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Wagner" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Delauri&#232;re" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55498/MAINSLIBRES.2023.11.3.155" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691766v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eytan Beckmann" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renan Bain" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Thierry-Hildenbrand" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Le Pape" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55498/MAINSLIBRES.2023.11.1.36" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04169296v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2023.06.015" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016371v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Beaumont" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/HCR.0000000000000762" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344858v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Farr" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Pontonnier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691780v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Grassin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Lancelot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Guery" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55498/MAINSLIBRES.2022.10.4.227" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03903066v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marien Couvertier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Awai" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Esteves" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bideau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijosm.2022.05.001" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778232v2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Jolas" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777834v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziella Brinchault" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52057/erj.v2i1.19" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03693388v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691810v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lazerges" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chollet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557557v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Mhadhbi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Thierry-Hildenbrand" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Draper-Rodi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Esteves" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijosm.2021.12.002" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03040840v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Launay" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryl&#232;ne Bourgin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Sutre" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijosm.2020.08.003" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03105891v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lacouture" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Domalain" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26603/ijspt20200958" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100625v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Merdy" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Tavernier" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijosm.2020.07.006" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429250v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Chenaut" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Vaucher" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Lancelot" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429261v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ferrari" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bouchet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Puchaud" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429267v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sorel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Boumpoutou" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo A. Kerherve" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Kulpa" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24733938.2020.1786765" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429199v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cordillet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bideau" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Nicolas" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2019.1668135" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03389873v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Menard" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Decatoire" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14763141.2018.1466906" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429227v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Retailleau" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floren Colloud" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2017.1382918" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429217v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14763141.2016.1176244" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481991v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kentaro Kodama" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04537937v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dal Maso" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357506v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.kine.2022.12.010" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429231v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Madouas" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01732981v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Le Roux" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Kerebel" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Loquet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Lameul" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Erieau" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05243509v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03921456v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03921419v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathieu-menard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9439-4228" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/199555117" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05558035v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Denou&#235;l" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu M&#233;nard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-H&#233;l&#232;ne Olivier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Bilhaut" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbmt.2026.03.009" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888248v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerry Draper Rodi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armel Cr&#233;tual" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijosm.2024.100741" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921009v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Mhadhbi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Macmillan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerry Draper-Rodi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Sinderholm Sposato" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijosm.2025.100752" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191798v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;becca Crolan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Bidet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzon Pucheu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Haering" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.16243" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982384v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roze" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ozan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Crolan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humov.2025.103335" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397896v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Vandenberg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Cinelli" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-25011-6" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167881v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Consorti" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Paula Antunes Ferreira" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lluis M. Horta" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijosm.2025.100774" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310559v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Delion" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Noyer" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gonzal&#232;s-Bandr&#232;s" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Treffel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Farrell" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12998-025-00606-y" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05107194v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Senequier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Alvarez Bustins" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felicity A. Braithwaite" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Brown" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclinepi.2025.111788" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891538v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cornet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Jacquot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Renaudo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Geslin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55498/MAINSLIBRES.2024.12.3.177" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650359v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Ims" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazel Mansfield" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijosm.2024.100726" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04891517v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Murareci-Flaujat" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55498/MAINSLIBRES.2024.12.4.247" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691766v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eytan Beckmann" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renan Bain" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Thierry-Hildenbrand" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Le Pape" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55498/MAINSLIBRES.2023.11.1.36" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04169296v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2023.06.015" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016371v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pichon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Beaumont" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/HCR.0000000000000762" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777418v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier van Hove" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Hearing" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09638288.2022.2107083" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691663v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Morin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Wagner" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Delauri&#232;re" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55498/MAINSLIBRES.2023.11.3.155" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03903066v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marien Couvertier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Awai" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Esteves" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bideau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijosm.2022.05.001" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691780v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Grassin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Lancelot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Guery" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55498/MAINSLIBRES.2022.10.4.227" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778232v2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Jolas" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777834v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziella Brinchault" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52057/erj.v2i1.19" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03693388v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Pontonnier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04344858v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Farr" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557557v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Mhadhbi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Thierry-Hildenbrand" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Draper-Rodi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Esteves" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijosm.2021.12.002" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03040840v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Launay" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryl&#232;ne Bourgin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Sutre" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijosm.2020.08.003" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691810v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lazerges" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chollet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03105891v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lacouture" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Domalain" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26603/ijspt20200958" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03100625v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Merdy" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Tavernier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijosm.2020.07.006" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429199v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cordillet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bideau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Nicolas" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2019.1668135" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429267v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sorel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Boumpoutou" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo A. Kerherve" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Kulpa" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/24733938.2020.1786765" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429261v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ferrari" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Bouchet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Puchaud" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Vaucher" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429250v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Chenaut" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Lancelot" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03389873v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Menard" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Decatoire" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14763141.2018.1466906" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429227v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Retailleau" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floren Colloud" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2017.1382918" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429217v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14763141.2016.1176244" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05481991v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kentaro Kodama" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04537937v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dal Maso" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357506v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.kine.2022.12.010" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429231v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Madouas" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01732981v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Le Roux" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Kerebel" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Loquet" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Lameul" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Erieau" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05243509v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03921419v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03921456v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>