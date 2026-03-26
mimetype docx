--- v0 (2026-03-03)
+++ v1 (2026-03-26)
@@ -468,295 +468,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02544111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reactive Path Planning for Autonomous Vehicle Using Bézier Curve Optimization</w:t>
+                <w:t xml:space="preserve">Reactive path planning in intersection for autonomous vehicle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Melchior</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Victor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Cassany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Moze</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Aioun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 IEEE Intelligent Vehicles Symposium (IV)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IVS.2019.8813904⟩</w:t>
+              <w:t xml:space="preserve">9th IFAC Symposium on Advances in Automotive Control AAC 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Orléans, France. pp.109-114, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2019.09.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02477761v1</w:t>
+                <w:t xml:space="preserve">hal-02477689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reactive path planning in intersection for autonomous vehicle</w:t>
+                <w:t xml:space="preserve">Reactive Path Planning for Autonomous Vehicle Using Bézier Curve Optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Melchior</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Victor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Moze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Aioun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th IFAC Symposium on Advances in Automotive Control AAC 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Orléans, France. pp.109-114, </w:t>
+              <w:t xml:space="preserve">2019 IEEE Intelligent Vehicles Symposium (IV)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Paris, France. pp.1048-1053, </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2019.09.018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/IVS.2019.8813904⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02477689v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02477761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generalized driver steering model based on similarities in visual-based and optimal preview controls</w:t>
               </w:r>
@@ -2156,51 +2156,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Third IFAC workshop on fractional differentiation and its applications FDA'08</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2008, Ankara, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02300807v1</w:t>
+                <w:t xml:space="preserve">hal-00322949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On stability of fractional order systems</w:t>
               </w:r>
@@ -2251,51 +2251,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Third IFAC workshop on fractional differentiation and its applications FDA'08</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2008, Ankara, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00322949v1</w:t>
+                <w:t xml:space="preserve">hal-02300807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An overview of the CRONE approach in system analysis, modeling and identification, observation and control</w:t>
               </w:r>
@@ -4576,51 +4576,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Système d’assistance, fonction de la contribution du conducteur du véhicule</w:t>
+                <w:t xml:space="preserve">Dispositif de surveillance du conducteur d’un véhicule</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Abrashov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Aioun</w:t>
@@ -4652,93 +4652,93 @@
                 <w:t xml:space="preserve">Franck Guillemard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Malti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">France, N° de brevet: FR 3048943 A1. 2017</w:t>
+              <w:t xml:space="preserve">France, N° de brevet: FR 3049106 A1. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01713032v1</w:t>
+                <w:t xml:space="preserve">hal-01713018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dispositif de surveillance du conducteur d’un véhicule</w:t>
+                <w:t xml:space="preserve">Système d’assistance, fonction de la contribution du conducteur du véhicule</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Abrashov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Aioun</w:t>
@@ -4770,93 +4770,93 @@
                 <w:t xml:space="preserve">Franck Guillemard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Malti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">France, N° de brevet: FR 3049106 A1. 2017</w:t>
+              <w:t xml:space="preserve">France, N° de brevet: FR 3048943 A1. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01713018v1</w:t>
+                <w:t xml:space="preserve">hal-01713032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BATTERIE COMPRENANT UNE PLURALITÉ DE CELLULE EN SÉRIE</w:t>
+                <w:t xml:space="preserve">CARACTÉRISATION D’UNE CELLULE ÉLECTROCHIMIQUE DE BATTERIE EN VIEILLISSEMENT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Guillemard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Moze</w:t>
@@ -4888,211 +4888,211 @@
                 <w:t xml:space="preserve">J. Mbala Francisco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">France, N° de brevet: FR3045216 A1. 2016</w:t>
+              <w:t xml:space="preserve">France, N° de brevet: FR3045217 A1. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01719097v1</w:t>
+                <w:t xml:space="preserve">hal-01719094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DÉTERMINATION DE PARAMÈTRES D’UN MODÈLE DYNAMIQUE POUR UNE CELLULE ÉLECTROCHIMIQUE DE BATTERIE</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PROCÉDÉ D’IDENTIFICATION DE LA COURBE DE TENSION A VIDE D’UNE CELLULE ÉLECTRIQUE EN VIEILLISSEMENT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Lavigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyn Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Moze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Mbala Francisco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Guillemard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...50 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">France, N° de brevet: FR3045218 A1. 2016</w:t>
+              <w:t xml:space="preserve">France, N° de brevet: WO2016113481 A1. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01719096v1</w:t>
+                <w:t xml:space="preserve">hal-01719091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CARACTÉRISATION D’UNE CELLULE ÉLECTROCHIMIQUE DE BATTERIE EN VIEILLISSEMENT</w:t>
+                <w:t xml:space="preserve">BATTERIE COMPRENANT UNE PLURALITÉ DE CELLULE EN SÉRIE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Guillemard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Moze</w:t>
@@ -5124,187 +5124,187 @@
                 <w:t xml:space="preserve">J. Mbala Francisco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">France, N° de brevet: FR3045217 A1. 2016</w:t>
+              <w:t xml:space="preserve">France, N° de brevet: FR3045216 A1. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01719094v1</w:t>
+                <w:t xml:space="preserve">hal-01719097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PROCÉDÉ D’IDENTIFICATION DE LA COURBE DE TENSION A VIDE D’UNE CELLULE ÉLECTRIQUE EN VIEILLISSEMENT</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Loïc Lavigne</w:t>
+                <w:t xml:space="preserve">DÉTERMINATION DE PARAMÈTRES D’UN MODÈLE DYNAMIQUE POUR UNE CELLULE ÉLECTROCHIMIQUE DE BATTERIE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Guillemard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Moze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnieszka Noury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Mbala Francisco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...37 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">France, N° de brevet: WO2016113481 A1. 2016</w:t>
+              <w:t xml:space="preserve">France, N° de brevet: FR3045218 A1. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01719091v1</w:t>
+                <w:t xml:space="preserve">hal-01719096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId103"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -5459,51 +5459,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-05210917v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dumitru Pavel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thach Ngoc Dinh" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my van Gorp" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Moze" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCAD64771.2025.11099146" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-05081996v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissam Khennoune" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lambert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-96-5373-7_38" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544111v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Ruhnke" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Moreau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Benine-Neto" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Aioun" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MED48518.2020.9182872" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477761v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Moreau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Melchior" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Victor" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IVS.2019.8813904" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477689v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Cassany" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.09.018" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711181v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Malti" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Abrashov" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECC.2016.7810412" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713093v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Guillemard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717645v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712831v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717706v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICFDA.2014.6967400" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986125v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Morand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986129v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00741597v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamine Fadiga" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Sabatier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Farges" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00741593v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20110828-6-IT-1002.00779" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00741595v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2011.6160942" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00531784v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368392v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300807v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322949v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326415v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Oustaloup" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lanusse" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid R. Malti" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00329479v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Merveillaut" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Trumel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097552v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo Orjuela" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002550v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401723v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401721v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444580v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnsns.2017.12.013" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010651v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Victor" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622275v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAC.2016.2614910" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712504v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2015.2392074" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719065v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junior Mbala Francisco" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Lavigne" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2014.06.008" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00676079v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1687-1847-2011-35" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00531790v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2010.06.038" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-071Z0PTV-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368173v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2009.08.003" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LXB6DWPD-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401118v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitor Garcia Iturricha" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00329493v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00182282v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328620v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Altet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011156v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713032v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713018v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719097v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Noury" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mbala Francisco" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719096v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719094v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719091v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-05210917v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dumitru Pavel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thach Ngoc Dinh" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my van Gorp" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Moze" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCAD64771.2025.11099146" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-05081996v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissam Khennoune" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lambert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-96-5373-7_38" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544111v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Ruhnke" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Moreau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Benine-Neto" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Aioun" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MED48518.2020.9182872" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477689v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Moreau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Melchior" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Victor" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Cassany" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.09.018" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02477761v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IVS.2019.8813904" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01711181v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Malti" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Abrashov" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECC.2016.7810412" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713093v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Guillemard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717645v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712831v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717706v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICFDA.2014.6967400" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986125v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Morand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986129v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00741597v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamine Fadiga" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Sabatier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Farges" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00741593v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20110828-6-IT-1002.00779" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00741595v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CDC.2011.6160942" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00531784v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368392v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322949v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300807v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326415v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Oustaloup" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lanusse" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid R. Malti" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00329479v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Merveillaut" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Trumel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097552v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo Orjuela" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002550v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401723v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401721v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02444580v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnsns.2017.12.013" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010651v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Victor" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01622275v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAC.2016.2614910" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712504v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2015.2392074" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719065v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junior Mbala Francisco" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Lavigne" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2014.06.008" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00676079v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1687-1847-2011-35" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00531790v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2010.06.038" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-071Z0PTV-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368173v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2009.08.003" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LXB6DWPD-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401118v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitor Garcia Iturricha" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00329493v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00182282v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00328620v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Altet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011156v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713018v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713032v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719094v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Noury" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mbala Francisco" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719091v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719097v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719096v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>