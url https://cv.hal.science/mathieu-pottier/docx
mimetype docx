--- v0 (2026-03-03)
+++ v1 (2026-03-28)
@@ -1155,265 +1155,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02173634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Nicotiana tabacum ABC transporter NtPDR3 secretes O-methylated coumarins in response to iron deficiency</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Hidden Face of Rubisco</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Pottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Lefèvre</w:t>
+                <w:t xml:space="preserve">Dimitri Gilis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justine Fourmeau</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marc Boutry</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jxb/ery221⟩</w:t>
+              <w:t xml:space="preserve">Trends in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 23 (5), pp.382-392. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tplants.2018.02.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04372088v1</w:t>
+                <w:t xml:space="preserve">hal-04400285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Hidden Face of Rubisco</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Nicotiana tabacum ABC transporter NtPDR3 secretes O-methylated coumarins in response to iron deficiency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Fourmeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimitri Gilis</w:t>
+                <w:t xml:space="preserve">Amandine Baijot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Boutry</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thomas Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Plant Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 23 (5), pp.382-392. </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 69, pp.4419 - 4431. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tplants.2018.02.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/jxb/ery221⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04400285v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04372088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photosynthetic Trichomes Contain a Specific Rubisco with a Modified pH-Dependent Activity</w:t>
               </w:r>
@@ -1438,51 +1438,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Pottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Remacle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Boutry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 173 (4), pp.2110-2120. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2914,51 +2914,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A34C7884"/>
+    <w:nsid w:val="6FA3BF3D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3145,51 +3145,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05286558v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Moritz Schladt" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Miras" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jona Obinna Ejike" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pottier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Xi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.108676.1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427601v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Gombos" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicky Howe" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.18730" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417348v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Moritz Schladt" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Obinna Ejike" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Redzich" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jplph.2022.153633" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03528379v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Anh Le Thi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Primard-Brisset" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Marion" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Bianchi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msac129" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413617v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Laterre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid van Wessem" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldana M Ramirez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Herman" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-020-03347-9" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367568v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinwu Chen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daiki Shinozaki" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Luo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marien Hav&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells8111426" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173634v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dumont" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Masclaux-Daubresse" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Thomine" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ery388" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372088v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lef&#232;vre" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Fourmeau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Baijot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cornet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ery221" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400285v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Gilis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Boutry" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2018.02.006" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392611v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Remacle" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.17.00062" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720680v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Wang" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arman Beyraghdar Kashkooli" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Sallets" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hieng-Ming Ting" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert C.A. de Ruijter" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymben.2016.07.004" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109349v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanesa S. Delatorre" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Victor" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure David" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Chalot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2015.01.010" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1MB1M9CF-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400297v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Oomen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiana Picco" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Giraudat" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Scholz-Starke" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.12914" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204022v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Masclaux-Daubresse" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koki Yoshimoto" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2014.00011" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691101v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666604v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Simon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Couturier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annegret Kohler" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rouhier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713206v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beata Orman-Ligeza" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Redout&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geert de Jaeger" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Laurin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601535v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Dejardin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pilate" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584500v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roux" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannetz Roschzttardtz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Lanquar" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01131599v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014PA112038" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05286558v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Moritz Schladt" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Miras" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jona Obinna Ejike" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pottier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Xi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.108676.1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427601v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Gombos" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicky Howe" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.18730" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417348v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Moritz Schladt" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Obinna Ejike" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Redzich" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jplph.2022.153633" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03528379v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Anh Le Thi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Primard-Brisset" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Marion" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Bianchi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msac129" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413617v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Laterre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid van Wessem" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldana M Ramirez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Herman" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-020-03347-9" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367568v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinwu Chen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daiki Shinozaki" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Luo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marien Hav&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells8111426" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173634v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dumont" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Masclaux-Daubresse" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Thomine" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ery388" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400285v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Gilis" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Boutry" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2018.02.006" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372088v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lef&#232;vre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Fourmeau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Baijot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cornet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ery221" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392611v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Remacle" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.17.00062" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720680v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Wang" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arman Beyraghdar Kashkooli" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Sallets" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hieng-Ming Ting" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert C.A. de Ruijter" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymben.2016.07.004" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109349v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanesa S. Delatorre" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Victor" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure David" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Chalot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2015.01.010" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1MB1M9CF-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400297v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Oomen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiana Picco" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Giraudat" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Scholz-Starke" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.12914" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204022v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Masclaux-Daubresse" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koki Yoshimoto" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2014.00011" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691101v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666604v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Simon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Couturier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annegret Kohler" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rouhier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713206v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beata Orman-Ligeza" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Redout&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geert de Jaeger" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Laurin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601535v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Dejardin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pilate" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584500v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roux" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannetz Roschzttardtz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Lanquar" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01131599v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014PA112038" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>