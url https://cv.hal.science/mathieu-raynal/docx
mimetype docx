--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1164,295 +1164,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04947088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What you need is what you get: adapting word prediction of Augmentative and Alternative Communication aids to youth language</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">STAACS3: Simulation Tool for AAC with Single-Switch Scanning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Hoiry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cherifa Ben Khelil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Rayar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chérifa Ben Khelil</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Rayar</w:t>
+                <w:t xml:space="preserve">Anaïs Halftermeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Antoine</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th International Conference on Human-Computer Interaction (HCII 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Copenhague, Denmark. pp.240-247, </w:t>
+              <w:t xml:space="preserve">17h International Conference of the Association for the Advancement of Assistive Technology in Europe (AAATE 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Paris, France. pp.487 - 494, </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-35992-7_33⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3233/shti230666⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04190258v1</w:t>
+                <w:t xml:space="preserve">hal-04209633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">STAACS3: Simulation Tool for AAC with Single-Switch Scanning</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">What you need is what you get: adapting word prediction of Augmentative and Alternative Communication aids to youth language</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chérifa Ben Khelil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Rayar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Hoiry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Antoine</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17h International Conference of the Association for the Advancement of Assistive Technology in Europe (AAATE 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Paris, France. pp.487 - 494, </w:t>
+              <w:t xml:space="preserve">25th International Conference on Human-Computer Interaction (HCII 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Copenhague, Denmark. pp.240-247, </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3233/shti230666⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-35992-7_33⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04209633v1</w:t>
+                <w:t xml:space="preserve">hal-04190258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DESSK: DEscription Space for Soft Keyboards</w:t>
               </w:r>
@@ -2807,51 +2807,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03176440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Roly-Poly Mouse: Designing a Rolling Input Device Unifying 2D and 3D Interaction</w:t>
+                <w:t xml:space="preserve">Disco(s) : Dispositifs à Multiples Degrés de Liberté pour Interagir avec des Données Multidimensionnelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gary Perelman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcos Serrano</w:t>
@@ -2886,106 +2886,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustapha Derras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM CHI Conference on Human Factors in Computing Systems</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">27ème conférence francophone sur l'Interaction Homme-Machine.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Toulouse, France. pp.d06</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01116302v1</w:t>
+                <w:t xml:space="preserve">hal-01219926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disco(s) : Dispositifs à Multiples Degrés de Liberté pour Interagir avec des Données Multidimensionnelles</w:t>
+                <w:t xml:space="preserve">The Roly-Poly Mouse: Designing a Rolling Input Device Unifying 2D and 3D Interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gary Perelman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcos Serrano</w:t>
@@ -3020,73 +3011,82 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustapha Derras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27ème conférence francophone sur l'Interaction Homme-Machine.</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ACM CHI Conference on Human Factors in Computing Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Seoul, South Korea. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2702123.2702244⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01219926v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01116302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clavier DUCK : Utilisation d'un système de déduction de mots pour faciliter la saisie de texte sur écran tactile pour les non-voyants</w:t>
               </w:r>
@@ -3343,489 +3343,489 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02089300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classification of Interaction Techniques in the 3D Virtual Environment on Mobile Devices</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eliane Balaa</w:t>
+                <w:t xml:space="preserve">Les technologies d'assistance pour la qualité de vie et l'autonomie des déficients visuels (TAVIS)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Jouffrais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Oriola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Truillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Serpa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Conference on Virtual, Augmented and Mixed Reality: Designing and Developing Augmented and Virtual Environments (VAMR 2014)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">8eme Congres francophone HANDICAP (HANDICAP 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Paris, France. pp. 307-3011</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02064212v1</w:t>
+                <w:t xml:space="preserve">hal-01390847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception d’un Dispositif pour Interagir avec des Données Multidimensionnelles : Disco</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Semantic keyboard: Fast movements between keys of a soft keyboard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scott Mackenzie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Merlin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IHM'14, 26e conférence francophone sur l'Interaction Homme-Machine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Lille, France. pp.91-100</w:t>
+              <w:t xml:space="preserve">International Conference on Computers Helping People with Special Needs (ICCHP 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Paris, France. pp.195-202</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01090411v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02089303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les technologies d'assistance pour la qualité de vie et l'autonomie des déficients visuels (TAVIS)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Truillet</w:t>
+                <w:t xml:space="preserve">Classification of Interaction Techniques in the 3D Virtual Environment on Mobile Devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliane Balaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Bou Issa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8eme Congres francophone HANDICAP (HANDICAP 2014)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">6th International Conference on Virtual, Augmented and Mixed Reality: Designing and Developing Augmented and Virtual Environments (VAMR 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Heraklion, Greece. pp.3-13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-07458-0_1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01390847v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02064212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semantic keyboard: Fast movements between keys of a soft keyboard</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conception d’un Dispositif pour Interagir avec des Données Multidimensionnelles : Disco</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gary Perelman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos Serrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha Derras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Computers Helping People with Special Needs (ICCHP 2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Paris, France. pp.195-202</w:t>
+              <w:t xml:space="preserve">IHM'14, 26e conférence francophone sur l'Interaction Homme-Machine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Lille, France. pp.91-100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02089303v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01090411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards an engineering approach for advanced interaction techniques in 3D environments</w:t>
               </w:r>
@@ -4255,57 +4255,57 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01212866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E-Assist II: A platform to design and evaluate soft-keyboards</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+                <w:t xml:space="preserve">Multilayer Keyboard: transition toward a new optimized layout</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Merlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4326,81 +4326,81 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Designing and Evaluating Text Entry Methods, ACM SIGCHI Conference on Human Factors in Computing Systems (CHI'12)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Austin, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01758855v1</w:t>
+                <w:t xml:space="preserve">hal-01758867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multilayer Keyboard: transition toward a new optimized layout</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+                <w:t xml:space="preserve">E-Assist II: A platform to design and evaluate soft-keyboards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Merlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4421,51 +4421,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Designing and Evaluating Text Entry Methods, ACM SIGCHI Conference on Human Factors in Computing Systems (CHI'12)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Austin, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01758867v1</w:t>
+                <w:t xml:space="preserve">hal-01758855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CentraList</w:t>
               </w:r>
@@ -5928,51 +5928,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Maurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Oriola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Vigouroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6049,51 +6049,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Vigouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Oriola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st International Conference On Smart homes and heath Telematics (ICOST 2003)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2003, Paris, Marne-la-vallée, France. pp.186-193</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6888,51 +6888,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655986v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Castet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Cabric" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Chaffangeon Caillet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cunin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dubois" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/sif.1024.19.99" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120293v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Raynal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Roussille" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-61499-798-6-902" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01387801v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Pierre Berg&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Perelman" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Hamelin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Sanza" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131773v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Truillet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467066v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Schmitt" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bach" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Croenne" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/tsi.32.605-638" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688100v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Kammoun" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Parseihian" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gutierrez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Brilhault" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Serpa" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2012.01.009" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6JKV5ZVL-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450137v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Hoiry" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rayar" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Antoine" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherifa Ben Khelil" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616847v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Thebaud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Pouplin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947088v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190258v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;rifa Ben Khelil" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-35992-7_33" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209633v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Halftermeyer" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/shti230666" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736479v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Badr" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Scott MacKenzie" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-05409-9_9" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902416v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bortolaso" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Combettes" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Gleizes" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Lartigue" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926462v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Mulet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lachezar Dimitrov" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Bartolucci" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Tartas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02976930v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Martin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58805-2_43" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935690v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Genaro Motti" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58805-2_45" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02378742v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bossavit" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Caulfield" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Lan Hing Ting" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-29390-1_70" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623081v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Serrano" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3173574.3173941" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899077v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Balaa" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089298v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578456v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3132129.3132131" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926524v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-40244-4_18" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500513v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Picard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Derras" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176440v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-41267-2_65" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116302v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2702123.2702244" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219926v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218748v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jouffrais" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2820619.2820638" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040709v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2788940.2788941" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089300v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064212v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Bou Issa" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-07458-0_1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090411v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390847v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Oriola" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089303v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Mackenzie" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Merlin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01111114v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minica Houry-Panchetti" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00821078v2" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theophanis Tsandilas" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40477-1_31" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231767v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-39062-3_35" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212866v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758855v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heleno F&#252;lber" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758867v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756704v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01079125v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ath&#232;nes" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Vinot" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01022612v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Le Brouder" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00940954v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01079129v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Camps" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaddheay Ong-Meang" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093024v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761479v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Maubert" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Vigouroux" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Vella" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Magnien" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758324v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625105v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boissi&#232;re" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625097v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1056808.1057008" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625098v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625104v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1148550.1148612" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627618v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761527v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627614v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627622v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Maurel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636748v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02262397v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627612v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661895v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04404555v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03727912v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655986v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Castet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Cabric" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Chaffangeon Caillet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cunin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dubois" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/sif.1024.19.99" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120293v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Raynal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Roussille" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-61499-798-6-902" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01387801v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Pierre Berg&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Perelman" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Hamelin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Sanza" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131773v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Truillet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467066v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Schmitt" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bach" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Croenne" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/tsi.32.605-638" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688100v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Kammoun" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Parseihian" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gutierrez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Brilhault" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Serpa" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2012.01.009" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6JKV5ZVL-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450137v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Hoiry" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rayar" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Antoine" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherifa Ben Khelil" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616847v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Thebaud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Pouplin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947088v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209633v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Halftermeyer" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/shti230666" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190258v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch&#233;rifa Ben Khelil" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-35992-7_33" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736479v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Badr" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Scott MacKenzie" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-05409-9_9" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902416v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bortolaso" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Combettes" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Gleizes" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Lartigue" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926462v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Mulet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lachezar Dimitrov" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Bartolucci" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Tartas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02976930v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Martin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58805-2_43" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935690v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Genaro Motti" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58805-2_45" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02378742v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bossavit" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Caulfield" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Lan Hing Ting" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-29390-1_70" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623081v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Serrano" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3173574.3173941" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01899077v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Balaa" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089298v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578456v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3132129.3132131" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926524v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-40244-4_18" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500513v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Picard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Derras" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176440v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-41267-2_65" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219926v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116302v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2702123.2702244" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218748v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jouffrais" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2820619.2820638" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040709v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2788940.2788941" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089300v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390847v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Oriola" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089303v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott Mackenzie" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Merlin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064212v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Bou Issa" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-07458-0_1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090411v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01111114v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minica Houry-Panchetti" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00821078v2" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theophanis Tsandilas" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-40477-1_31" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231767v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-39062-3_35" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212866v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758867v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heleno F&#252;lber" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758855v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756704v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01079125v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ath&#232;nes" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Vinot" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01022612v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Le Brouder" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00940954v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01079129v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Camps" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaddheay Ong-Meang" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093024v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761479v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Maubert" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Vigouroux" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Vella" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Magnien" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758324v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625105v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boissi&#232;re" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625097v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1056808.1057008" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625098v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625104v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1148550.1148612" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627618v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761527v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627614v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627622v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Maurel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636748v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02262397v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627612v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661895v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04404555v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03727912v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>