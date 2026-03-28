--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -100,1315 +100,1315 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A β‐Glucuronidase‐Responsive Albumin‐Binding Prodrug of a Potent Focal Adhesion Kinase Inhibitor for Targeted Cancer Therapy</w:t>
+                <w:t xml:space="preserve">Targeting interferon responses in juvenile dermatomyositis: Siglec-1 as an in vitro biomarker for JAK inhibitor efficacy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louna Mossino</w:t>
+                <w:t xml:space="preserve">Saskia Veldkamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Châtre</w:t>
+                <w:t xml:space="preserve">Maud Reugebrink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Poinsot</w:t>
+                <w:t xml:space="preserve">Sanne Evers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Rodero</w:t>
+                <w:t xml:space="preserve">Thomas Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Nioche</w:t>
+                <w:t xml:space="preserve">Vincent Bondet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemMedChem</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Rheumatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 64 (9), pp.5132-5141. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/cmdc.202500746⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/rheumatology/keaf227⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05468185v1</w:t>
+                <w:t xml:space="preserve">hal-05073715v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasensitive interferons quantification reveals different cytokine profile secretion in inflammatory myopathies and can serve as biomarkers of activity in dermatomyositis</w:t>
+                <w:t xml:space="preserve">Autoinflammatory encephalopathy due to PTPN1 haploinsufficiency: a case series</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïs Bolko</w:t>
+                <w:t xml:space="preserve">Gaofeng Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Anquetil</w:t>
+                <w:t xml:space="preserve">Blaise Didry-Barca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alba Llibre</w:t>
+                <w:t xml:space="preserve">Luis Seabra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solène Maillard</w:t>
+                <w:t xml:space="preserve">Gillian Rice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Amelin</w:t>
+                <w:t xml:space="preserve">Carolina Uggenti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16, pp.1529582. </w:t>
+              <w:t xml:space="preserve">The Lancet Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 24 (3), pp.218-229. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2025.1529582⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S1474-4422(24)00526-X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-04989745v1</w:t>
+                <w:t xml:space="preserve">pasteur-04989751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myositis-specific autoantibody subtypes are associated with response to Janus kinase inhibitors in patients with juvenile dermatomyositis</w:t>
+                <w:t xml:space="preserve">[Letter to the editor] Dazukibart for the treatment of severe TIF1γ ‐positive juvenile dermatomyositis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brigitte Bader-Meunier</w:t>
+                <w:t xml:space="preserve">Benjamin Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jamie Sugrue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Welfringer-Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Thomas Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François-Jérome Authier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean Luc Charuel</w:t>
+                <w:t xml:space="preserve">Pierre Quartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rheumatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/rheumatology/keaf214⟩</w:t>
+              <w:t xml:space="preserve">Journal of the European Academy of Dermatology and Venereology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jdv.70059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-05120578v1</w:t>
+                <w:t xml:space="preserve">pasteur-05296335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Circulating interferon alpha protein measured with digital ELISA as a biomarker for modified Rodnan skin score progression in limited systemic sclerosis: comment on the article from Di Donato et al</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Myositis-specific autoantibody subtypes are associated with response to Janus kinase inhibitors in patients with juvenile dermatomyositis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Bader-Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carine Schmidt</w:t>
+                <w:t xml:space="preserve">Florence Aeschlimann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Maillet</w:t>
+                <w:t xml:space="preserve">François-Jérome Authier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Bondet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Luc Mouthon</w:t>
+                <w:t xml:space="preserve">Jean Luc Charuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arthritis &amp; rheumatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/art.43226⟩</w:t>
+              <w:t xml:space="preserve">Rheumatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, pp.keaf214. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/rheumatology/keaf214⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05073726v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-05120578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autoinflammatory encephalopathy due to PTPN1 haploinsufficiency: a case series</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Circulating interferon alpha protein measured with digital ELISA as a biomarker for modified Rodnan skin score progression in limited systemic sclerosis: comment on the article from Di Donato et al</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Schmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Maillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bondet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaofeng Zhu</w:t>
+                <w:t xml:space="preserve">Darragh Duffy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blaise Didry-Barca</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Carolina Uggenti</w:t>
+                <w:t xml:space="preserve">Luc Mouthon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Lancet Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S1474-4422(24)00526-X⟩</w:t>
+              <w:t xml:space="preserve">Arthritis &amp; rheumatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/art.43226⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04989751v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05073726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Targeting interferon responses in juvenile dermatomyositis: Siglec-1 as an in vitro biomarker for JAK inhibitor efficacy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Muscle Spatial Transcriptomic Reveals Heterogeneous Profiles in Juvenile Dermatomyositis and Persistence of Abnormal Signature After Remission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Tragin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine A Degrelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Periou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Bader-Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saskia Veldkamp</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Vincent Bondet</w:t>
+                <w:t xml:space="preserve">Christine Barnerias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rheumatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/rheumatology/keaf227⟩</w:t>
+              <w:t xml:space="preserve">Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 14 (12), pp.939. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cells14120939⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05073715v2</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05296051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Letter to the editor] Dazukibart for the treatment of severe TIF1γ ‐positive juvenile dermatomyositis</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">IFN-α levels correlate with muscle disease activity only in juvenile dermatomyositis patients with anti-MDA5+ autoantibodies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Quartier</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bondet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saskia Veldkamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Bletry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Academy of Dermatology and Venereology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jdv.70059⟩</w:t>
+              <w:t xml:space="preserve">Rheumatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, pp.keaf549. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/rheumatology/keaf549⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-05296335v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05370892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muscle Spatial Transcriptomic Reveals Heterogeneous Profiles in Juvenile Dermatomyositis and Persistence of Abnormal Signature After Remission</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ultrasensitive interferons quantification reveals different cytokine profile secretion in inflammatory myopathies and can serve as biomarkers of activity in dermatomyositis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïs Bolko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Anquetil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alba Llibre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Margot Tragin</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Christine Barnerias</w:t>
+                <w:t xml:space="preserve">Damien Amelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/cells14120939⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16, pp.1529582. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2025.1529582⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05296051v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04989745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IFN-α levels correlate with muscle disease activity only in juvenile dermatomyositis patients with anti-MDA5+ autoantibodies</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Saskia Veldkamp</w:t>
+                <w:t xml:space="preserve">A β‐Glucuronidase‐Responsive Albumin‐Binding Prodrug of a Potent Focal Adhesion Kinase Inhibitor for Targeted Cancer Therapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louna Mossino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Châtre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Poinsot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diego Bletry</w:t>
+                <w:t xml:space="preserve">Mathieu Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Ramos</w:t>
+                <w:t xml:space="preserve">Pierre Nioche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rheumatology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, pp.keaf549. </w:t>
+              <w:t xml:space="preserve">ChemMedChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 21 (4), pp.e202500746. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/rheumatology/keaf549⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cmdc.202500746⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05370892v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05468185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Increased mortality in diffuse systemic sclerosis patients with high circulating IFNα levels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bondet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bense</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Darragh Duffy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Investigative Dermatology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 145 (5), pp.1219-1222.e2. </w:t>
@@ -1842,2776 +1842,2776 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04137977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficacy and tolerance of a combination of corticosteroids and methotrexate in newlydiagnosed patients with juvenile dermatomyositis: a retrospective monocenter cohort study</w:t>
+                <w:t xml:space="preserve">Onset and Relapse of Juvenile Dermatomyositis Following Asymptomatic SARS-CoV-2 Infection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imène Dabbak</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Rodero</w:t>
+                <w:t xml:space="preserve">Mathieu P Rodero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Pelleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Aeschlimann</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Jérôme Authier</w:t>
+                <w:t xml:space="preserve">Anne Welfringer-Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darragh Duffy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Bodemer</w:t>
+                <w:t xml:space="preserve">Isabelle Melki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rheumatology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 61 (11), pp.4514-4520. </w:t>
+              <w:t xml:space="preserve">Journal of Clinical Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 42 (1), pp.25-27. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/rheumatology/keac107⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10875-021-01119-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03800753v1</w:t>
+                <w:t xml:space="preserve">hal-03683669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Onset and Relapse of Juvenile Dermatomyositis Following Asymptomatic SARS-CoV-2 Infection</w:t>
+                <w:t xml:space="preserve">Efficacy and tolerance of a combination of corticosteroids and methotrexate in newlydiagnosed patients with juvenile dermatomyositis: a retrospective monocenter cohort study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu P Rodero</w:t>
+                <w:t xml:space="preserve">Imène Dabbak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Rodero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Aeschlimann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephane Pelleau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Darragh Duffy</w:t>
+                <w:t xml:space="preserve">François Jérôme Authier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Melki</w:t>
+                <w:t xml:space="preserve">Christine Bodemer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 42 (1), pp.25-27. </w:t>
+              <w:t xml:space="preserve">Rheumatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 61 (11), pp.4514-4520. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10875-021-01119-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/rheumatology/keac107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03683669v1</w:t>
+                <w:t xml:space="preserve">hal-03800753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X-linked recessive TLR7 deficiency in ~1% of men under 60 years old with life-threatening COVID-19</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enhanced cGAS-STING-dependent interferon signaling associated with mutations in ATAD3A</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Takaki Asano</w:t>
+                <w:t xml:space="preserve">Alice Lepelley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Boisson</w:t>
+                <w:t xml:space="preserve">Erika Della Mina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Onodi</w:t>
+                <w:t xml:space="preserve">Erika van Nieuwenhove</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniela Matuozzo</w:t>
+                <w:t xml:space="preserve">Lise Waumans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Fraitag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/sciimmunol.abl4348⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 218 (10), pp.e20201560. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1084/jem.20201560⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03367639v1</w:t>
+                <w:t xml:space="preserve">hal-03736663v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autoantibodies neutralizing type I IFNs are present in ~4% of uninfected individuals over 70 years old and account for ~20% of COVID-19 deaths</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">From Diagnosis to Prognosis: Revisiting the Meaning of Muscle ISG15 Overexpression in Juvenile Inflammatory Myopathies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrian Gervais</w:t>
+                <w:t xml:space="preserve">Cyrielle Hou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tom Le Voyer</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Quentin Philippot</w:t>
+                <w:t xml:space="preserve">Chloé Durrleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Periou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Barnerias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Bodemer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/sciimmunol.abl4340⟩</w:t>
+              <w:t xml:space="preserve">Arthritis &amp; rheumatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 73 (6), pp.1044-1052. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/art.41625⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03358792v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03367619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">JAK inhibitors are effective in a subset of patients with juvenile dermatomyositis: a monocentric retrospective study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Le Voyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Gitiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Gitiaux</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">François-Jérôme Authier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Bodemer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Melki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rheumatology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, pp.keab116. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/rheumatology/keab116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-03236464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced cGAS-STING-dependent interferon signaling associated with mutations in ATAD3A</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Compromised mitochondrial quality control triggers lipin1-related rhabdomyolysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yamina Hamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Lepelley</w:t>
+                <w:t xml:space="preserve">François-Xavier Mauvais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erika Della Mina</w:t>
+                <w:t xml:space="preserve">Marine Madrange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erika van Nieuwenhove</w:t>
+                <w:t xml:space="preserve">Perrine Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lise Waumans</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Fraitag</w:t>
+                <w:t xml:space="preserve">Corinne Lebreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1084/jem.20201560⟩</w:t>
+              <w:t xml:space="preserve">Cell Reports Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2 (8), pp.100370. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.xcrm.2021.100370⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03736663v4</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03367653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Diagnosis to Prognosis: Revisiting the Meaning of Muscle ISG15 Overexpression in Juvenile Inflammatory Myopathies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Differential levels of IFNα subtypes in autoimmunity and viral infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bondet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu P. Rodero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Posseme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrielle Hou</w:t>
+                <w:t xml:space="preserve">Pierre Bost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloé Durrleman</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Christine Bodemer</w:t>
+                <w:t xml:space="preserve">Jérémie Decalf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arthritis &amp; rheumatology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 73 (6), pp.1044-1052. </w:t>
+              <w:t xml:space="preserve">Cytokine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 144 (8), pp.155533. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/art.41625⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cyto.2021.155533⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03367619v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03236276v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compromised mitochondrial quality control triggers lipin1-related rhabdomyolysis</w:t>
+                <w:t xml:space="preserve">Autoantibodies neutralizing type I IFNs are present in ~4% of uninfected individuals over 70 years old and account for ~20% of COVID-19 deaths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yamina Hamel</w:t>
+                <w:t xml:space="preserve">Paul Bastard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François-Xavier Mauvais</w:t>
+                <w:t xml:space="preserve">Adrian Gervais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Le Voyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Madrange</w:t>
+                <w:t xml:space="preserve">Jeremie Rosain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perrine Renard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Corinne Lebreton</w:t>
+                <w:t xml:space="preserve">Quentin Philippot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Reports Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.xcrm.2021.100370⟩</w:t>
+              <w:t xml:space="preserve">Science Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6 (62), pp.eabl4340. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciimmunol.abl4340⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03367653v1</w:t>
+                <w:t xml:space="preserve">hal-03358792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential levels of IFNα subtypes in autoimmunity and viral infection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Bondet</w:t>
+                <w:t xml:space="preserve">X-linked recessive TLR7 deficiency in ~1% of men under 60 years old with life-threatening COVID-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu P Rodero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takaki Asano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu P. Rodero</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Céline Posseme</w:t>
+                <w:t xml:space="preserve">Bertrand Boisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Bost</w:t>
+                <w:t xml:space="preserve">Fanny Onodi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie Decalf</w:t>
+                <w:t xml:space="preserve">Daniela Matuozzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cytokine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 144 (8), pp.155533. </w:t>
+              <w:t xml:space="preserve">Science Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6 (62), </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cyto.2021.155533⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/sciimmunol.abl4348⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-03236276v2</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03367639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biallelic Mutations in MTPAP Associated with a Lethal Encephalopathy</w:t>
+                <w:t xml:space="preserve">Genetic and phenotypic spectrum associated with IFIH1 gain‐of‐function</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lien van Eyck</w:t>
+                <w:t xml:space="preserve">Gillian I. Rice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesco Bruni</w:t>
+                <w:t xml:space="preserve">Sehoon Park</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Ronan</w:t>
+                <w:t xml:space="preserve">Francesco Gavazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracy Briggs</w:t>
+                <w:t xml:space="preserve">Laura Adang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tony Roscioli</w:t>
+                <w:t xml:space="preserve">Loveline Ayuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropediatrics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 51 (03), pp.178-184. </w:t>
+              <w:t xml:space="preserve">Human Mutation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 41 (4), pp.837-849. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1055/S-0039-3400979⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/HUMU.23975⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02996388v1</w:t>
+                <w:t xml:space="preserve">hal-02996412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expanding the clinical spectrum of Fowler syndrome: Three siblings with survival into adulthood and systematic review of the literature</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">cGAS-mediated induction of type I interferon due to inborn errors of histone pre-mRNA processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Uggenti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Lepelley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Depp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Badrock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu P Rodero</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Gillian I. Rice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/CGE.13761⟩</w:t>
+              <w:t xml:space="preserve">Nature Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 52 (12), pp.1364-1372. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41588-020-00737-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02996391v1</w:t>
+                <w:t xml:space="preserve">hal-03367600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Secretome Components from Faecalibacterium prausnitzii Strains A2-165 and AHMP21 Modulate Cutaneous Wound Inflammation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Inhibition of IFNα secretion in cells from patients with juvenile dermatomyositis under TBK1 inhibitor treatment revealed by single-molecular assay technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Gitiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bondet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nassima Bekaddour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Nusbaum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurancia Vina Stefia</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Julien Legrand</w:t>
+                <w:t xml:space="preserve">Arnaud Hubas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Investigative Dermatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/J.JID.2020.02.027⟩</w:t>
+              <w:t xml:space="preserve">Rheumatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.kez508. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/rheumatology/kez508⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02996419v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02376263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beyond Anti-viral Effects of Chloroquine/Hydroxychloroquine</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Quentin Frenger</w:t>
+                <w:t xml:space="preserve">Expanding the clinical spectrum of Fowler syndrome: Three siblings with survival into adulthood and systematic review of the literature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu P Rodero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiara de Luca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanick Crow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Rodéro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gillian I. Rice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/FIMMU.2020.01409⟩</w:t>
+              <w:t xml:space="preserve">Clinical Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 98 (5), pp.423-432. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/CGE.13761⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02996379v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02996391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cGAS-mediated induction of type I interferon due to inborn errors of histone pre-mRNA processing</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mathieu P Rodero</w:t>
+                <w:t xml:space="preserve">Secretome Components from Faecalibacterium prausnitzii Strains A2-165 and AHMP21 Modulate Cutaneous Wound Inflammation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurancia Vina Stefia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James D Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jatin Patel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silmara Rodrigues de Sousa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41588-020-00737-3⟩</w:t>
+              <w:t xml:space="preserve">Journal of Investigative Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 140 (11), pp.2312-2315.e6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/J.JID.2020.02.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03367600v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02996419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic and phenotypic spectrum associated with IFIH1 gain‐of‐function</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gillian I. Rice</w:t>
+                <w:t xml:space="preserve">Beyond Anti-viral Effects of Chloroquine/Hydroxychloroquine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nassima Bekaddour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Dieudonné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Guffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sehoon Park</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Loveline Ayuk</w:t>
+                <w:t xml:space="preserve">Quentin Frenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Mutation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/HUMU.23975⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/FIMMU.2020.01409⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02996412v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02996379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhibition of IFNα secretion in cells from patients with juvenile dermatomyositis under TBK1 inhibitor treatment revealed by single-molecular assay technology</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nassima Bekaddour</w:t>
+                <w:t xml:space="preserve">Biallelic mutations in NRROS cause an early onset lethal microgliopathy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colin Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barry Mccoll</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anirudh Patir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Nusbaum</w:t>
+                <w:t xml:space="preserve">Jack Barrington</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Hubas</w:t>
+                <w:t xml:space="preserve">Jeremy Armishaw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rheumatology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, pp.kez508. </w:t>
+              <w:t xml:space="preserve">Acta Neuropathologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 139 (5), pp.947-951. </w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/rheumatology/kez508⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/S00401-020-02137-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-02376263v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02996404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biallelic mutations in NRROS cause an early onset lethal microgliopathy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Anti-MDA5 juvenile idiopathic inflammatory myopathy: a specific subgroup defined by differentially enhanced interferon-α signalling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Melki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colin Smith</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Jeremy Armishaw</w:t>
+                <w:t xml:space="preserve">Hervé Devilliers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Gitiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bondet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darragh Duffy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Neuropathologica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/S00401-020-02137-7⟩</w:t>
+              <w:t xml:space="preserve">Rheumatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 59 (8), pp.1927-1937. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/rheumatology/kez525⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02996404v1</w:t>
+                <w:t xml:space="preserve">pasteur-02383120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anti-MDA5 juvenile idiopathic inflammatory myopathy: a specific subgroup defined by differentially enhanced interferon-α signalling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Melki</w:t>
+                <w:t xml:space="preserve">Biallelic Mutations in MTPAP Associated with a Lethal Encephalopathy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lien van Eyck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Bruni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ronan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tracy Briggs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Devilliers</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Darragh Duffy</w:t>
+                <w:t xml:space="preserve">Tony Roscioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rheumatology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 59 (8), pp.1927-1937. </w:t>
+              <w:t xml:space="preserve">Neuropediatrics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 51 (03), pp.178-184. </w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/rheumatology/kez525⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1055/S-0039-3400979⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-02383120v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02996388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Circulating interferon‐α measured with a highly sensitive assay as a biomarker for juvenile inflammatory myositis activity: Comment on the Article by Mathian et al.</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bloom syndrome protein restrains innate immune sensing of micronuclei by cGAS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Belot</w:t>
+                <w:t xml:space="preserve">Matthieu Gratia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Rodéro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Conrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Bou Samra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu L Maurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arthritis &amp; rheumatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/art.41096⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 216 (5), pp.jem.20181329. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1084/jem.20181329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-02282954v1</w:t>
+                <w:t xml:space="preserve">pasteur-02119258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bloom syndrome protein restrains innate immune sensing of micronuclei by cGAS</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Elias Bou Samra</w:t>
+                <w:t xml:space="preserve">Circulating interferon‐α measured with a highly sensitive assay as a biomarker for juvenile inflammatory myositis activity: Comment on the Article by Mathian et al.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Melki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Devilliers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Gitiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bondet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu L Maurin</w:t>
+                <w:t xml:space="preserve">Alexandre Belot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 216 (5), pp.jem.20181329. </w:t>
+              <w:t xml:space="preserve">Arthritis &amp; rheumatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1084/jem.20181329⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/art.41096⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-02119258v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02282954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of TLR7-mediated type I IFN signaling in pDCs through CXCR4 engagement—A new target for lupus treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikaïa Smith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Rodéro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassima Bekaddour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bondet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasser Ruiz-Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4656,325 +4656,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-02282952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Life-threatening influenza pneumonitis in a child with inherited IRF9 deficiency</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathieu P Rodero</w:t>
+                <w:t xml:space="preserve">Development and Validation of an Ultrasensitive Single Molecule Array Digital Enzyme-linked Immunosorbent Assay for Human Interferon-α</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alba Llibre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bondet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Rodéro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicholas Hernandez</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Tanwir Habib</w:t>
+                <w:t xml:space="preserve">David Hunt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanick Crow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1084/JEM.20180628⟩</w:t>
+              <w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 136, pp.e57421. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3791/57421⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02996479v1</w:t>
+                <w:t xml:space="preserve">pasteur-01880218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and Validation of an Ultrasensitive Single Molecule Array Digital Enzyme-linked Immunosorbent Assay for Human Interferon-α</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Rodéro</w:t>
+                <w:t xml:space="preserve">Life-threatening influenza pneumonitis in a child with inherited IRF9 deficiency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu P Rodero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Melki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huie Jing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Hunt</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yanick Crow</w:t>
+                <w:t xml:space="preserve">Tanwir Habib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 136, pp.e57421. </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 215 (10), pp.2567-2585. </w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3791/57421⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1084/JEM.20180628⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01880218v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02996479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reverse-Transcriptase Inhibitors in the Aicardi–Goutières Syndrome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gillian Rice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Candice Meyzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5058,243 +5058,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01974160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">JAK inhibitor improves type I interferon induced damage: proof of concept in dermatomyositis</w:t>
+                <w:t xml:space="preserve">Interleukin‐23 regulates interleukin‐17 expression in wounds, and its inhibition accelerates diabetic wound healing through the alteration of macrophage polarization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leandro Ladislau</w:t>
+                <w:t xml:space="preserve">James K.W. Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Suárez-Calvet</w:t>
+                <w:t xml:space="preserve">Mathieu Paul Rodero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jatin Patel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ségolène Toquet</w:t>
+                <w:t xml:space="preserve">Davide Moi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Océane Landon-Cardinal</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Damien Amelin</w:t>
+                <w:t xml:space="preserve">Roberta Mazzieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 141 (6), pp.1609 - 1621. </w:t>
+              <w:t xml:space="preserve">FASEB Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 32 (4), pp.2086-2094. </w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/brain/awy105⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1096/FJ.201700773R⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01819244v1</w:t>
+                <w:t xml:space="preserve">hal-02996486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myogenic Progenitor Cells Exhibit Type I Interferon-Driven Proangiogenic Properties and Molecular Signature During Juvenile Dermatomyositis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Gitiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Latroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Weiss-Gayet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu P Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Darragh Duffy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arthritis &amp; rheumatology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 70 (1), pp.134-145. </w:t>
@@ -5326,217 +5326,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01620313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interleukin‐23 regulates interleukin‐17 expression in wounds, and its inhibition accelerates diabetic wound healing through the alteration of macrophage polarization</w:t>
+                <w:t xml:space="preserve">JAK inhibitor improves type I interferon induced damage: proof of concept in dermatomyositis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">James K.W. Lee</w:t>
+                <w:t xml:space="preserve">Leandro Ladislau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Paul Rodero</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jatin Patel</w:t>
+                <w:t xml:space="preserve">Xavier Suárez-Calvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Davide Moi</w:t>
+                <w:t xml:space="preserve">Ségolène Toquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roberta Mazzieri</w:t>
+                <w:t xml:space="preserve">Océane Landon-Cardinal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Amelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FASEB Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 32 (4), pp.2086-2094. </w:t>
+              <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 141 (6), pp.1609 - 1621. </w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1096/FJ.201700773R⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/brain/awy105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02996486v1</w:t>
+                <w:t xml:space="preserve">pasteur-01819244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autosomal-dominant early-onset spastic paraparesis with brain calcification due to IFIH1 gain-of-function</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu P Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyse Ruaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gillian Rice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Cabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5594,1540 +5594,1540 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02996499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional Definition of Progenitors Versus Mature Endothelial Cells Reveals Key SoxF-Dependent Differentiation Process</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jatin Patel</w:t>
+                <w:t xml:space="preserve">Type I interferon-mediated autoinflammation due to DNase II deficiency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Rodéro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elke Seppanen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Rodéro</w:t>
+                <w:t xml:space="preserve">Alessandra Tesser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ho Yi Wong</w:t>
+                <w:t xml:space="preserve">Eva Bartok</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gillian Rice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Della Mina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Circulation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 135 (8), pp.786-805. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8 (1), pp.2176. </w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1161/CIRCULATIONAHA.116.024754⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-017-01932-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02996529v1</w:t>
+                <w:t xml:space="preserve">pasteur-01768950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disease-associated mutations identify a novel region in human STING necessary for the control of type I interferon signaling</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
+                <w:t xml:space="preserve">Blockade of TANK-Binding Kinase 1/IKKɛ Inhibits Mutant Stimulator of Interferon Genes (STING)-Mediated Inflammatory Responses in Human Peripheral Blood Mononuclear Cells.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Louise Frémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Uggenti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lien van Eyck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Melki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Lien van Eyck</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bondet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Allergy and Clinical Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 140 (2), pp.543-552.e5. </w:t>
+              <w:t xml:space="preserve">Arthritis &amp; rheumatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Advance publication online, </w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/J.JACI.2016.10.031⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/art.40122⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02996541v1</w:t>
+                <w:t xml:space="preserve">pasteur-01534232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Type I interferon-mediated autoinflammation due to DNase II deficiency</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Rodéro</w:t>
+                <w:t xml:space="preserve">Assessment of Type I Interferon Signaling in Pediatric Inflammatory Disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gillian I. Rice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Melki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Louise Frémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessandra Tesser</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Erika Della Mina</w:t>
+                <w:t xml:space="preserve">Tracy A. Briggs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu P. Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-017-01932-3⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 37 (2), pp.123-132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10875-016-0359-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01768950v1</w:t>
+                <w:t xml:space="preserve">hal-01908851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blockade of TANK-Binding Kinase 1/IKKɛ Inhibits Mutant Stimulator of Interferon Genes (STING)-Mediated Inflammatory Responses in Human Peripheral Blood Mononuclear Cells.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Polymorphisms in IFIH1: the good and the bad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erika Della Mina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu P Rodero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanick Crow</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arthritis &amp; rheumatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/art.40122⟩</w:t>
+              <w:t xml:space="preserve">Nature Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 18 (7), pp.708-709. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/NI.3765⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01534232v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02996512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of Type I Interferon Signaling in Pediatric Inflammatory Disease</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
+                <w:t xml:space="preserve">Disease-associated mutations identify a novel region in human STING necessary for the control of type I interferon signaling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu P Rodero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Melki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Mathieu P. Rodero</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Rose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Uggenti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lien van Eyck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10875-016-0359-1⟩</w:t>
+              <w:t xml:space="preserve">Journal of Allergy and Clinical Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 140 (2), pp.543-552.e5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/J.JACI.2016.10.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01908851v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02996541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polymorphisms in IFIH1: the good and the bad</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Roles for the CX3CL1/CX3CR1 and CCL2/CCR2 Chemokine Systems in Hypoxic Pulmonary Hypertension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu P Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Amsellem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shariq Abid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Poupel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Parpaleix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/NI.3765⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Respiratory Cell and Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 56 (5), pp.597-608. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1165/RCMB.2016-0201OC⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02996512v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02996523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roles for the CX3CL1/CX3CR1 and CCL2/CCR2 Chemokine Systems in Hypoxic Pulmonary Hypertension</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Erratum: Corrigendum: Mutations in SNORD118 cause the cerebral microangiopathy leukoencephalopathy with calcifications and cysts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu P Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Poupel</w:t>
+                <w:t xml:space="preserve">Emma Jenkinson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Rodéro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Parpaleix</w:t>
+                <w:t xml:space="preserve">Paul Kasher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Uggenti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Respiratory Cell and Molecular Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 56 (5), pp.597-608. </w:t>
+              <w:t xml:space="preserve">Nature Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 49 (2), pp.317-317. </w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1165/RCMB.2016-0201OC⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/NG0217-317B⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02996523v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02996538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erratum: Corrigendum: Mutations in SNORD118 cause the cerebral microangiopathy leukoencephalopathy with calcifications and cysts</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Carolina Uggenti</w:t>
+                <w:t xml:space="preserve">Detection of interferon alpha protein reveals differential levels and cellular sources in disease.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu P. Rodero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Decalf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bondet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Hunt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gillian I. Rice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/NG0217-317B⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 214 (5), pp.1547-1555. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1084/jem.20161451⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02996538v1</w:t>
+                <w:t xml:space="preserve">pasteur-01534181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of interferon alpha protein reveals differential levels and cellular sources in disease.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gillian I. Rice</w:t>
+                <w:t xml:space="preserve">Functional Definition of Progenitors Versus Mature Endothelial Cells Reveals Key SoxF-Dependent Differentiation Process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu P Rodero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jatin Patel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elke Seppanen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Rodéro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ho Yi Wong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 214 (5), pp.1547-1555. </w:t>
+              <w:t xml:space="preserve">Circulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 135 (8), pp.786-805. </w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1084/jem.20161451⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1161/CIRCULATIONAHA.116.024754⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01534181v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02996529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Response to: ‘JAK inhibition in STING-associated interferonopathy’ by Crow et al</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">ADA2 deficiency: case report of a new phenotype and novel mutation in two sisters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Uettwiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Sarrabay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu P Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudia Günther</w:t>
+                <w:t xml:space="preserve">G Rice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kerstin Engel</w:t>
+                <w:t xml:space="preserve">E Lagrue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of the Rheumatic Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 75 (12), pp.e76-e76. </w:t>
+              <w:t xml:space="preserve">RMD Open : Rheumatic &amp; Musculoskeletal Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 2 (1), pp.e000236. </w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/ANNRHEUMDIS-2016-210565⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1136/RMDOPEN-2015-000236⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02996562v1</w:t>
+                <w:t xml:space="preserve">hal-02998264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ADA2 deficiency: case report of a new phenotype and novel mutation in two sisters</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Response to: ‘JAK inhibition in STING-associated interferonopathy’ by Crow et al</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu P Rodero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F Uettwiller</w:t>
+                <w:t xml:space="preserve">Victoria Tüngler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Sarrabay</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathieu P Rodero</w:t>
+                <w:t xml:space="preserve">Nadja König</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G Rice</w:t>
+                <w:t xml:space="preserve">Claudia Günther</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E Lagrue</w:t>
+                <w:t xml:space="preserve">Kerstin Engel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RMD Open : Rheumatic &amp; Musculoskeletal Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 2 (1), pp.e000236. </w:t>
+              <w:t xml:space="preserve">Annals of the Rheumatic Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 75 (12), pp.e76-e76. </w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/RMDOPEN-2015-000236⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1136/ANNRHEUMDIS-2016-210565⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02998264v1</w:t>
+                <w:t xml:space="preserve">hal-02996562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficacy of the Janus kinase 1/2 inhibitor ruxolitinib in the treatment of vasculopathy associated with TMEM173-activating mutations in 3 children</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Louise Frémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Paul Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Jeremiah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Belot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Jeziorski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7178,51 +7178,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">011 Monogenic type I interferonopathies: from diagnosis to treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu P Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Frémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7334,51 +7334,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.S. Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Moi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu P Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Patel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7436,451 +7436,451 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02996808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ST2 receptor invalidation maintains wound inflammation, delays healing and increases fibrosis</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Type I interferon–mediated monogenic autoinflammation: The type I interferonopathies, a conceptual overview</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu P Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Kiarash Khosrotehrani</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanick Crow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Dermatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/EXD.12833⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 213 (12), pp.2527-2538. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1084/JEM.20161596⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02998268v1</w:t>
+                <w:t xml:space="preserve">hal-02996563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular markers to complement sentinel node status in predicting survival in patients with high-risk locally invasive melanoma</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">ST2 receptor invalidation maintains wound inflammation, delays healing and increases fibrosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James R Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elke Seppanen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jatin Patel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu P Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kiarash Khosrotehrani</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/IJC.30085⟩</w:t>
+              <w:t xml:space="preserve">Experimental Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 25 (1), pp.71-74. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/EXD.12833⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02998260v1</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02998268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Type I interferon–mediated monogenic autoinflammation: The type I interferonopathies, a conceptual overview</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Molecular markers to complement sentinel node status in predicting survival in patients with high-risk locally invasive melanoma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Casey Rowe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiona Tang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Celia B. Hughes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu P Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryrose Malt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 213 (12), pp.2527-2538. </w:t>
+              <w:t xml:space="preserve">International Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 139 (3), pp.664-672. </w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1084/JEM.20161596⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/IJC.30085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02996563v1</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02998260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mutations in SNORD118 cause the cerebral microangiopathy leukoencephalopathy with calcifications and cysts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Jenkinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu P Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Kasher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Uggenti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Oojageer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7925,304 +7925,304 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02996805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lack of Evidence From a Transgenic Mouse Model that the Activation and Migration of Melanocytes to the Epidermis after Neonatal UVR Enhances Melanoma Development</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Human Disease Phenotypes Associated With Mutations in TREX1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu P Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Graeme Walker</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gillian Rice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanick Crow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Investigative Dermatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/JID.2015.203⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 35 (3), pp.235-243. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/S10875-015-0147-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02998277v1</w:t>
+                <w:t xml:space="preserve">hal-02998295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human Disease Phenotypes Associated With Mutations in TREX1</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Lack of Evidence From a Transgenic Mouse Model that the Activation and Migration of Melanocytes to the Epidermis after Neonatal UVR Enhances Melanoma Development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herlina Handoko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu P Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yanick Crow</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Konrad Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kiarash Khosrotehrani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graeme Walker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 35 (3), pp.235-243. </w:t>
+              <w:t xml:space="preserve">Journal of Investigative Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 135 (11), pp.2897-2900. </w:t>
             </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/S10875-015-0147-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/JID.2015.203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02998295v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02998277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cGMP-AMP synthase paves the way to autoimmunity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu P Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanick Crow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 112 (42), pp.12903-12904. </w:t>
             </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8269,51 +8269,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tracking Mouse Bone Marrow Monocytes &amp;lt;em&amp;gt;In Vivo&amp;lt;/em&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu P Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Combadiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8373,64 +8373,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Immune surveillance of the lung by migrating tissue monocytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu P Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Poupel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Louis Loyher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8501,961 +8501,961 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01310477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correction: In Vivo Imaging Reveals a Pioneer Wave of Monocyte Recruitment into Mouse Skin Wounds</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Differential Effects of Ultraviolet Irradiation in Neonatal versus Adult Mice Are Not Explained by Defective Macrophage or Neutrophil Infiltration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu P Rodero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herlina Handoko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rehan Villani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graeme Walker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kiarash Khosrotehrani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/JOURNAL.PONE.0115508⟩</w:t>
+              <w:t xml:space="preserve">Journal of Investigative Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 134 (7), pp.1991-1997. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/JID.2014.78⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02998316v1</w:t>
+                <w:t xml:space="preserve">hal-02998312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential Effects of Ultraviolet Irradiation in Neonatal versus Adult Mice Are Not Explained by Defective Macrophage or Neutrophil Infiltration</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Correction: In Vivo Imaging Reveals a Pioneer Wave of Monocyte Recruitment into Mouse Skin Wounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu P Rodero</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Kiarash Khosrotehrani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Investigative Dermatology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 134 (7), pp.1991-1997. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (12), pp.e115508. </w:t>
             </w:r>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/JID.2014.78⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/JOURNAL.PONE.0115508⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02998312v1</w:t>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02998316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wound-associated macrophages control collagen 1α2 transcription during the early stages of skin wound healing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Reduced Il17a Expression Distinguishes a Ly6c lo MHCII hi Macrophage Population Promoting Wound Healing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu P Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">George Bou-Gharios</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId294" w:history="1">
+                <w:t xml:space="preserve">Samantha Hodgson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brett Hollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Combadiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kiarash Khosrotehrani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Dermatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/EXD.12068⟩</w:t>
+              <w:t xml:space="preserve">Journal of Investigative Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 133 (3), pp.783-792. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/JID.2012.368⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02998326v1</w:t>
+                <w:t xml:space="preserve">hal-02998322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increase lymphangiogenesis in melanoma during pregnancy: correlation with the prolactin signalling pathway</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Prignon</w:t>
+                <w:t xml:space="preserve">Control of Both Myeloid Cell Infiltration and Angiogenesis by CCR1 Promotes Liver Cancer Metastasis Development in Mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Paul Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.F. Avril</w:t>
+                <w:t xml:space="preserve">Constance Auvynet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Poupel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Boitier</w:t>
+                <w:t xml:space="preserve">Behazine Combadière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Aractingi</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christophe Combadière</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Academy of Dermatology and Venereology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 27 (1), pp.e144-e145. </w:t>
+              <w:t xml:space="preserve">Neoplasia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 15 (6), pp.641-648. </w:t>
             </w:r>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/J.1468-3083.2012.04550.X⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1593/neo.121866⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02998328v1</w:t>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01586918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduced Il17a Expression Distinguishes a Ly6c lo MHCII hi Macrophage Population Promoting Wound Healing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">UVB-Induced Melanocyte Proliferation in Neonatal Mice Driven by CCR2-Independent Recruitment of Ly6clowMHCIIhi Macrophages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herlina Handoko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu P Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glen Boyle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samantha Hodgson</w:t>
+                <w:t xml:space="preserve">Blake Ferguson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brett Hollier</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christian Engwerda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Investigative Dermatology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 133 (3), pp.783-792. </w:t>
+              <w:t xml:space="preserve">, 2013, 133 (7), pp.1803-1812. </w:t>
             </w:r>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/JID.2012.368⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/JID.2013.9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02998322v1</w:t>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02998319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control of Both Myeloid Cell Infiltration and Angiogenesis by CCR1 Promotes Liver Cancer Metastasis Development in Mice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Paul Rodero</w:t>
+                <w:t xml:space="preserve">Increase lymphangiogenesis in melanoma during pregnancy: correlation with the prolactin signalling pathway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu P Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constance Auvynet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lucie Poupel</w:t>
+                <w:t xml:space="preserve">A. Prignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behazine Combadière</w:t>
+                <w:t xml:space="preserve">M.F. Avril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Combadière</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">F. Boitier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Aractingi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neoplasia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1593/neo.121866⟩</w:t>
+              <w:t xml:space="preserve">Journal of the European Academy of Dermatology and Venereology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 27 (1), pp.e144-e145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/J.1468-3083.2012.04550.X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01586918v1</w:t>
+                <w:t xml:space="preserve">hal-02998328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UVB-Induced Melanocyte Proliferation in Neonatal Mice Driven by CCR2-Independent Recruitment of Ly6clowMHCIIhi Macrophages</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Wound-associated macrophages control collagen 1α2 transcription during the early stages of skin wound healing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu P Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Blake Ferguson</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Engwerda</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">George Bou-Gharios</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kiarash Khosrotehrani</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Investigative Dermatology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 133 (7), pp.1803-1812. </w:t>
+              <w:t xml:space="preserve">Experimental Dermatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 22 (2), pp.143-145. </w:t>
             </w:r>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/JID.2013.9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/EXD.12068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02998319v1</w:t>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02998326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemokine Receptor CCR1 Disruption Limits Renal Damage in a Murine Model of Hemolytic Uremic Syndrome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu P Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constance Auvynet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Poupel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Behazine Combadière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Combadiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9519,51 +9519,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulation of monocyte subset systemic levels by distinct chemokine receptors controls post-ischaemic neovascularization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cochain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu P Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Vilar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9640,64 +9640,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Skin wound healing modulation by macrophages.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu P Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kiarash Khosrotehrani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Clinical and Experimental Pathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 3 (7), pp.643-53</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9761,64 +9761,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ata Ghadiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Hermand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu P Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Poupel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Leukocyte Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 86 (4), pp.903-911. </w:t>
@@ -9908,51 +9908,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Idbaih</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu P Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 72 (4), pp.332-336. </w:t>
@@ -9984,1083 +9984,1083 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02998794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variants of the MATP / SLC45A2 gene are protective for melanoma in the French population</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Combined Inhibition of CCL2, CX3CR1, and CCR5 Abrogates Ly6C hi and Ly6C lo Monocytosis and Almost Abolishes Atherosclerosis in Hypercholesterolemic Mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Combadiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickael Guedj</w:t>
+                <w:t xml:space="preserve">Stéphane Potteaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu P Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnes Bourillon</w:t>
+                <w:t xml:space="preserve">Tabassome Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Combadières</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Dieudé</w:t>
+                <w:t xml:space="preserve">Adeline Pézard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Mutation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/HUMU.20823⟩</w:t>
+              <w:t xml:space="preserve">Circulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 117 (13), pp.1649-1657. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1161/CIRCULATIONAHA.107.745091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02998805v1</w:t>
+                <w:t xml:space="preserve">hal-02998813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of the chemokine receptor CX3CR1 in the mobilization of phagocytic retinal microglial cells.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Raoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William Raoul</w:t>
+                <w:t xml:space="preserve">Nicole Keller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Rodéro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicole Keller</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Rodéro</w:t>
+                <w:t xml:space="preserve">Francine Behar-Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId383" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Sennlaub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neuroimmunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 198 (1-2), pp.56-61. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jneuroim.2008.04.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00311574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined Inhibition of CCL2, CX3CR1, and CCR5 Abrogates Ly6C hi and Ly6C lo Monocytosis and Almost Abolishes Atherosclerosis in Hypercholesterolemic Mice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Combadiere</w:t>
+                <w:t xml:space="preserve">Polymorphism in the Microglial Cell-Mobilizing CX3CR1 Gene Is Associated With Survival in Patients With Glioblastoma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Rodéro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Potteaux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathieu P Rodero</w:t>
+                <w:t xml:space="preserve">Mathieu Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tabassome Simon</w:t>
+                <w:t xml:space="preserve">Emmeline Blondet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adeline Pézard</w:t>
+                <w:t xml:space="preserve">Karima Mokhtari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Circulation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 117 (13), pp.1649-1657. </w:t>
+              <w:t xml:space="preserve">Journal of Clinical Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 26 (36), pp.5957-5964. </w:t>
             </w:r>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1161/CIRCULATIONAHA.107.745091⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1200/JCO.2008.17.2833⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02998813v1</w:t>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02301138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polymorphism in the Microglial Cell-Mobilizing CX3CR1 Gene Is Associated With Survival in Patients With Glioblastoma</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Variants of the MATP / SLC45A2 gene are protective for melanoma in the French population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannick Marie</w:t>
+                <w:t xml:space="preserve">Mickael Guedj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Coudert</w:t>
+                <w:t xml:space="preserve">Agnes Bourillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmeline Blondet</w:t>
+                <w:t xml:space="preserve">Christophe Combadières</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu P Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karima Mokhtari</w:t>
+                <w:t xml:space="preserve">Philippe Dieudé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Oncology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 26 (36), pp.5957-5964. </w:t>
+              <w:t xml:space="preserve">Human Mutation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 29 (9), pp.1154-1160. </w:t>
             </w:r>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1200/JCO.2008.17.2833⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/HUMU.20823⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02301138v1</w:t>
+                <w:t xml:space="preserve">hal-02998805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melanoma susceptibility and progression: Association study between polymorphisms of the chemokine (CCL2) and chemokine receptors (CX3CR1, CCR5)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">TP53 codon 72 polymorphism, p53 expression, and 1p/19q status in oligodendroglial tumors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Rodero</w:t>
+                <w:t xml:space="preserve">Ahmed Idbaih</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Descamps</w:t>
+                <w:t xml:space="preserve">Blandine Boisselier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Aegerter</w:t>
+                <w:t xml:space="preserve">Soufiane El Hallani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Vitoux</w:t>
+                <w:t xml:space="preserve">Marc Sanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Dermatological Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 46 (1), pp.72-76. </w:t>
+              <w:t xml:space="preserve">Cancer Genetics and Cytogenetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 177 (2), pp.103-107. </w:t>
             </w:r>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/J.JDERMSCI.2006.11.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/J.CANCERGENCYTO.2007.06.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02998836v1</w:t>
+                <w:t xml:space="preserve">hal-02998827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TP53 codon 72 polymorphism, p53 expression, and 1p/19q status in oligodendroglial tumors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Melanoma susceptibility and progression: Association study between polymorphisms of the chemokine (CCL2) and chemokine receptors (CX3CR1, CCR5)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu P Rodero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ahmed Idbaih</w:t>
+                <w:t xml:space="preserve">Pauline Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blandine Boisselier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yannick Marie</w:t>
+                <w:t xml:space="preserve">Vincent Descamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soufiane El Hallani</w:t>
+                <w:t xml:space="preserve">Philippe Aegerter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Sanson</w:t>
+                <w:t xml:space="preserve">Dominique Vitoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Genetics and Cytogenetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 177 (2), pp.103-107. </w:t>
+              <w:t xml:space="preserve">Journal of Dermatological Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 46 (1), pp.72-76. </w:t>
             </w:r>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/J.CANCERGENCYTO.2007.06.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/J.JDERMSCI.2006.11.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02998827v1</w:t>
+                <w:t xml:space="preserve">hal-02998836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TP53 codon 72 polymorphism, p53 expression, and 1p/19q status in oligodendroglial tumors.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Idbaih</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Boisselier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soufiane El Hallani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Sanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cancer Genetics and Cytogenetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 177 (2), pp.103-7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cancergencyto.2007.06.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00310509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CX3CR1-dependent subretinal microglia cell accumulation is associated with cardinal features of age-related macular degeneration.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Combadière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Feumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Raoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William Raoul</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nicole Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Rodéro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical Investigation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 117 (10), pp.2920-2928. </w:t>
@@ -11098,103 +11098,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">No association of MDM2 SNP309 with risk of glioblastoma and prognosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soufiane El Hallani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Idbaih</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu P Rodero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Boisselier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neuro-Oncology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 85 (3), pp.241-244. </w:t>
@@ -11557,64 +11557,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IFN-β plasmatic levels are best predictors of muscle disease activity than IFN-α in a longitudinal cohort of patients with juvenile dermatomyositis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Rj Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bondet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naïm Ouldali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11688,77 +11688,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bolko Loïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Anquetil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alba Llibre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solene Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Amelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -11949,51 +11949,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05468185v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louna Mossino" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Ch&#226;tre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Poinsot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Rodero" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nioche" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmdc.202500746" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04989745v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;s Bolko" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Anquetil" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Llibre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Maillard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Amelin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2025.1529582" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05120578v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Bader-Meunier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Moreau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Aeschlimann" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-J&#233;rome Authier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Charuel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/rheumatology/keaf214" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073726v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Schmidt" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Maillet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bondet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darragh Duffy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Mouthon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/art.43226" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04989751v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaofeng Zhu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Didry-Barca" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Seabra" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gillian Rice" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Uggenti" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1474-4422(24)00526-X" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073715v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saskia Veldkamp" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Reugebrink" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanne Evers" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/rheumatology/keaf227" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05296335v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fournier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Sugrue" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Welfringer-Morin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Quartier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jdv.70059" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296051v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Tragin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine A Degrelle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Periou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Barnerias" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells14120939" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370892v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Bletry" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Ramos" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/rheumatology/keaf549" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04788271v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bense" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jid.2024.09.020" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695751v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Cescato" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yixiang y J Zhu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Le Corre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte F Py" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Georgin-Lavialle" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells13161365" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182567v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fayand" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Terr&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Wacheux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaci.2023.07.006" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137977v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Hentgen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Posseme" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Lacout" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Picard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaci.2023.06.004" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800753v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Im&#232;ne Dabbak" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois J&#233;r&#244;me Authier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bodemer" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/rheumatology/keac107" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03683669v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu P Rodero" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Pelleau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Melki" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10875-021-01119-y" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367639v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takaki Asano" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Boisson" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Onodi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Matuozzo" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciimmunol.abl4348" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358792v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bastard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Gervais" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Le Voyer" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Rosain" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Philippot" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciimmunol.abl4340" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03236464v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Gitiaux" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-J&#233;r&#244;me Authier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/rheumatology/keab116" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736663v4" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Lepelley" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Della Mina" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika van Nieuwenhove" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Waumans" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Fraitag" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20201560" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367619v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Hou" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Durrleman" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/art.41625" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367653v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamina Hamel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Mauvais" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Madrange" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Renard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lebreton" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xcrm.2021.100370" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03236276v2" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu P. Rodero" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bost" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Decalf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cyto.2021.155533" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996388v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lien van Eyck" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Bruni" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ronan" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tracy Briggs" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Roscioli" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/S-0039-3400979" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996391v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara de Luca" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanick Crow" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Rod&#233;ro" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gillian I. Rice" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/CGE.13761" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996419v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurancia Vina Stefia" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James D Lee" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jatin Patel" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silmara Rodrigues de Sousa" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Legrand" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.JID.2020.02.027" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996379v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gies" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Bekaddour" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Dieudonn&#233;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Guffroy" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Frenger" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/FIMMU.2020.01409" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367600v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Depp" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Badrock" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41588-020-00737-3" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996412v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sehoon Park" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Gavazzi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Adang" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loveline Ayuk" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/HUMU.23975" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02376263v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Nusbaum" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Hubas" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/rheumatology/kez508" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996404v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Smith" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barry Mccoll" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anirudh Patir" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Barrington" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Armishaw" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S00401-020-02137-7" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02383120v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Devilliers" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/rheumatology/kez525" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02282954v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Belot" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/art.41096" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02119258v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gratia" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Conrad" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Bou Samra" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu L Maurin" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20181329" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02282952v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nika&#239;a Smith" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasser Ruiz-Blanco" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aav9019" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996479v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Hernandez" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huie Jing" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanwir Habib" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/JEM.20180628" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01880218v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hunt" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/57421" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01974160v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Meyzer" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;m Bouazza" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Hully" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boddaert" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1056/NEJMc1810983" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01819244v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Ladislau" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Su&#225;rez-Calvet" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Toquet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Landon-Cardinal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awy105" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01620313v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Latroche" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Weiss-Gayet" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/art.40328" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996486v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James K.W. Lee" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Paul Rodero" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Moi" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Mazzieri" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/FJ.201700773R" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996499v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyse Ruaud" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Cabrol" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette C Piard" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/HUMU.23554" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996529v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elke Seppanen" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ho Yi Wong" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCULATIONAHA.116.024754" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996541v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Rose" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.JACI.2016.10.031" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01768950v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Tesser" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Bartok" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-017-01932-3" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01534232v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Louise Fr&#233;mond" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/art.40122" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908851v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tracy A. Briggs" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10875-016-0359-1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996512v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NI.3765" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996523v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Amsellem" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shariq Abid" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Poupel" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Parpaleix" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1165/RCMB.2016-0201OC" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996538v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Jenkinson" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Kasher" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NG0217-317B" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01534181v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20161451" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996562v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria T&#252;ngler" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadja K&#246;nig" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia G&#252;nther" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Engel" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/ANNRHEUMDIS-2016-210565" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998264v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Uettwiller" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sarrabay" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Rice" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Lagrue" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/RMDOPEN-2015-000236" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911048v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Jeremiah" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jeziorski" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaci.2016.07.015" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998255v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fr&#233;mond" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. van Eyck" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Crow" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Neven" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.JID.2016.06.028" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996808v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.S. Lee" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Moi" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Patel" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mazzieri" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.JID.2016.06.571" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998268v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James R Lee" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiarash Khosrotehrani" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/EXD.12833" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998260v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casey Rowe" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Tang" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Celia B. Hughes" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryrose Malt" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/IJC.30085" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996563v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/JEM.20161596" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996805v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Oojageer" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NG.3661" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998277v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herlina Handoko" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Konrad Muller" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graeme Walker" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/JID.2015.203" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998295v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S10875-015-0147-3" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998280v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/PNAS.1517578112" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998291v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Hamon" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Combadiere" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Boissonnas" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/52476" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01310477v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Loyher" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Licata" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.07847" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998316v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/JOURNAL.PONE.0115508" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998312v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rehan Villani" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/JID.2014.78" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998326v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Bou-Gharios" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/EXD.12068" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998328v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Prignon" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Avril" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boitier" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aractingi" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/J.1468-3083.2012.04550.X" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PQS4P3L6-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998322v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Hodgson" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brett Hollier" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/JID.2012.368" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01586918v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Auvynet" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behazine Combadi&#232;re" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Combadi&#232;re" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1593/neo.121866" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998319v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glen Boyle" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blake Ferguson" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Engwerda" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/JID.2013.9" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998761v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.AJPATH.2011.11.011" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998788v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cochain" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vilar" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Recalde" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Richart" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/CVR/CVQ153" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998780v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998792v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Dorgham" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ata Ghadiri" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Hermand" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1189/JLB.0308158" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998794v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hallani" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ducray" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Idbaih" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Marie" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/01.WNL.0000341277.74885.EC" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998805v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Guedj" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Bourillon" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Combadi&#232;res" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dieud&#233;" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/HUMU.20823" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00311574v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Raoul" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Keller" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Behar-Cohen" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Sennlaub" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneuroim.2008.04.014" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998813v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Potteaux" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tabassome Simon" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline P&#233;zard" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCULATIONAHA.107.745091" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301138v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Marie" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Coudert" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmeline Blondet" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Mokhtari" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1200/JCO.2008.17.2833" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998836v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Rodero" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Descamps" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Aegerter" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vitoux" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.JDERMSCI.2006.11.007" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GM84K36W-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998827v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Idbaih" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Boisselier" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufiane El Hallani" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sanson" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.CANCERGENCYTO.2007.06.010" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SGBKG5PZ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00310509v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cancergencyto.2007.06.010" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00176389v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Feumi" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI31692" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998842v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S11060-007-9416-1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-785M1KBG-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998852v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Nadif" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Mintz" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Rivasfuentes" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Jedlicka" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Lavergne" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.CYTO.2006.01.001" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00127760v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Nadif" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Mintz" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Rivas-Fuentes" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jedlicka" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cyto.2006.01.001" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05120654v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rj Moreau" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;m Ouldali" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alexandra Alyanakian" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03252308v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bolko Lo&#239;s" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Anquetil" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solene Maillard" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073715v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saskia Veldkamp" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Reugebrink" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanne Evers" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Moreau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bondet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/rheumatology/keaf227" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04989751v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaofeng Zhu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Didry-Barca" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Seabra" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gillian Rice" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Uggenti" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1474-4422(24)00526-X" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05296335v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Fournier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Sugrue" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Welfringer-Morin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Quartier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jdv.70059" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05120578v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Bader-Meunier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Aeschlimann" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-J&#233;rome Authier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Charuel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/rheumatology/keaf214" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073726v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Schmidt" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Maillet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darragh Duffy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Mouthon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/art.43226" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296051v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Tragin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine A Degrelle" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Periou" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Barnerias" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells14120939" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370892v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Bletry" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Ramos" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/rheumatology/keaf549" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04989745v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;s Bolko" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Anquetil" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Llibre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Maillard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Amelin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2025.1529582" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05468185v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louna Mossino" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Ch&#226;tre" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Poinsot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Rodero" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nioche" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cmdc.202500746" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04788271v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bense" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jid.2024.09.020" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695751v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Cescato" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yixiang y J Zhu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Le Corre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte F Py" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Georgin-Lavialle" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells13161365" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182567v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fayand" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Terr&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Wacheux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaci.2023.07.006" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137977v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Hentgen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Posseme" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Lacout" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Picard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaci.2023.06.004" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03683669v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu P Rodero" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Pelleau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Melki" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10875-021-01119-y" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800753v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Im&#232;ne Dabbak" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois J&#233;r&#244;me Authier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bodemer" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/rheumatology/keac107" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736663v4" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Lepelley" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Della Mina" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika van Nieuwenhove" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Waumans" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Fraitag" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20201560" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367619v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Hou" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Durrleman" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/art.41625" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03236464v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Le Voyer" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Gitiaux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-J&#233;r&#244;me Authier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/rheumatology/keab116" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367653v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamina Hamel" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Mauvais" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Madrange" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Renard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lebreton" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xcrm.2021.100370" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03236276v2" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu P. Rodero" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bost" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Decalf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cyto.2021.155533" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358792v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bastard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Gervais" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Rosain" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Philippot" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciimmunol.abl4340" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367639v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takaki Asano" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Boisson" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Onodi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Matuozzo" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciimmunol.abl4348" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996412v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gillian I. Rice" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sehoon Park" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Gavazzi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Adang" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loveline Ayuk" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/HUMU.23975" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367600v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Depp" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Badrock" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41588-020-00737-3" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02376263v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Bekaddour" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Nusbaum" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Hubas" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/rheumatology/kez508" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996391v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara de Luca" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanick Crow" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Rod&#233;ro" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/CGE.13761" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996419v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurancia Vina Stefia" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James D Lee" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jatin Patel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silmara Rodrigues de Sousa" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Legrand" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.JID.2020.02.027" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996379v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gies" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Dieudonn&#233;" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Guffroy" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Frenger" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/FIMMU.2020.01409" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996404v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Smith" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barry Mccoll" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anirudh Patir" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Barrington" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Armishaw" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S00401-020-02137-7" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02383120v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Devilliers" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/rheumatology/kez525" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996388v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lien van Eyck" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Bruni" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ronan" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tracy Briggs" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Roscioli" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/S-0039-3400979" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02119258v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gratia" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Conrad" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Bou Samra" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu L Maurin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20181329" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02282954v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Belot" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/art.41096" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02282952v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nika&#239;a Smith" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasser Ruiz-Blanco" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aav9019" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01880218v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hunt" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/57421" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996479v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Hernandez" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huie Jing" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanwir Habib" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/JEM.20180628" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01974160v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Meyzer" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;m Bouazza" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Hully" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boddaert" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1056/NEJMc1810983" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996486v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James K.W. Lee" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Paul Rodero" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Moi" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Mazzieri" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/FJ.201700773R" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01620313v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Latroche" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Weiss-Gayet" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/art.40328" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01819244v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Ladislau" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Su&#225;rez-Calvet" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Toquet" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Landon-Cardinal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awy105" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996499v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyse Ruaud" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Cabrol" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette C Piard" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/HUMU.23554" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01768950v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Tesser" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Bartok" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-017-01932-3" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01534232v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Louise Fr&#233;mond" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/art.40122" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908851v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tracy A. Briggs" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10875-016-0359-1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996512v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NI.3765" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996541v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Rose" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.JACI.2016.10.031" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996523v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Amsellem" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shariq Abid" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Poupel" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Parpaleix" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1165/RCMB.2016-0201OC" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996538v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Jenkinson" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Kasher" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NG0217-317B" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01534181v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20161451" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996529v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elke Seppanen" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ho Yi Wong" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCULATIONAHA.116.024754" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998264v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Uettwiller" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sarrabay" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Rice" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Lagrue" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/RMDOPEN-2015-000236" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996562v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria T&#252;ngler" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadja K&#246;nig" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia G&#252;nther" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerstin Engel" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/ANNRHEUMDIS-2016-210565" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911048v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Jeremiah" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jeziorski" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaci.2016.07.015" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998255v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fr&#233;mond" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. van Eyck" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Crow" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Neven" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.JID.2016.06.028" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996808v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.S. Lee" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Moi" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Patel" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mazzieri" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.JID.2016.06.571" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996563v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/JEM.20161596" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998268v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James R Lee" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiarash Khosrotehrani" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/EXD.12833" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998260v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casey Rowe" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Tang" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Celia B. Hughes" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryrose Malt" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/IJC.30085" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996805v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Oojageer" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NG.3661" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998295v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S10875-015-0147-3" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998277v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herlina Handoko" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Konrad Muller" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graeme Walker" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/JID.2015.203" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998280v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/PNAS.1517578112" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998291v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Hamon" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Combadiere" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Boissonnas" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/52476" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01310477v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Loyher" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Licata" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.07847" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998312v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rehan Villani" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/JID.2014.78" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998316v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/JOURNAL.PONE.0115508" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998322v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Hodgson" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brett Hollier" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/JID.2012.368" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01586918v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Auvynet" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behazine Combadi&#232;re" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Combadi&#232;re" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1593/neo.121866" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998319v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glen Boyle" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blake Ferguson" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Engwerda" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/JID.2013.9" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998328v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Prignon" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Avril" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boitier" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aractingi" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/J.1468-3083.2012.04550.X" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PQS4P3L6-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998326v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Bou-Gharios" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/EXD.12068" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998761v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.AJPATH.2011.11.011" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998788v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cochain" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vilar" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Recalde" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Richart" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/CVR/CVQ153" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998780v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998792v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Dorgham" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ata Ghadiri" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Hermand" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1189/JLB.0308158" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998794v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hallani" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ducray" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Idbaih" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Marie" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/01.WNL.0000341277.74885.EC" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998813v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Potteaux" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tabassome Simon" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline P&#233;zard" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCULATIONAHA.107.745091" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00311574v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Raoul" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Keller" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Behar-Cohen" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Sennlaub" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneuroim.2008.04.014" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301138v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Marie" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Coudert" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmeline Blondet" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Mokhtari" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1200/JCO.2008.17.2833" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998805v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Guedj" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Bourillon" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Combadi&#232;res" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dieud&#233;" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/HUMU.20823" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998827v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Idbaih" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Boisselier" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufiane El Hallani" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sanson" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.CANCERGENCYTO.2007.06.010" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SGBKG5PZ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998836v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Rodero" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Descamps" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Aegerter" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vitoux" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.JDERMSCI.2006.11.007" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GM84K36W-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00310509v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cancergencyto.2007.06.010" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00176389v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Feumi" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI31692" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998842v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S11060-007-9416-1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-785M1KBG-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998852v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Nadif" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Mintz" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Rivasfuentes" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Jedlicka" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Lavergne" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.CYTO.2006.01.001" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00127760v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Nadif" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Mintz" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Rivas-Fuentes" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jedlicka" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cyto.2006.01.001" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05120654v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rj Moreau" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;m Ouldali" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alexandra Alyanakian" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03252308v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bolko Lo&#239;s" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Anquetil" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solene Maillard" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>