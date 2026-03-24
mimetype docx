--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -100,161 +100,161 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, characterization and biological screening of N-heterocyclic carbene Ag(I) catalysts for aldehyde-amine-alkyne coupling reaction.</w:t>
+                <w:t xml:space="preserve">Palladium-NHC mediated telomerization of aromatic alcohols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Boubakri</w:t>
+                <w:t xml:space="preserve">Lorenzo Palio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Mnasri</w:t>
+                <w:t xml:space="preserve">L. Piglialepre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Ben Salah</w:t>
+                <w:t xml:space="preserve">Tiphaine Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Mansour</w:t>
+                <w:t xml:space="preserve">Clement Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Gürbüz</w:t>
+                <w:t xml:space="preserve">Isabelle Suisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cellular and Molecular Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, Cell Mol Biol (Noisy-le-grand), 71, pp.118-127. </w:t>
+              <w:t xml:space="preserve">Journal of Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, J. Catal., 445, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.14715/cmb/2025.71.5.16⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jcat.2025.116048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05164843v1</w:t>
+                <w:t xml:space="preserve">hal-05215579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of Functionalized Homoallylic Alcohols via a Salt‐Free Three‐Component Nickel‐Catalyzed Coupling Reaction</w:t>
               </w:r>
@@ -368,204 +368,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05520865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Palladium-NHC mediated telomerization of aromatic alcohols</w:t>
+                <w:t xml:space="preserve">Synthesis, characterization and biological screening of N-heterocyclic carbene Ag(I) catalysts for aldehyde-amine-alkyne coupling reaction.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorenzo Palio</w:t>
+                <w:t xml:space="preserve">L. Boubakri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Piglialepre</w:t>
+                <w:t xml:space="preserve">A. Mnasri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tiphaine Richard</w:t>
+                <w:t xml:space="preserve">D. Ben Salah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clement Dumont</w:t>
+                <w:t xml:space="preserve">L. Mansour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Suisse</w:t>
+                <w:t xml:space="preserve">N. Gürbüz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Catalysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, J. Catal., 445, </w:t>
+              <w:t xml:space="preserve">Cellular and Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Cell Mol Biol (Noisy-le-grand), 71, pp.118-127. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcat.2025.116048⟩</w:t>
+                <w:t xml:space="preserve">⟨10.14715/cmb/2025.71.5.16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05215579v1</w:t>
+                <w:t xml:space="preserve">hal-05164843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biological impact of Pd(II) complexes: Synthesis, crystal structure, Hirshfeld surface analysis, NCI-RDG, molecular docking, molecular dynamic simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Samia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Ben Salah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Yamina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -642,51 +642,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient nickel-catalysed telomerisation on glycerol carbonate: a new linker route for lignin functionalisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Abdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -694,51 +694,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Trivelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Dumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Green Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Green Chemistry, -, </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
@@ -766,191 +766,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04450061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pd-PEPPSI-type expanded ring N-heterocyclic carbene complexes: synthesis, characterization, and catalytic activity in Suzuki-Miyaura cross coupling</w:t>
+                <w:t xml:space="preserve">First direct Î±-allylation of carbonyl compounds using ruthenium catalysts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Alnasser</w:t>
+                <w:t xml:space="preserve">Aurelien Bethegnies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Saint Pol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Touj</w:t>
+                <w:t xml:space="preserve">Bouchaib Mouhsine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Alomar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">L. Mansour</w:t>
+                <w:t xml:space="preserve">C. Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Green chemistry letters and reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, Green Chem. Lett. Rev., 17, </w:t>
+              <w:t xml:space="preserve">Molecular Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Molecular Catalysis, 556, pp.113909. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/17518253.2024.2370268⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mcat.2024.113909⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05248074v1</w:t>
+                <w:t xml:space="preserve">hal-04604497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel Nonsymmetrically benzimidazolium salts and their silver (I)-N-heterocyclic carbene complexes: Synthesis, crystal structure, DFTstudies and anticancer activities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Ben Salah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. O. Zouaghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -958,51 +954,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Hassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Arfaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Mansour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganica Chimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Inorg. Chim. Acta, 574, </w:t>
@@ -1034,287 +1030,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05264832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Telomerization of butadiene with ethanol mediated by palladium N-heterocyclic carbene catalysts</w:t>
+                <w:t xml:space="preserve">Pd-PEPPSI-type expanded ring N-heterocyclic carbene complexes: synthesis, characterization, and catalytic activity in Suzuki-Miyaura cross coupling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Palio</w:t>
+                <w:t xml:space="preserve">S. Alnasser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Touj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Alomar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clement Dumont</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Suisse</w:t>
+                <w:t xml:space="preserve">L. Mansour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Catalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcat.2023.115216⟩</w:t>
+              <w:t xml:space="preserve">Green chemistry letters and reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Green Chem. Lett. Rev., 17, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17518253.2024.2370268⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04452029v1</w:t>
+                <w:t xml:space="preserve">hal-05248074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First direct Î±-allylation of carbonyl compounds using ruthenium catalysts</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Telomerization of butadiene with ethanol mediated by palladium N-heterocyclic carbene catalysts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bouchaib Mouhsine</w:t>
+                <w:t xml:space="preserve">L. Palio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Suisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Dumont</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Sauthier</w:t>
+                <w:t xml:space="preserve">S. P. Nolan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Catalysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, Molecular Catalysis, 556, pp.113909. </w:t>
+              <w:t xml:space="preserve">Journal of Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Journal of Catalysis, 429, </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mcat.2024.113909⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jcat.2023.115216⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04604497v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04452029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Al(O&amp;lt;i&amp;gt; i&amp;lt;/i&amp;gt; Pr)&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; as an effective catalyst for the enhancement of Meerwein- Ponndorf- Verley (MPV) reductions of Morita-Baylis-Hillman (MBH) cyclic alcohols</w:t>
               </w:r>
@@ -1339,51 +1339,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Elleuch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ayari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Mansour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1460,51 +1460,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lindsay Dorschner Pelcoq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arash Jamali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1581,51 +1581,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An efficient palladium catalyzed mizoroki-heck cross-coupling in water: synthesis, characterization and catalytic activities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bensalah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Mansour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1715,90 +1715,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel nonsymmetrically benzimidazolium salts and their silver (I)-N-heterocyclic carbene complexes: Synthesis, DFT study and Anticancer activities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Rahali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Boubakri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Gürbüz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Özdemir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Mansour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, J. Mol. Struct., 1321, </w:t>
@@ -1830,1099 +1830,1099 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05264547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sustainable and selective Ni-catalyzed allylation of 2-oxindoles and 2-coumaranones in batch and flow chemistry</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anthony Saint Pol</w:t>
+                <w:t xml:space="preserve">Plausible PEPPSI catalysts for direct C-H functionalization of five-membered heterocyclic bioactive motifs: synthesis, spectral, X-ray crystallographic characterizations and catalytic activity.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Bensalah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Mansour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdallah Karim</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Clement Dumont</w:t>
+                <w:t xml:space="preserve">N. Gurbuz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Özdemir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reaction Chemistry &amp; Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d3re00192j⟩</w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, RSC Adv, 13 (45), pp.31386-31410. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d3ra06334h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04273937v1</w:t>
+                <w:t xml:space="preserve">hal-04311682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient and Sustainable One-pot Synthesis of alpha-Carbonyl Homoallylic Alcohols from Benzaldehyde and Allylic Alcohols Using both NHC and Nickel Catalysts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmina Homrani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bouchaib Mouhsine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Bethegnies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yasmina Homrani</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Aurelien Bethegnies</w:t>
+                <w:t xml:space="preserve">Mohamed Amin El Amrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdallah Karim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ChemCatChem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 15 (10), pp.e202300038. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/cctc.202300038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04144631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catalytic hydroesterification of lignin: A versatile and efficient entry into fully biobased tunable materials</w:t>
+                <w:t xml:space="preserve">Complexation of Terpenes for the Production of New Antimicrobial and Antibiofilm Molecules and Their Encapsulation in Order to Improve Their Activities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruqaya Buhaibeh</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tiphaine Richard</w:t>
+                <w:t xml:space="preserve">Yousra El Fannassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régis M Gauvin</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Adem Gharsallaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Khelissa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Amin El Amrani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Suisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Green Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d2gc03708d⟩</w:t>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (17), pp.9854. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/app13179854⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04019857v1</w:t>
+                <w:t xml:space="preserve">hal-04771411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coordinative Chain Transfer Polymerization of Butadiene Using Nickel(II) Allyl Systems: A Straightforward Route to Branched Polybutadiene</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Catalytic hydroesterification of lignin: A versatile and efficient entry into fully biobased tunable materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Merle</w:t>
+                <w:t xml:space="preserve">Ruqaya Buhaibeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis M Gauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.macromol.3c01385⟩</w:t>
+              <w:t xml:space="preserve">Green Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 25 (5), pp.1842-1851. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d2gc03708d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04274125v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04019857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complexation of Terpenes for the Production of New Antimicrobial and Antibiofilm Molecules and Their Encapsulation in Order to Improve Their Activities</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Coordinative Chain Transfer Polymerization of Butadiene Using Nickel(II) Allyl Systems: A Straightforward Route to Branched Polybutadiene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catarina Garcia Bravo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yousra El Fannassi</w:t>
+                <w:t xml:space="preserve">Nicolas Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adem Gharsallaoui</w:t>
+                <w:t xml:space="preserve">Marc Bria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Khelissa</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Suisse</w:t>
+                <w:t xml:space="preserve">Julien de Winter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 13 (17), pp.9854. </w:t>
+              <w:t xml:space="preserve">Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Macromolecules, 56 (20), pp.8106-8115. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/app13179854⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.macromol.3c01385⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04771411v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04274125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plausible PEPPSI catalysts for direct C-H functionalization of five-membered heterocyclic bioactive motifs: synthesis, spectral, X-ray crystallographic characterizations and catalytic activity.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">D. Bensalah</w:t>
+                <w:t xml:space="preserve">Sustainable and selective Ni-catalyzed allylation of 2-oxindoles and 2-coumaranones in batch and flow chemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bouchaib Mouhsine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Saint Pol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdallah Karim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maël Penhoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Mansour</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">I. Özdemir</w:t>
+                <w:t xml:space="preserve">Clement Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, RSC Adv, 13 (45), pp.31386-31410. </w:t>
+              <w:t xml:space="preserve">Reaction Chemistry &amp; Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Reaction Chemistry &amp; Engineering, 8, pp.2549-2556. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d3ra06334h⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d3re00192j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04311682v1</w:t>
+                <w:t xml:space="preserve">hal-04273937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of palladium complexes containing benzimidazole core and their catalytic activities in direct C-H functionalization of five-membered heterocyclic bioactive motifs</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Palladium(ii)/N-heterocyclic carbene (NHC) catalyzed direct C-H arylation of heteroarenes with different aryl bromides and chlorides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bensalah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Mansour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Gurbuz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Ozdemir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2023.136885⟩</w:t>
+              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, New Journal of Chemistry, 47, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d3nj04209j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04547732v1</w:t>
+                <w:t xml:space="preserve">hal-04547735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Palladium(ii)/N-heterocyclic carbene (NHC) catalyzed direct C-H arylation of heteroarenes with different aryl bromides and chlorides</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthesis of palladium complexes containing benzimidazole core and their catalytic activities in direct C-H functionalization of five-membered heterocyclic bioactive motifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Touj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bensalah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Mansour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Gurbuz</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">I. Ozdemir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, New Journal of Chemistry, 47, </w:t>
+              <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Journal of Molecular Structure, 1297, </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d3nj04209j⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2023.136885⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04547735v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04547732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Copper-Catalyzed Asymmetric Hydroboration Reaction of Novel Methylene Isoindolinone Compounds through Microwave Irradiation and Their Antileishmanial and Antitoxoplasma Activities</w:t>
               </w:r>
@@ -3042,103 +3042,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Selective Nickel‐Catalyzed N ‐Allylation of C3‐Unprotected Indoles under Mild and Clean Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouchaib Mouhsine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdallah Karim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Saint Pol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Suisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Organic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 2022 (26), </w:t>
@@ -3362,51 +3362,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Loxq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Capet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Suisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Chimie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Comptes Rendus Chimie, 25, pp.125-135. </w:t>
@@ -3836,749 +3836,749 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04396126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Palladium catalyzed telomerization of bio-based polyols with atmospheric pressure bubbling butadiene</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthesis and crystal structure of a new chiral alpha-aminooxime nickel(II) complex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmina Homrani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deborah Peruzzo</w:t>
+                <w:t xml:space="preserve">Abdelaziz Dahdouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Drelon</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Suisse</w:t>
+                <w:t xml:space="preserve">Mohamed Amin El Mamrani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Loxq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Capet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Catalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mcat.2020.111369⟩</w:t>
+              <w:t xml:space="preserve">Acta crystallographica Section E : Crystallographic communications [2015-..]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Acta crystallographica Section E : Crystallographic communications [2015-..], 77, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1107/S2056989021010537⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04274756v1</w:t>
+                <w:t xml:space="preserve">hal-04125585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and crystal structure of a new chiral alpha-aminooxime nickel(II) complex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yasmina Homrani</w:t>
+                <w:t xml:space="preserve">Palladium catalyzed telomerization of bio-based polyols with atmospheric pressure bubbling butadiene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deborah Peruzzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelaziz Dahdouh</w:t>
+                <w:t xml:space="preserve">Mathieu Drelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Amin El Mamrani</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Frederic Capet</w:t>
+                <w:t xml:space="preserve">Andre Mortreux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Suisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta crystallographica Section E : Crystallographic communications [2015-..]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Acta crystallographica Section E : Crystallographic communications [2015-..], 77, </w:t>
+              <w:t xml:space="preserve">Molecular Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Molecular Catalysis, 502, pp.111369. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1107/S2056989021010537⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mcat.2020.111369⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04125585v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04274756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reductive Hydroformylation of Isosorbide Diallyl Ether</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Adrien Lopes</w:t>
+                <w:t xml:space="preserve">Efficient and Clean Nickel Catalyzed α‐Allylation Reaction of Nitriles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bouchaib Mouhsine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdallah Karim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Suisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/molecules26237322⟩</w:t>
+              <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Advanced Synthesis &amp; Catalysis, 363 (5), pp.1457-1462. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adsc.202001338⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03675976v1</w:t>
+                <w:t xml:space="preserve">hal-04313871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient and Clean Nickel Catalyzed α‐Allylation Reaction of Nitriles</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Suisse</w:t>
+                <w:t xml:space="preserve">Synthesis and Characterization of 3-Methylene Isoindolinones by Two Synthetic Routes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamida Jelali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamjed Mansour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jameel Al-Tamimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Deniau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Synthesis and Catalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adsc.202001338⟩</w:t>
+              <w:t xml:space="preserve">Polycyclic Aromatic Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Polycyclic Aromatic Compounds, pp.1-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10406638.2021.1971269⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04313871v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04548244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and Characterization of 3-Methylene Isoindolinones by Two Synthetic Routes</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Eric Deniau</w:t>
+                <w:t xml:space="preserve">Reductive Hydroformylation of Isosorbide Diallyl Ether</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Ternel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clothilde Buffe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Wiatz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polycyclic Aromatic Compounds</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Polycyclic Aromatic Compounds, pp.1-13. </w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 26 (23), pp.7322. </w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/10406638.2021.1971269⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/molecules26237322⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04548244v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03675976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The salt-free nickel-catalysed alpha-allylation reaction of ketones with allyl alcohol and diallylether</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouchaib Mouhsine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdallah Karim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4772,64 +4772,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enantioselective nickel catalyzed butadiene hydroalkoxylation with ethanol: from experimental results to kinetics parameters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Mifleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Suisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andre Mortreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5004,421 +5004,421 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02963037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catalytic dehydration of sorbitol to isosorbide in the presence of metal tosylate salts and metallized sulfonic resins</w:t>
+                <w:t xml:space="preserve">The palladium-catalyzed carboxytelomerization of butadiene with agrobased alcohols and polyols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corentin Dussenne</w:t>
+                <w:t xml:space="preserve">Emma Wilson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Drelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Suisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Wyart</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Christophe Penverne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Catalysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Molecular Catalysis, 463, pp.61-66. </w:t>
+              <w:t xml:space="preserve">ChemSusChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, ChemSusChem, </w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mcat.2018.11.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cssc.201900381⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02975383v1</w:t>
+                <w:t xml:space="preserve">hal-04329039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards selective syntheses of octadienylethers from the butadiene palladium-catalyzed telomerization with polyols in aqueous biphasic medium</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Catalytic dehydration of sorbitol to isosorbide in the presence of metal tosylate salts and metallized sulfonic resins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine S. Merel</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Corentin Dussenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Wyart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Wiatz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Suisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemCatChem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cctc.201802068⟩</w:t>
+              <w:t xml:space="preserve">Molecular Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Molecular Catalysis, 463, pp.61-66. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mcat.2018.11.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04325488v1</w:t>
+                <w:t xml:space="preserve">hal-02975383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The palladium-catalyzed carboxytelomerization of butadiene with agrobased alcohols and polyols</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId144" w:history="1">
+                <w:t xml:space="preserve">Towards selective syntheses of octadienylethers from the butadiene palladium-catalyzed telomerization with polyols in aqueous biphasic medium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Drelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine S. Merel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Mortreux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Suisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Sauthier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemSusChem</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, ChemSusChem, </w:t>
+              <w:t xml:space="preserve">ChemCatChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, ChemCatChem, 11, pp.1742-1746. </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/cssc.201900381⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cctc.201802068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04329039v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04325488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Palladium-Catalyzed Functionalization of Kraft Lignin: Ether Linkages through the Telomerization Reaction</w:t>
               </w:r>
@@ -5766,290 +5766,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02107989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La chimie en Région Hauts-de-France : Chimie de la biomasse</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthesis of isosorbide: an overview of challenging reactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Dussenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Kovensky</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Véronique Nardello-Rataj</w:t>
+                <w:t xml:space="preserve">Thierry Delaunay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Wiatz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Wyart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Suisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Green Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Green Chemistry, 19, pp.5332-5344. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C7GC01912B⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03834062v1</w:t>
+                <w:t xml:space="preserve">hal-04323232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of isosorbide: an overview of challenging reactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Corentin Dussenne</w:t>
+                <w:t xml:space="preserve">La chimie en Région Hauts-de-France : Chimie de la biomasse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Kovensky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Lebeuf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Len</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Delaunay</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Suisse</w:t>
+                <w:t xml:space="preserve">Eric Monflier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Nardello-Rataj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Green Chemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">L'Actualité Chimique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 40-45 ; http://www.lactualitechimique.org/Capteurs-et-suivi-sur-site-de-la-pollution-des-eaux</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04323232v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03834062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nickel-Catalyzed α-Allylation of Aldehydes and Tandem Aldol Condensation/Allylation Reaction with Allylic Alcohols</w:t>
               </w:r>
@@ -6165,64 +6165,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of C4 chain glyceryl ethers via nickel-catalyzed butadiene hydroalkoxylation reaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Mifleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andre Mortreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Suisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6453,51 +6453,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Salah Azizi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Edder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdallah Karim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6569,51 +6569,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Telomerization of 1,3-butadiene with glycerol carbonate and subsequent ring-opening lactone co-polymerization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Samir Ibn El Alami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Suisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Fadlallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6738,51 +6738,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ponchel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Monflier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ChemSusChem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 8 (12), pp.2133-2137. </w:t>
@@ -7000,51 +7000,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ponchel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Monflier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ChemSusChem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 7 (11), pp.3157-3163. </w:t>
@@ -7911,51 +7911,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lignin functionalization: toward a novel biobased epoxy resin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8000,459 +8000,459 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04402072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthèse d’alcools homoallyliques 1,4-disubstitués en une étape à l’aide d’un couplage à trois composants catalysés par le nickel</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maël Penhoat</w:t>
+                <w:t xml:space="preserve">Lignin functionalization: A novel pathway to biobased epoxy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Chausset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nord-Ouest Européennes des Jeunes Chercheurs (JNOEJC2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Villeneuve d'Ascq, France</w:t>
+              <w:t xml:space="preserve">2023 Icam International Research Days</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04390083v1</w:t>
+                <w:t xml:space="preserve">hal-04402078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lignin's functionalization - Application as bitumen replacement</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Lignin functionalization: road to a novel biobased epoxy resin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Clement Dumont</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ted Slaghek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lignocost</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2023, Reims, France</w:t>
+              <w:t xml:space="preserve">Mediterranean Congress of Chemical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Barcelone, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04160132v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04402102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lignin functionalization: road to a novel biobased epoxy resin</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Clément Dumont</w:t>
+                <w:t xml:space="preserve">Synthèse d’alcools homoallyliques 1,4-disubstitués en une étape à l’aide d’un couplage à trois composants catalysés par le nickel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Saint Pol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maël Penhoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Bethegnies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Chausset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mediterranean Congress of Chemical Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Barcelone, France</w:t>
+              <w:t xml:space="preserve">Journées Nord-Ouest Européennes des Jeunes Chercheurs (JNOEJC2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Villeneuve d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04402102v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04390083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lignin functionalization: A novel pathway to biobased epoxy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Lignin's functionalization - Application as bitumen replacement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Clément Dumont</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Gosselink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ted Slaghek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 Icam International Research Days</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Lignocost</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04402078v1</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04160132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of new TADF materials derivative of the 1,3,5-triazine molecule</w:t>
               </w:r>
@@ -8723,90 +8723,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative study of the allylation of oxindole and coumaranone in batch and continuous flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouchaib Mouhsine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Saint Pol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Abdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maël Penhoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8861,51 +8861,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nickel-based supported catalysts for the oligomerization of light olefins into jet fuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samy Aïssiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8937,407 +8937,407 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04160140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of new TADF materials derivative of the 1,3,5-triazine molecule</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ikbal Marghad</w:t>
+                <w:t xml:space="preserve">Functionalization of lignin for the preparation of agro-based materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nord-Ouest Européennes des Jeunes Chercheurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Caen, France</w:t>
+              <w:t xml:space="preserve">International Symposium on Green Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04160139v1</w:t>
+                <w:t xml:space="preserve">hal-04160128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lignin’s functionalization – Towards new biobased materials</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Suported nickel catalysts for the ethylene oligomerisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samy Aissiou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de Chimie de Coordination</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UCCS - U Lille, Apr 2022, Villeneuve-d'Ascq, France</w:t>
+              <w:t xml:space="preserve">Séminaire Projet Européen TAKE-OFF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Cologne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04399202v1</w:t>
+                <w:t xml:space="preserve">hal-04160120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suported nickel catalysts for the ethylene oligomerisation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigation of new TADF materials derivative of the 1,3,5-triazine molecule</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eyad Al Souki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ikbal Marghad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Samy Aissiou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Projet Européen TAKE-OFF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Cologne, France</w:t>
+              <w:t xml:space="preserve">Journées Nord-Ouest Européennes des Jeunes Chercheurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04160120v1</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04160139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functionalization of lignin for the preparation of agro-based materials</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Lignin’s functionalization – Towards new biobased materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Clement Dumont</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Green Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">Journées de Chimie de Coordination</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UCCS - U Lille, Apr 2022, Villeneuve-d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04160128v1</w:t>
+                <w:t xml:space="preserve">hal-04399202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allylation with allylic alcohols : The point of view of nickel catalysis</w:t>
               </w:r>
@@ -9386,122 +9386,148 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04160130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fonctionnalisation de la lignine pour la préparation de matériaux agro-sourcés</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Nickel catalyzed allylation reaction with allylic alcohols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bouchaib Mouhsine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Suisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdallah Karim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Jeunes Chercheurs Regards Interdisciplinaires sur l’économie circulaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Lille, France</w:t>
+              <w:t xml:space="preserve">Journées Nord-Ouest Européennes des Jeunes Chercheurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04160137v1</w:t>
+                <w:t xml:space="preserve">hal-04160124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catalyse couplée hétérogène/homogène: Synthèse et transformation du bio-butadiène pour la préparation d’éthers insaturés dérivés de polyols</w:t>
               </w:r>
@@ -9550,217 +9576,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03621397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nickel catalyzed allylation reaction with allylic alcohols</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Fonctionnalisation de la lignine pour la préparation de matériaux agro-sourcés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Dumont</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Abdallah Karim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nord-Ouest Européennes des Jeunes Chercheurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Online, France</w:t>
+              <w:t xml:space="preserve">Journée Jeunes Chercheurs Regards Interdisciplinaires sur l’économie circulaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04160124v1</w:t>
+                <w:t xml:space="preserve">hal-04160137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nickel catalyzed allylation reaction with allylic alcohols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouchaib Mouhsine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Suisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdallah Karim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9798,64 +9798,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fonctionnalisation de la lignine pour la préparation de matériaux agro-sourcés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10064,558 +10064,558 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03509386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catalyse / chimie organique et fonctionnalisation propre de lignines</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nouvelles avancées pour la synthèse d’éthers insaturés dérivés de polyols par transformation du butadiène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Drelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Suisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre Mortreux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Challenge AllEnvie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Journées Nord Ouest Européennes des Jeunes Chercheurs (JNOEJC) 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Villeneuve d'Acsq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03507390v1</w:t>
+                <w:t xml:space="preserve">hal-03508508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fonctionnalisation catalytique de lignine</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Catalyse / chimie organique et fonctionnalisation propre de lignines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nord Ouest Européennes des Jeunes Chercheurs (JNOEJC) 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Villeneuve d'Acsq, France</w:t>
+              <w:t xml:space="preserve">Challenge AllEnvie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03508494v1</w:t>
+                <w:t xml:space="preserve">hal-03507390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réaction d’allylation en alpha de cétone catalysée au nickel</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Suisse</w:t>
+                <w:t xml:space="preserve">Fonctionnalisation catalytique de lignine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Belva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis M. Gauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nord Ouest Européennes des Jeunes Chercheurs (JNOEJC) 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Villeneuve d'Acsq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03508518v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03508494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelles avancées pour la synthèse d’éthers insaturés dérivés de polyols par transformation du butadiène</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Réaction d’allylation en alpha de cétone catalysée au nickel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bouchaib Mouhsine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Mérel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Suisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andre Mortreux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nord Ouest Européennes des Jeunes Chercheurs (JNOEJC) 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Villeneuve d'Acsq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03508508v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03508518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nickel catalyzed allylation reactions with allylic alcohols and dienes</w:t>
+                <w:t xml:space="preserve">Nickel Catalyzed Allylation reactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th International Conference on Organometallic Chemistry (ICOMC-2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Florence, Italy</w:t>
+              <w:t xml:space="preserve">NMRCat Workshop Univ. Lille-Univ. Ghent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Villeneuve d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03507965v1</w:t>
+                <w:t xml:space="preserve">hal-03507322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nickel Catalyzed Allylation reactions</w:t>
+                <w:t xml:space="preserve">Nickel catalyzed allylation reactions with allylic alcohols and dienes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NMRCat Workshop Univ. Lille-Univ. Ghent</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Villeneuve d'Ascq, France</w:t>
+              <w:t xml:space="preserve">28th International Conference on Organometallic Chemistry (ICOMC-2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03507322v1</w:t>
+                <w:t xml:space="preserve">hal-03507965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Addition carbonylante d'acides boroniques sur des alcynes : une méthode d'obtention de cétones α,β-insaturées</w:t>
               </w:r>
@@ -10906,178 +10906,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00107330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rhodium catalysed 1,4 carbonylative addition of arylboronic acids to α,β-unsaturated kenones</w:t>
+                <w:t xml:space="preserve">Well-defined silica-supported lanthanide amides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yves Castanet</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis M. Gauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Mortreux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Delevoye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrés SFC- Eurochem</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2005, Nancy, France</w:t>
+              <w:t xml:space="preserve">Congrès SFC Eurochem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00107285v1</w:t>
+                <w:t xml:space="preserve">hal-00097723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catalytic synthesis of pyridylarylketones and enantioselective hydrogenation into chiral alcohols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eddy Maerten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Castanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francine Agbossou-Niedercorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11092,165 +11105,152 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">OMCOS 13, 17 –21 juillet 2005, Genève</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2005, Genève, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00106770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Well-defined silica-supported lanthanide amides</w:t>
+                <w:t xml:space="preserve">Rhodium catalysed 1,4 carbonylative addition of arylboronic acids to α,β-unsaturated kenones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Regis M. Gauvin</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Castanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Mortreux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Delevoye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès SFC Eurochem</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Nancy, France</w:t>
+              <w:t xml:space="preserve">Congrés SFC- Eurochem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2005, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00097723v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00107285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -11281,51 +11281,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface nickel complexes as models for heterogeneous oligomerization catalysts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samy Aïssiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11376,51 +11376,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface nickel complexes as models for heterogeneous oligomerization catalysts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samy Aïssiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11497,64 +11497,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Saint Pol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mael Penhoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouchaib Mouhsine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdallah Karim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESOC 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Ghent (BE), Belgium</w:t>
@@ -11583,51 +11583,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lignin’s functionalization – Towards new biobased materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11704,51 +11704,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samy Aïssiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catarina Garcia-Bravo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Zinck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11793,191 +11793,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04160136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrofonctionnalisation de 3-méthylène isoindolinones métallo-catalysée. Application à la synthèse de molécules anti-bactériennes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Caractérisations, Synthèses et propriétés catalytiques de complexes de Palladium et Molybdène coordinés par des ligands amino-oximes dérivés du (R)-limonène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmina Homrani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Loxq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Sauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Suisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tiphaine Dedours</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Eric Deniau</w:t>
+                <w:t xml:space="preserve">Mohamed Amine Al Amrani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nord Ouest Européennes des Jeunes Chercheurs (JNOEJC) 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Mont Saint Aignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03509952v1</w:t>
+                <w:t xml:space="preserve">hal-03509893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valorisation de la biomasse – Nouveaux matériaux à base de lignine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Dumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LilloProjets</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Villeneuve d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11996,217 +11996,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03509614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisations, Synthèses et propriétés catalytiques de complexes de Palladium et Molybdène coordinés par des ligands amino-oximes dérivés du (R)-limonène</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pauline Loxq</w:t>
+                <w:t xml:space="preserve">Hydrofonctionnalisation de 3-méthylène isoindolinones métallo-catalysée. Application à la synthèse de molécules anti-bactériennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Dedours</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamida Jelali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Amine Al Amrani</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Deniau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nord Ouest Européennes des Jeunes Chercheurs (JNOEJC) 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Mont Saint Aignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03509893v1</w:t>
+                <w:t xml:space="preserve">hal-03509952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réaction d’allylation de cétones et nitriles catalysée par des complexes de nickel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouchaib Mouhsine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Suisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Karim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12289,51 +12289,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catalytic access to anhydrohexitols and their isomerization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Sauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Suisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Popowycz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12742,51 +12742,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05164843v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Boubakri" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mnasri" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ben Salah" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mansour" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. G&#252;rb&#252;z" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14715/cmb/2025.71.5.16" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520865v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Saint Pol" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Roger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Mifleur" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Loxq" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Chausset&#8208;boissarie" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.70183" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05215579v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Palio" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Piglialepre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Richard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Dumont" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Suisse" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2025.116048" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05264717v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Samia" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Yamina" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. O. Zouaghi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Arfaoui" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2025.122691" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04450061v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Abdallah" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Trivelli" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Sauthier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3gc03511e" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05248074v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alnasser" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Touj" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alomar" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17518253.2024.2370268" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05264832v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hassen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2024.122398" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04452029v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Palio" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. P. Nolan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2023.115216" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04604497v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Bethegnies" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchaib Mouhsine" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dumont" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcat.2024.113909" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05264528v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Sindi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Elleuch" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ayari" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2024.138950" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724308v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Dorschner Pelcoq" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Dumont" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arash Jamali" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13399-024-06133-9" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05164454v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bensalah" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nevi&#775;n G&#252;rb&#252;z" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. &#195; Zdemir" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.poly.2024.116932" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05264547v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rahali" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. &#214;zdemir" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2024.139947" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04273937v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Karim" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Penhoat" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3re00192j" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04144631v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Homrani" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amin El Amrani" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.202300038" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019857v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruqaya Buhaibeh" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis M Gauvin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2gc03708d" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04274125v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catarina Garcia Bravo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Merle" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bria" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien de Winter" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.3c01385" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771411v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yousra El Fannassi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adem Gharsallaoui" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Khelissa" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app13179854" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04311682v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gurbuz" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3ra06334h" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04547732v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2023.136885" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04547735v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ozdemir" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3nj04209j" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04273129v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jellali" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Amri" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. E. Mukhrish" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. S. Al Nasr" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. S. Koko" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.3c02362" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396117v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202200042" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396122v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamida Jelali" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Al Nasr" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waleed Koko" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tariq Khan" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Deniau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jhet.4396" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04068695v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Homrani" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. El Amrani" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Loxq" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Capet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.142" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396120v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Boubakri" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Chakchouk-Mtiba" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Naouali" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Mellouli" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamjed Mansour" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00958972.2022.2060745" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04303213v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naceur Hamdi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10406638.2020.1809468" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396126v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadeq Al-Hazmy" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jameel Al-Tamimi" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2022/6577185" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04274756v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Peruzzo" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Drelon" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Mortreux" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcat.2020.111369" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04125585v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Dahdouh" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amin El Mamrani" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2056989021010537" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03675976v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Ternel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lopes" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Buffe" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Wiatz" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26237322" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04313871v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.202001338" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04548244v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10406638.2021.1971269" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04323253v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9gc03619a" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04312599v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Gueret" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Pelinski" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Till Bousquet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ferey" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.0c01759" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04272735v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10562-020-03267-z" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02963037v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Gosset" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Moncomble" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pellegrini" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.202000071" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02975383v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Dussenne" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Wyart" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcat.2018.11.004" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04325488v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine S. Merel" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201802068" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04329039v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Wilson" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Penverne" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.201900381" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107985v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis M. Gauvin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Belva" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.201800123" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03173034v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedra Touj" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah S. Al-Ayed" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Halim Harrath" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8RA08897G" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107989v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.201802017" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03834062v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Kovensky" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Lebeuf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Len" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Monflier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Nardello-Rataj" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04323232v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Delaunay" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7GC01912B" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263277v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bernhard" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brodie Thomson" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.201703486" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03184714v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcata.2016.11.022" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0VDGTPWL-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04554387v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Blieck" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Salah Azizi" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Persyn" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201501556" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XB6SL8GH-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04555885v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Edder" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201600500" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-H947FWLF-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843414v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Samir Ibn El Alami" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Fadlallah" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Visseaux" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2015.11.008" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681342v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pruvost" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Boulanger" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien L&#233;ger" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ponchel" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.201403397" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-M7TPHR1Q-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142277v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Bonin" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Xavier Felpin" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201300865" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1J0KVSCX-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681334v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.201402584" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WHFR4T0M-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044256v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Wahl" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Philipson" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bonin" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Mortreux" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo3026143" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107238v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chochois" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Maerten" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Castanet" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.200609.035" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112037v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105906v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Leclercq" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bricout" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.200404229" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BV774PV4-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107067v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Sueur" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200500337" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-W01014BJ-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05059705v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Bouchetara" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Nouri" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghinwa El Hajj Sleiman" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahfoud Tahlaiti" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Koubaa" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402072v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04390083v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Chausset" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04160132v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Gosselink" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ted Slaghek" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402102v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402078v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402128v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eyad Al Souki" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikbal Marghad" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402124v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402095v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Simon" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04400214v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Abdallah" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04160140v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy A&#239;ssiou" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04160139v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399202v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04160120v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Aissiou" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04160128v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04160130v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04160137v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03621397v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04160124v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04160118v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04160141v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03487072v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03509386v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Lebrun" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03507390v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03508494v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Belva" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03508518v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine M&#233;rel" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03508508v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03507965v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03507322v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107340v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dheur" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107286v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107330v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107285v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00106770v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Agbossou-Niedercorn" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097723v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis M. Gauvin" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Delevoye" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402395v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402378v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402284v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mael Penhoat" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04160131v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04160136v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catarina Garcia-Bravo" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Zinck" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03509952v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Dedours" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03509614v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03509893v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Al Amrani" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03509907v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Karim" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543793v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Popowycz" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Moebs-Sanchez" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;wenn Jacolot" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.rsc.org/books/edited-volume/1545/chapter-abstract/1005734/Catalytic-access-to-anhydrohexitols-and-their?redirectedFrom=fulltext" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/9781839164538-00305" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04555174v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bonnet" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chenal" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Huret" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Gauvin" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05215579v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Palio" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Piglialepre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Richard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Dumont" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Suisse" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2025.116048" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520865v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Saint Pol" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Roger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Mifleur" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Loxq" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Chausset&#8208;boissarie" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.70183" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05164843v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Boubakri" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mnasri" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ben Salah" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mansour" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. G&#252;rb&#252;z" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14715/cmb/2025.71.5.16" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05264717v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Samia" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Yamina" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. O. Zouaghi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Arfaoui" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2025.122691" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04450061v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Abdallah" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Trivelli" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Sauthier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3gc03511e" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04604497v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Bethegnies" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchaib Mouhsine" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dumont" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcat.2024.113909" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05264832v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hassen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ica.2024.122398" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05248074v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alnasser" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Touj" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Alomar" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17518253.2024.2370268" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04452029v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Palio" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. P. Nolan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2023.115216" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05264528v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Sindi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Elleuch" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ayari" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2024.138950" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724308v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Dorschner Pelcoq" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Dumont" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arash Jamali" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13399-024-06133-9" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05164454v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bensalah" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nevi&#775;n G&#252;rb&#252;z" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. &#195; Zdemir" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.poly.2024.116932" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05264547v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Rahali" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. &#214;zdemir" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2024.139947" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04311682v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gurbuz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3ra06334h" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04144631v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Homrani" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amin El Amrani" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Karim" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.202300038" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771411v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yousra El Fannassi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adem Gharsallaoui" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Khelissa" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app13179854" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019857v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruqaya Buhaibeh" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis M Gauvin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2gc03708d" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04274125v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catarina Garcia Bravo" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Merle" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bria" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien de Winter" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.3c01385" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04273937v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Penhoat" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3re00192j" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04547735v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ozdemir" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3nj04209j" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04547732v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2023.136885" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04273129v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jellali" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Amri" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. E. Mukhrish" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. S. Al Nasr" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. S. Koko" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.3c02362" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396117v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202200042" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396122v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamida Jelali" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Al Nasr" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waleed Koko" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tariq Khan" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Deniau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jhet.4396" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04068695v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Homrani" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. El Amrani" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Loxq" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Capet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.142" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396120v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Boubakri" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahlem Chakchouk-Mtiba" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Naouali" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Mellouli" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamjed Mansour" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00958972.2022.2060745" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04303213v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naceur Hamdi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10406638.2020.1809468" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396126v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadeq Al-Hazmy" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jameel Al-Tamimi" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2022/6577185" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04125585v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Dahdouh" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amin El Mamrani" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2056989021010537" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04274756v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Peruzzo" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Drelon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Mortreux" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcat.2020.111369" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04313871v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.202001338" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04548244v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10406638.2021.1971269" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-03675976v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Ternel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lopes" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Buffe" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Wiatz" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26237322" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04323253v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9gc03619a" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04312599v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Gueret" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Pelinski" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Till Bousquet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ferey" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.0c01759" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04272735v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10562-020-03267-z" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02963037v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Gosset" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Moncomble" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pellegrini" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.202000071" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04329039v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Wilson" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Penverne" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.201900381" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02975383v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Dussenne" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Wyart" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcat.2018.11.004" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04325488v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine S. Merel" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201802068" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107985v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis M. Gauvin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Belva" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.201800123" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03173034v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedra Touj" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah S. Al-Ayed" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Halim Harrath" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8RA08897G" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107989v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.201802017" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04323232v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Delaunay" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7GC01912B" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03834062v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Kovensky" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Lebeuf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Len" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Monflier" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Nardello-Rataj" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263277v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bernhard" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brodie Thomson" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ange.201703486" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03184714v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcata.2016.11.022" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0VDGTPWL-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04554387v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Blieck" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Salah Azizi" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Persyn" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201501556" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XB6SL8GH-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04555885v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Edder" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201600500" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-H947FWLF-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843414v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Samir Ibn El Alami" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Fadlallah" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Visseaux" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crci.2015.11.008" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681342v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pruvost" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Boulanger" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien L&#233;ger" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ponchel" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.201403397" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-M7TPHR1Q-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142277v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Bonin" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-Xavier Felpin" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.201300865" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1J0KVSCX-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681334v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.201402584" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WHFR4T0M-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02044256v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Wahl" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Philipson" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bonin" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Mortreux" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jo3026143" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107238v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chochois" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Maerten" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Castanet" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.200609.035" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112037v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105906v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Leclercq" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bricout" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adsc.200404229" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BV774PV4-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107067v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Sueur" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200500337" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-W01014BJ-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05059705v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Bouchetara" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Nouri" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghinwa El Hajj Sleiman" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahfoud Tahlaiti" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Koubaa" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402072v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402078v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402102v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04390083v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Chausset" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04160132v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Gosselink" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ted Slaghek" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402128v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eyad Al Souki" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikbal Marghad" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402124v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402095v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Simon" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04400214v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Abdallah" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04160140v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy A&#239;ssiou" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04160128v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04160120v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Aissiou" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04160139v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399202v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04160130v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04160124v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03621397v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04160137v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04160118v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04160141v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03487072v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03509386v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Lebrun" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03508508v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03507390v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03508494v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Belva" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03508518v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine M&#233;rel" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03507322v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03507965v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107340v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dheur" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107286v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107330v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097723v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis M. Gauvin" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Delevoye" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00106770v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Agbossou-Niedercorn" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107285v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402395v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402378v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402284v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mael Penhoat" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04160131v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04160136v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catarina Garcia-Bravo" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Zinck" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03509893v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Al Amrani" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03509614v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03509952v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Dedours" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03509907v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Karim" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543793v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Popowycz" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Moebs-Sanchez" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;wenn Jacolot" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.rsc.org/books/edited-volume/1545/chapter-abstract/1005734/Catalytic-access-to-anhydrohexitols-and-their?redirectedFrom=fulltext" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/9781839164538-00305" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04555174v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bonnet" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chenal" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Huret" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Gauvin" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>