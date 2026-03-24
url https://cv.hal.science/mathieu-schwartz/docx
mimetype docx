--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -614,2123 +614,2123 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Ability of Basic and Glycosylated Proline-Rich Proteins to Protect Oral Enzymes from Polyphenol Inhibition</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mariam Muradova</w:t>
+                <w:t xml:space="preserve">Nasal xenobiotic metabolizing enzymes: at the crossroads of toxicity, detoxification, and olfaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Neiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Poirier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jeanne Chaloyard</w:t>
+                <w:t xml:space="preserve">Mathieu Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Kornbausch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Corda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Hackenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.5c00821⟩</w:t>
+              <w:t xml:space="preserve">Chemical Senses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 50, pp.bjaf063. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/chemse/bjaf063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05203028v1</w:t>
+                <w:t xml:space="preserve">hal-05459238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unravelling Wood Extractive Resistance in Phanerochaete chrysosporium Through Random Mutagenesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Duy Vuong Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie‐laure Ancel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Rezer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Castinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 27 (12), pp.21000-21008. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/1462-2920.70205⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05459218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nasal xenobiotic metabolizing enzymes: at the crossroads of toxicity, detoxification, and olfaction</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Morgane Corda</w:t>
+                <w:t xml:space="preserve">The Ability of Basic and Glycosylated Proline-Rich Proteins to Protect Oral Enzymes from Polyphenol Inhibition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alena Proskura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Muradova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephan Hackenberg</w:t>
+                <w:t xml:space="preserve">Nicolas Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoria Ilina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Chaloyard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Senses</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 50, pp.bjaf063. </w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 73 (33), pp.21000-21008. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/chemse/bjaf063⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.5c00821⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05459238v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05203028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of New Models of Oral Mucosa to Investigate the Impact of the Structure of Transmembrane Mucin-1 on the Mucosal Pellicle Formation and Its Physicochemical Properties</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microbial β C-S Lyases: Enzymes with Multifaceted Roles in Flavor Generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jade Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alena Proskura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Nivet</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Aline Bonnotte</w:t>
+                <w:t xml:space="preserve">Mélanie Lelièvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomedicines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/biomedicines12010139⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 25 (12), pp.6412. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms25126412⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04395339v1</w:t>
+                <w:t xml:space="preserve">hal-04642563v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and Thermodynamic Insights into Dimerization Interfaces of Drosophila Glutathione Transferases</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Lirussi</w:t>
+                <w:t xml:space="preserve">Crystallization and Preliminary X-ray Diffraction Study of a Putative β-glycosidase from the Oral Bacteria &amp;lt;i&amp;gt;Prevotella sp.&amp;lt;/i&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Muradova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jade Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alena Proskura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lirussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/biom14070758⟩</w:t>
+              <w:t xml:space="preserve">Crystallography Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 69 (4), pp.507-512. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1134/s1063774523601442⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04642588v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04737369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystallization and Preliminary X-ray Diffraction Study of a Putative β-glycosidase from the Oral Bacteria &amp;lt;i&amp;gt;Prevotella sp.&amp;lt;/i&amp;gt;</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mariam Muradova</w:t>
+                <w:t xml:space="preserve">Structural Analysis of the &amp;lt;i&amp;gt;Drosophila melanogaster&amp;lt;/i&amp;gt; GSTome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Petiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Poirier</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">F. Lirussi</w:t>
+                <w:t xml:space="preserve">Mathieu Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Delarue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Senet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Neiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crystallography Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1134/s1063774523601442⟩</w:t>
+              <w:t xml:space="preserve">Biomolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (7), pp.759. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biom14070759⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04737369v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04642590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural Analysis of the &amp;lt;i&amp;gt;Drosophila melanogaster&amp;lt;/i&amp;gt; GSTome</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Structural and Thermodynamic Insights into Dimerization Interfaces of Drosophila Glutathione Transferases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Petiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Neiers</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Chaloyard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Senty-Segault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lirussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biomolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 14 (7), pp.759. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/biom14070759⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 14 (7), pp.758. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biom14070758⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04642590v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04642588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correction: Rare predicted loss-of-function variants of type I IFN immunity genes are associated with life-threatening COVID-19</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development of New Models of Oral Mucosa to Investigate the Impact of the Structure of Transmembrane Mucin-1 on the Mucosal Pellicle Formation and Its Physicochemical Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Nivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irma Custovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Avoscan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floris Bikker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniela Matuozzo</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Jeremy Manry</w:t>
+                <w:t xml:space="preserve">Aline Bonnotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13073-023-01278-0⟩</w:t>
+              <w:t xml:space="preserve">Biomedicines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (1), pp.139. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biomedicines12010139⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04888426v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04395339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">&amp;lt;i&amp;gt;Rattus norvegicus&amp;lt;/i&amp;gt; Glutathione Transferase Omega 1 Localization in Oral Tissues and Interactions with Food Phytochemicals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Poirier</w:t>
+                <w:t xml:space="preserve">Correction: Rare predicted loss-of-function variants of type I IFN immunity genes are associated with life-threatening COVID-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Matuozzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Talouarn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astrid Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peng Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Ménétrier</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Heydel</w:t>
+                <w:t xml:space="preserve">Jeremy Manry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.4c00483⟩</w:t>
+              <w:t xml:space="preserve">Genome Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (1), pp.6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13073-023-01278-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04493038v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04888426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microbial β C-S Lyases: Enzymes with Multifaceted Roles in Flavor Generation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">&amp;lt;i&amp;gt;Rattus norvegicus&amp;lt;/i&amp;gt; Glutathione Transferase Omega 1 Localization in Oral Tissues and Interactions with Food Phytochemicals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ménétrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jade Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alena Proskura</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Boichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Lelièvre</w:t>
+                <w:t xml:space="preserve">Jean-Marie Heydel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 25 (12), pp.6412. </w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 72 (11), pp.5887-5897. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms25126412⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.4c00483⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04642563v2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04493038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of human oxidoreductases involved in aldehyde odorant metabolism</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Structure–activity analysis suggests an olfactory function for the unique antennal delta glutathione transferase of &amp;lt;i&amp;gt;Apis mellifera&amp;lt;/i&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Boichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Muradova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Menetrier</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Francis Canon</w:t>
+                <w:t xml:space="preserve">Pablo Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Senet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-023-31769-4⟩</w:t>
+              <w:t xml:space="preserve">FEBS Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 597 (24), pp.3038-3048. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/1873-3468.14770⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04080823v1</w:t>
+                <w:t xml:space="preserve">hal-04329230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural insights into the interactions of glutathione transferases with a nitric oxide carrier and sodium nitroprusside</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Role of Insect and Mammal Glutathione Transferases in Chemoperception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Morel-Rouhier</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Boichot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Fraichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Muradova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Senet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbrc.2023.01.099⟩</w:t>
+              <w:t xml:space="preserve">Biomolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (2), pp.322. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biom13020322⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03985658v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04011738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unlocking Flavor Potential Using Microbial β-Glucosidases in Food Processing</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Structural insights into the interactions of glutathione transferases with a nitric oxide carrier and sodium nitroprusside</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Perrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Beurton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavien Zannini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Morel-Rouhier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/foods12244484⟩</w:t>
+              <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 649, pp.79-86. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbrc.2023.01.099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04395322v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03985658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of Insect and Mammal Glutathione Transferases in Chemoperception</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Unlocking Flavor Potential Using Microbial β-Glucosidases in Food Processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Muradova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alena Proskura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Canon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irina Aleksandrova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Patrick Senet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/biom13020322⟩</w:t>
+              <w:t xml:space="preserve">Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (24), pp.4484. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/foods12244484⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04011738v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04395322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure–activity analysis suggests an olfactory function for the unique antennal delta glutathione transferase of &amp;lt;i&amp;gt;Apis mellifera&amp;lt;/i&amp;gt;</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterization of human oxidoreductases involved in aldehyde odorant metabolism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Boichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mariam Muradova</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Menetrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Saliou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Fournier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patrick Senet</w:t>
+                <w:t xml:space="preserve">Frederic Lirussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Canon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEBS Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 597 (24), pp.3038-3048. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (1), pp.4876. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/1873-3468.14770⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-023-31769-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04329230v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04080823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of aldehyde dehydrogenases and aldo-keto reductases in human olfactory peri-receptor events</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Boichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ménétrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Michel Saliou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lirussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Canon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Senses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 48, pp.bjad029.01</w:t>
@@ -2759,103 +2759,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rare predicted loss-of-function variants of type I IFN immunity genes are associated with life-threatening COVID-19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Matuozzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Talouarn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astrid Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peng Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Manry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genome Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 15 (1), pp.22. </w:t>
@@ -2887,1670 +2887,1670 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04425905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expression Patterns of Drosophila Melanogaster Glutathione Transferases</w:t>
+                <w:t xml:space="preserve">Nasal Odorant Competitive Metabolism Is Involved in the Human Olfactory Process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Gonis</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Fraichard</w:t>
+                <w:t xml:space="preserve">Aline Robert-Hazotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Chertemps</w:t>
+                <w:t xml:space="preserve">Philippe Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ménétrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Hecker</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Mireille Folia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insects</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 13 (7), pp.612. </w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 70 (27), pp.8385-8394. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/insects13070612⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.2c02720⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03728127v1</w:t>
+                <w:t xml:space="preserve">hal-03728119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of perireceptor events in flavor perception</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Metabolism of Cysteine Conjugates and Production of Flavor Sulfur Compounds by a Carbon–Sulfur Lyase from the Oral Anaerobe Fusobacterium nucleatum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Neiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Gourrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Canon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Food Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/frfst.2022.989291⟩</w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 70 (32), pp.9969-9979. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.2c01727⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03934249v1</w:t>
+                <w:t xml:space="preserve">hal-03753716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of human salivary enzymes in bitter taste perception</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Expression Patterns of Drosophila Melanogaster Glutathione Transferases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Gonis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Fraichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Chertemps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Hecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Yunmeng Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 386, pp.132798. </w:t>
+              <w:t xml:space="preserve">Insects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (7), pp.612. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2022.132798⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/insects13070612⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03712655v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03728127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolism of Cysteine Conjugates and Production of Flavor Sulfur Compounds by a Carbon–Sulfur Lyase from the Oral Anaerobe Fusobacterium nucleatum</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The role of perireceptor events in flavor perception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Boichot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Muradova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Nivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alena Proskura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Heydel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.2c01727⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Food Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2, pp.989291. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/frfst.2022.989291⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03753716v1</w:t>
+                <w:t xml:space="preserve">hal-03934249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nasal Odorant Competitive Metabolism Is Involved in the Human Olfactory Process</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Role of human salivary enzymes in bitter taste perception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Brignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aline Robert-Hazotte</w:t>
+                <w:t xml:space="preserve">Gilles Feron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Faure</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Franck Ménétrier</w:t>
+                <w:t xml:space="preserve">Thomas Hummel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mireille Folia</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Schwartz</w:t>
+                <w:t xml:space="preserve">Yunmeng Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 70 (27), pp.8385-8394. </w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 386, pp.132798. </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.2c02720⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2022.132798⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03728119v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03712655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oral enzymatic detoxification system: Insights obtained from proteome analysis to understand its potential impact on aroma metabolization</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">The Relationship Between Salivary Redox, Diet, and Food Flavor Perception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Neiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Feron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Canon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comprehensive Reviews in Food Science and Food Safety</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1541-4337.12857⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 7, pp.612735. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnut.2020.612735⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03388853v1</w:t>
+                <w:t xml:space="preserve">hal-03171649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perspectives on astringency sensation: An alternative hypothesis on the molecular origin of astringency</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+                <w:t xml:space="preserve">Impact of oral microbiota on flavor perception: From food processing to in-mouth metabolization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Canon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Feron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Neiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amparo Gamero</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.0c07474⟩</w:t>
+              <w:t xml:space="preserve">Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (9), pp.2006. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/foods10092006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03173490v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03329685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of oral microbiota on flavor perception: From food processing to in-mouth metabolization</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+                <w:t xml:space="preserve">Perspectives on astringency sensation: An alternative hypothesis on the molecular origin of astringency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Canon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Belloir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bourillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Brignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Briand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Foods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/foods10092006⟩</w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 69 (13), pp.3822-3826. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.0c07474⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03329685v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03173490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity of Omega Glutathione Transferases in mushroom-forming fungi revealed by phylogenetic, transcriptomic, biochemical and structural approaches</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Oral enzymatic detoxification system: Insights obtained from proteome analysis to understand its potential impact on aroma metabolization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Annegret Kohler</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Neiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Heydel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Muñoz-González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fungal Genetics and Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fgb.2020.103506⟩</w:t>
+              <w:t xml:space="preserve">Comprehensive Reviews in Food Science and Food Safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 20 (6), pp.5516-5547. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1541-4337.12857⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03143927v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03388853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Relationship Between Salivary Redox, Diet, and Food Flavor Perception</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Diversity of Omega Glutathione Transferases in mushroom-forming fungi revealed by phylogenetic, transcriptomic, biochemical and structural approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Perrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Deroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Girardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annegret Kohler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 7, pp.612735. </w:t>
+              <w:t xml:space="preserve">Fungal Genetics and Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 148, pp.103506. </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fnut.2020.612735⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.fgb.2020.103506⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03171649v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03143927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions between odorants and glutathione transferases in the human olfactory cleft</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Is there a role for tau glutathione transferases in tetrapyrrole metabolism and retrograde signalling in plants?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Sylvestre-Gonon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Girardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Hecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Rouhier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Senses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/chemse/bjaa055⟩</w:t>
+              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 375 (1801), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rstb.2019.0404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02917092v1</w:t>
+                <w:t xml:space="preserve">hal-02890959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is there a role for tau glutathione transferases in tetrapyrrole metabolism and retrograde signalling in plants?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Interactions between odorants and glutathione transferases in the human olfactory cleft</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Hecker</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Menetrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Heydel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Rouhier</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Evelyne Chavanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 375 (1801), </w:t>
+              <w:t xml:space="preserve">Chemical Senses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 45 (8), pp.645-654. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rstb.2019.0404⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/chemse/bjaa055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02890959v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02917092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activités oxydo-réductrices dans la salive : modulation par l’alimentation et importance pour la perception sensorielle des aliments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Neiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Feron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Canon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de Nutrition et de Diététique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 55 (4), pp.184-196. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4578,965 +4578,965 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02904080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The structure of Trametes versicolor glutathione transferase Omega 3S bound to its conjugation product glutathionyl-phenethylthiocarbamate reveals plasticity of its active site</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Functional, Structural and Biochemical Features of Plant Serinyl-Glutathione Transferases.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Sylvestre-Gonon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Law</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillermo Mulliert</w:t>
+                <w:t xml:space="preserve">Kevin Robe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éric Gelhaye</w:t>
+                <w:t xml:space="preserve">Olivier Keech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Protein Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 28 (6), pp.1143-1150. </w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.608. </w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/pro.3620⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2019.00608⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02311418v1</w:t>
+                <w:t xml:space="preserve">hal-02139339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional, Structural and Biochemical Features of Plant Serinyl-Glutathione Transferases.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elodie Sylvestre-Gonon</w:t>
+                <w:t xml:space="preserve">The structure of Trametes versicolor glutathione transferase Omega 3S bound to its conjugation product glutathionyl-phenethylthiocarbamate reveals plasticity of its active site</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Law</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Schwartz</w:t>
+                <w:t xml:space="preserve">Melanie Morel-Rouhier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Robe</w:t>
+                <w:t xml:space="preserve">Guillermo Mulliert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Keech</w:t>
+                <w:t xml:space="preserve">Éric Gelhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 10, pp.608. </w:t>
+              <w:t xml:space="preserve">Protein Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 28 (6), pp.1143-1150. </w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpls.2019.00608⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/pro.3620⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02139339v1</w:t>
+                <w:t xml:space="preserve">hal-02311418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trametes versicolor glutathione transferase Xi 3, a dual Cys-GST with catalytic specificities of both Xi and Omega classes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Molecular recognition of wood polyphenols by phase II detoxification enzymes of the white rot Trametes versicolor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Roret</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Melanie Morel-Rouhier</w:t>
+                <w:t xml:space="preserve">Emmanuel Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Dumarçay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEBS Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/1873-3468.13224⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), pp.8472. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-26601-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01959634v1</w:t>
+                <w:t xml:space="preserve">hal-01843732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fungal Glutathione Transferases as Tools to Explore the Chemical Diversity of Amazonian Wood Extractives</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+                <w:t xml:space="preserve">Trametes versicolor glutathione transferase Xi 3, a dual Cys-GST with catalytic specificities of both Xi and Omega classes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Salzet</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Deroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Dumarcay</w:t>
+                <w:t xml:space="preserve">Thomas Roret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melanie Morel-Rouhier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 6 (10), pp.13078-13085. </w:t>
+              <w:t xml:space="preserve">FEBS Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 592 (18), pp.3163-3172. </w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acssuschemeng.8b02636⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/1873-3468.13224⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02492224v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01959634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular recognition of wood polyphenols by phase II detoxification enzymes of the white rot Trametes versicolor</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Fungal Glutathione Transferases as Tools to Explore the Chemical Diversity of Amazonian Wood Extractives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Perrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Aubert</w:t>
+                <w:t xml:space="preserve">Fanny Saiag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Dumarçay</w:t>
+                <w:t xml:space="preserve">Guillaume Salzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédérique Favier</w:t>
+                <w:t xml:space="preserve">Stéphane Dumarcay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 8 (1), pp.8472. </w:t>
+              <w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6 (10), pp.13078-13085. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-26601-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acssuschemeng.8b02636⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01843732v1</w:t>
+                <w:t xml:space="preserve">hal-02492224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystal Structure of Saccharomyces cerevisiae ECM4, a Xi-Class Glutathione Transferase that Reacts with Glutathionyl-(hydro)quinones</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Structural view of fungal glutathionyl-hydroquinone reductases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Didierjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Perrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Hecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Morel-Rouhier</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Gelhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 11 (10), pp.e0164678. </w:t>
+              <w:t xml:space="preserve">Acta Crystallographica Section A : Foundations and Advances [2014-..]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 72 (a1), pp.s226 - s226. </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0164678⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1107/S205327331609656X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01539425v1</w:t>
+                <w:t xml:space="preserve">hal-01549101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural view of fungal glutathionyl-hydroquinone reductases</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Crystal Structure of Saccharomyces cerevisiae ECM4, a Xi-Class Glutathione Transferase that Reacts with Glutathionyl-(hydro)quinones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Didierjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Hecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Éric Gelhaye</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Girardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Morel-Rouhier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Crystallographica Section A : Foundations and Advances [2014-..]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 72 (a1), pp.s226 - s226. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (10), pp.e0164678. </w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1107/S205327331609656X⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0164678⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01549101v1</w:t>
+                <w:t xml:space="preserve">hal-01539425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (20)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5548,945 +5548,945 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volatile sulfur compounds oral release from aroma precursors and the emerging role of bacterial C-S lyases</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">Methods for evaluating astringency in food products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Lelièvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Muradova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Poirier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ruben Ladeira</w:t>
+                <w:t xml:space="preserve">Mathieu Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Canon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alena Proskura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FLAVOURsome Satellite Event at Food Oral Processing Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05459451v1</w:t>
+                <w:t xml:space="preserve">hal-05459704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The oral microbiome and its role in sensory perception and food choices</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jeanne Chaloyard</w:t>
+                <w:t xml:space="preserve">Volatile sulfur compounds oral release from aroma precursors and the emerging role of bacterial C-S lyases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jade Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Lelièvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Folia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruben Ladeira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FLAVOURsome and FlavourFerm - COST Workshop "Flavour frontiers: Science, Culture and Innovation in Fermentation"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Brussels (Belgium), Belgium</w:t>
+              <w:t xml:space="preserve">FLAVOURsome Satellite Event at Food Oral Processing Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05459644v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05459451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of the oral microbiome in sensory perception</w:t>
+                <w:t xml:space="preserve">The oral microbiome and its role in sensory perception and food choices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariam Muradova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Canon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ménétrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Chaloyard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The FRANCE-JAPAN JOINT SYMPOSIUM 2025 in KUMAMOTO "Advancing France-Japan Collaboration in Food and Agritech"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Kumamoto, Japan</w:t>
+              <w:t xml:space="preserve">FLAVOURsome and FlavourFerm - COST Workshop "Flavour frontiers: Science, Culture and Innovation in Fermentation"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Brussels (Belgium), Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05459672v1</w:t>
+                <w:t xml:space="preserve">hal-05459644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methods for evaluating astringency in food products</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The role of the oral microbiome in sensory perception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariam Muradova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Canon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alena Proskura</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ménétrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Chaloyard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FLAVOURsome Satellite Event at Food Oral Processing Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Valencia, Spain</w:t>
+              <w:t xml:space="preserve">The FRANCE-JAPAN JOINT SYMPOSIUM 2025 in KUMAMOTO "Advancing France-Japan Collaboration in Food and Agritech"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Kumamoto, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05459704v1</w:t>
+                <w:t xml:space="preserve">hal-05459672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enzymatic release of volatile sulfur compounds in-mouth and the role of oral microbiota C-S lyases in food perception</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jade Moreno</w:t>
+                <w:t xml:space="preserve">Innovative Approaches to Astringency Evaluation in Plant Proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Lelièvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noemie Hermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Poirier</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">F. Neiers</w:t>
+                <w:t xml:space="preserve">Mathieu Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alena Proskura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Muradova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th Weurman Flavour Research Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Wageningen, Netherlands</w:t>
+              <w:t xml:space="preserve">FLAVOURsome Satellite Event at 17th Weurman Flavour Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Wageningen (NL), Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05459499v1</w:t>
+                <w:t xml:space="preserve">hal-05459573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of oral bacterial glycosidases in human flavor perception</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Schwartz</w:t>
+                <w:t xml:space="preserve">Enzymatic release of volatile sulfur compounds in-mouth and the role of oral microbiota C-S lyases in food perception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jade Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Lelièvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Canon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Neiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FLAVOURsome Satellite Event at 17th Weurman Flavour Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Wageningen (NL), France</w:t>
+              <w:t xml:space="preserve">17th Weurman Flavour Research Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Wageningen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05459599v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05459499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovative Approaches to Astringency Evaluation in Plant Proteins</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Lelièvre</w:t>
+                <w:t xml:space="preserve">Role of oral bacterial glycosidases in human flavor perception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Muradova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alena Proskura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liudmila Nadtochii</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noemie Hermann</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Denis Baranenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mariam Muradova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FLAVOURsome Satellite Event at 17th Weurman Flavour Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2024, Wageningen (NL), Netherlands</w:t>
+              <w:t xml:space="preserve">, Sep 2024, Wageningen (NL), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05459573v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05459599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perception of weeds and their ecosystem (dis)services by farmers, advisors, experimenters and researchers in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Cordeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st workshop of the EWRS working group 'Weed Vegetation and Biodiversity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Weed Research Society (EWRS), May 2023, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6511,103 +6511,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding the in-mouth release of aroma sulfur compounds from food precursors and the role of microbial C-S lyases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jade Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Canon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Neiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. international Meet on food science and technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6632,103 +6632,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glutathione Transferase Xi: Structural insights into a class of enzymes conserved in fungi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Deroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Gelhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Hecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd Transnational Redox Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Vandoeuvre -les-Nancy, France</w:t>
@@ -6751,835 +6751,835 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04482713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolism of flavor sulfur precursors by the oral microbiota</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Molecules of the flavor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Neiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Poirier</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Heydel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Boichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Canon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. Neiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Science Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Valence, Spain</w:t>
+              <w:t xml:space="preserve">IATA Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Instituto de Agroquímica y Tecnología de Alimentos, Jun 2022, Valence, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03829017v1</w:t>
+                <w:t xml:space="preserve">hal-03827290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flavour from the molecules to the behaviour</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId116" w:history="1">
+                <w:t xml:space="preserve">Metabolism of flavor sulfur precursors by the oral microbiota</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Boichot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Canon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Neiers</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Francis Canon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Science Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Valence, Spain</w:t>
+              <w:t xml:space="preserve">IATA Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Instituto de Agroquímica y Tecnología de Alimentos, Jun 2022, Valence, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03828980v1</w:t>
+                <w:t xml:space="preserve">hal-03827341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-mouth metabolism and production of flavor sulfur compounds by oral microbiota enzymes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Gourrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Canon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Neiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FCT2022 International Conference on Food chemistry and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03986310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of oxidoreductase enzymes in olfactory perireceptor events</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boichot Valentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ménétrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Canon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Neiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Science Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Valence, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03819414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecules of the flavor</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId116" w:history="1">
+                <w:t xml:space="preserve">Flavour from the molecules to the behaviour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Neiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Heydel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boichot Valentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Canon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IATA Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Instituto de Agroquímica y Tecnología de Alimentos, Jun 2022, Valence, Spain</w:t>
+              <w:t xml:space="preserve">Food Science Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Valence, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03827290v1</w:t>
+                <w:t xml:space="preserve">hal-03828980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolism of flavor sulfur precursors by the oral microbiota</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Boichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Canon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Neiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IATA Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Instituto de Agroquímica y Tecnología de Alimentos, Jun 2022, Valence, Spain</w:t>
+              <w:t xml:space="preserve">Food Science Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Valence, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03827341v1</w:t>
+                <w:t xml:space="preserve">hal-03829017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of human metabolizing enzymes in food perception</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Boichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ménétrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Heydel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Canon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FORTHEM Food Science Lab Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Palermo, Italy</w:t>
@@ -7621,64 +7621,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards the identification of novel metal- or thiol-based regulated proteins in plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Dhalleine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavien Zannini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda de Bont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7746,51 +7746,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are the ubiquitous mitochondrial glutaredoxin-like proteins of 12 kDa (MGP12) true glutaredoxins?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Dhalleine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Quinternet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7858,77 +7858,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactions between wood polyphenols and detoxification enzymes of the white rot Trametes versicolor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Dumarcay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8134,359 +8134,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05204300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of oral bacterial glycosidases in human flavor perception</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Purification and functional characterization of three human salivary proline-rich proteins involved in astringency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alena Proskura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariam Muradova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alena Proskura</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Poirier</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+                <w:t xml:space="preserve">Mathieu Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Canon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Heydel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The International Symposium on Olfaction and Taste (ISOT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Reykjavík, Iceland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04771642v1</w:t>
+                <w:t xml:space="preserve">hal-04771592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Purification and functional characterization of three human salivary proline-rich proteins involved in astringency</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Role of oral bacterial glycosidases in human flavor perception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Muradova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alena Proskura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Canon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Heydel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The International Symposium on Olfaction and Taste (ISOT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Reykjavík, Iceland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04771592v1</w:t>
+                <w:t xml:space="preserve">hal-04771642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rôle du microbiote oral dans la métabolisation de divers précurseurs aromatiques soufrés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jade Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Lelièvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Canon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Neiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PIA4 « Excellences » HARMI: HARnessing MIcrobiomes for sustainable development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Dole, France</w:t>
@@ -8528,90 +8528,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of aldehyde dehydrogenases and aldo-keto reductases on human olfactory peri-receptor events</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Boichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ménétrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Saliou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lirussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Canon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">45. annual meeting - association for chemoreception sciences (AChemS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Bonita Springs, Florida, United States. </w:t>
@@ -8640,103 +8640,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mucin MUC1: a key protein in oral physiology and the molecular mechanisms of sensory perception of astringency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Nivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irma Čustović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bourillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32. international congress of the european-chemoreception-research-organization (ECRO)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Berlin, Germany</w:t>
@@ -8759,303 +8759,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03772072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a new in vitro model of oral mucosa to investigate a new hypothesis on the molecular origin of astringency</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Is there a role for salivary detoxification enzymes in taste perception?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31. international congress of the european-chemoreception-research-organization (ECRO)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Cascais, Portugal. </w:t>
+              <w:t xml:space="preserve">16. Weurman Flavour Research Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Dijon, France. , 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03772071v1</w:t>
+                <w:t xml:space="preserve">hal-03342772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is there a role for salivary detoxification enzymes in taste perception?</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Development of a new in vitro model of oral mucosa to investigate a new hypothesis on the molecular origin of astringency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Nivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irma Čustović</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lesniewska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bourillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Brignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. Weurman Flavour Research Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Dijon, France. , 2021</w:t>
+              <w:t xml:space="preserve">31. international congress of the european-chemoreception-research-organization (ECRO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Cascais, Portugal. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03342772v1</w:t>
+                <w:t xml:space="preserve">hal-03772071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biochemical and structural characterization of A. thaliana glutathione transferases from the tau class</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Sylvestre-Gonon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Didierjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Dubos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rouhier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thiol-based switches and redox regulation – from microbes to men</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Sant Feliu de Guixols, Spain</w:t>
@@ -9084,103 +9084,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystallographic and biochemical study of glutathione transferase Omega 3S from Trametes versicolor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Favier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédérique Favier</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Stéphane Dumarcay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Gelhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. FesBioNet Training School</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Grenoble, France</w:t>
@@ -9209,103 +9209,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural evidences of flavonoid-binding glutathione transferases in Trametes versicolor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Dumarçay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melanie Morel-Rouhier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Gelhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">50th International School of Crystallography, Integrative Structural Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Erice (Sicile), France</w:t>
@@ -9347,130 +9347,130 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural view of fungal glutathionyl-hydroquinone reductases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Didierjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Perrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Hecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Gelhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30. European Crystallographic Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Basel, Switzerland. </w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wiley-Blackwell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Acta crystallographica. Section A, Foundations of crystallography, A72, 1 p., 2016, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1107/S205327331609656X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743022v1</w:t>
@@ -9481,103 +9481,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystallographic Study of a Xi-class Glutathione Transferase from Trametes versicolor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Deroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Gelhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Didierjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Favier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd redox meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Vandoeuvre lès Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9634,103 +9634,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is there a role for salivary detoxification enzymes in taste perception?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Chavanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Feron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Hummel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021, Proceedings of the 16. Weurman flavour research symposium, </w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -9793,90 +9793,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-mouth metabolism of flavor compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Neiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Feron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Canon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Elisabeth Guichard; Christian Salles. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Flavor: From Food to Behaviors, Wellbeing and Health, Second edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Chapter 3, , pp.87-101, 2023, 978-0-323-89903-1. </w:t>
@@ -9946,51 +9946,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diversité structurale des Glutathion Transférases fongiques des classes Oméga et Xi et identification de leurs ligands par des approches cristallographiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cristallographie. Université de Lorraine, 2018. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2018LORR0124⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -10049,51 +10049,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Présentation de l'INRAE, du CSGA et du métier de chercheur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">École thématique. Puttelange-aux-lacs, France. 2023, 41 diapositives</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10201,51 +10201,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="590999A9"/>
+    <w:nsid w:val="11D859D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10432,51 +10432,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathieu-schwartz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2670-5274" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/230806929" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05514870v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Boichot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Chaloyard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gourrat" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Moreno" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Saliou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2026.148324" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05481558v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Muradova" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alena Proskura" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Senty-Segault" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Ilina" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5c13712" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05497537v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Neiers" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derya Alkan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atefeh Amiri-Rigi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Brand&#227;o" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Ellouze" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2026.118377" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05203028v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Poirier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5c00821" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05459218v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Noel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duy Vuong Nguyen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;laure Ancel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Rezer" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Castinel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.70205" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05459238v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Schwartz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Kornbausch" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Corda" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Hackenberg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chemse/bjaf063" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04395339v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Nivet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irma Custovic" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Avoscan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floris Bikker" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bonnotte" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines12010139" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04642588v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Petiot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lirussi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom14070758" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04737369v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lirussi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/s1063774523601442" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04642590v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Delarue" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Senet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom14070759" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888426v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Matuozzo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Talouarn" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Marchal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Zhang" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Manry" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13073-023-01278-0" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493038v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck M&#233;n&#233;trier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Heydel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.4c00483" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04642563v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Leli&#232;vre" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms25126412" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04080823v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Menetrier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lirussi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Canon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-31769-4" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03985658v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Perrot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Beurton" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Zannini" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Morel-Rouhier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2023.01.099" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04395322v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Aleksandrova" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods12244484" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04011738v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fraichard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom13020322" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04329230v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Fournier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1873-3468.14770" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473519v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Saliou" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04425905v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13073-023-01173-8" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03728127v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gonis" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chertemps" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Hecker" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects13070612" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03934249v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frfst.2022.989291" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03712655v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Brignot" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Feron" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hummel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunmeng Zhu" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.132798" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03753716v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Neiers" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.2c01727" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03728119v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Robert-Hazotte" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faure" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Folia" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.2c02720" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03388853v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Charles" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Mu&#241;oz-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1541-4337.12857" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03173490v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Belloir" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bourillot" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Briand" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.0c07474" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03329685v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amparo Gamero" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10092006" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143927v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Deroy" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Girardet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annegret Kohler" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fgb.2020.103506" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03171649v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2020.612735" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02917092v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Chavanne" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chemse/bjaa055" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02890959v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Sylvestre-Gonon" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rouhier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2019.0404" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904080v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2020.06.004" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02311418v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Morel-Rouhier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Mulliert" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Gelhaye" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pro.3620" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139339v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Law" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Robe" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Keech" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2019.00608" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01959634v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Roret" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1873-3468.13224" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492224v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Saiag" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Salzet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dumarcay" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.8b02636" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01843732v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Aubert" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dumar&#231;ay" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Favier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-26601-3" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01539425v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Didierjean" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0164678" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549101v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S205327331609656X" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05459451v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Ladeira" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05459644v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05459672v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05459704v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05459499v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05459599v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liudmila Nadtochii" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Baranenko" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05459573v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Hermann" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04146574v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cordeau" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04464859v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482713v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03829017v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03828980v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boichot Valentin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03986310v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03819414v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03827290v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03827341v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03611500v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197988v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Dhalleine" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda de Bont" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Couturier" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197996v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Quinternet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Chagot" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Petre" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03127877v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Dumarcay" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Favier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05204300v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Montaz" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dev&#234;vre" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi H&#233;liot" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Darphin" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Cur&#233;" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04771642v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04771592v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04771730v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04095217v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03772072v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irma &#268;ustovi&#263;" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lesniewska" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03772071v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03342772v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318681v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dubos" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04482878v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04482882v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743022v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Didierjean" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://journals.iucr.org/a/issues/2016/a1/00/a54343/a54343.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482699v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03686461v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.5575005" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04002368v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-89903-1.00003-7" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01894523v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018LORR0124" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04464870v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathieu-schwartz" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2670-5274" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/230806929" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05514870v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Boichot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Chaloyard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gourrat" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Moreno" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Saliou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2026.148324" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05481558v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Muradova" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alena Proskura" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Senty-Segault" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Ilina" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5c13712" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05497537v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Neiers" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derya Alkan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atefeh Amiri-Rigi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Brand&#227;o" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Ellouze" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2026.118377" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05459238v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Schwartz" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Kornbausch" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Corda" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Hackenberg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chemse/bjaf063" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05459218v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Noel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duy Vuong Nguyen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;laure Ancel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Rezer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Castinel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.70205" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05203028v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Poirier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5c00821" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04642563v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Leli&#232;vre" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms25126412" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04737369v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lirussi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/s1063774523601442" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04642590v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Petiot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Delarue" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Senet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom14070759" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04642588v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lirussi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom14070758" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04395339v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Nivet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irma Custovic" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Avoscan" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floris Bikker" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bonnotte" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines12010139" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888426v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Matuozzo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Talouarn" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Marchal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Zhang" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Manry" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13073-023-01278-0" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493038v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck M&#233;n&#233;trier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Heydel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.4c00483" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04329230v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Fournier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1873-3468.14770" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04011738v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fraichard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom13020322" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03985658v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Perrot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Beurton" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Zannini" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Morel-Rouhier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2023.01.099" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04395322v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Canon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Aleksandrova" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods12244484" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04080823v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Menetrier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lirussi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-31769-4" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04473519v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Saliou" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04425905v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13073-023-01173-8" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03728119v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Robert-Hazotte" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faure" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Folia" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.2c02720" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03753716v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Neiers" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.2c01727" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03728127v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gonis" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chertemps" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Hecker" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/insects13070612" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03934249v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frfst.2022.989291" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03712655v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Brignot" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Feron" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hummel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunmeng Zhu" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.132798" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03171649v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2020.612735" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03329685v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amparo Gamero" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods10092006" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03173490v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Belloir" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bourillot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Briand" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.0c07474" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03388853v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Charles" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Mu&#241;oz-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1541-4337.12857" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143927v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Deroy" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Girardet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annegret Kohler" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fgb.2020.103506" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02890959v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Sylvestre-Gonon" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rouhier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2019.0404" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02917092v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Chavanne" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chemse/bjaa055" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904080v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2020.06.004" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139339v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Law" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Robe" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Keech" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2019.00608" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02311418v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Morel-Rouhier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Mulliert" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Gelhaye" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pro.3620" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01843732v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Aubert" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dumar&#231;ay" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Favier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-26601-3" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01959634v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Roret" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1873-3468.13224" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492224v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Saiag" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Salzet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dumarcay" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.8b02636" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549101v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Didierjean" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S205327331609656X" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01539425v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0164678" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05459704v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05459451v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Ladeira" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05459644v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05459672v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05459573v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Hermann" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05459499v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05459599v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liudmila Nadtochii" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Baranenko" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04146574v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cordeau" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04464859v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482713v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03827290v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03827341v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03986310v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03819414v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boichot Valentin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03828980v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03829017v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03611500v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197988v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Dhalleine" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda de Bont" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Couturier" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197996v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Quinternet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Chagot" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Petre" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03127877v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Dumarcay" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Favier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05204300v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Montaz" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dev&#234;vre" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi H&#233;liot" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Darphin" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Cur&#233;" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04771592v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04771642v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04771730v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04095217v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03772072v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irma &#268;ustovi&#263;" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lesniewska" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03342772v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03772071v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318681v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dubos" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04482878v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04482882v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743022v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Didierjean" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://journals.iucr.org/a/issues/2016/a1/00/a54343/a54343.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482699v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03686461v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.5575005" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04002368v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-89903-1.00003-7" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01894523v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018LORR0124" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04464870v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>