--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1020,161 +1020,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00947672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The terminal region of the E. coli chromosome localises at the periphery of the nucleoid</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A defined terminal region of the E. coli chromosome shows late segregation and high FtsK activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Deghorain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Pagès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Meile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Bouet</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Stouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Capiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Microbiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 11, pp.e22164</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04291172v1</w:t>
+                <w:t xml:space="preserve">hal-00666952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The terminal region of the E. coli chromosome localises at the periphery of the nucleoid.</w:t>
               </w:r>
@@ -1199,371 +1190,380 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Stouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Pages</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bouet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 11, pp.28. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/1471-2180-11-28⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00610866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Defined Terminal Region of the E. coli Chromosome Shows Late Segregation and High FtsK Activity</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The terminal region of the E. coli chromosome localises at the periphery of the nucleoid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Meile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Stouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hervé Capiaux</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Pages</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Bouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0022164⟩</w:t>
+              <w:t xml:space="preserve">BMC Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 11 (1), pp.28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2180-11-28⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04291168v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04291172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A defined terminal region of the E. coli chromosome shows late segregation and high FtsK activity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Defined Terminal Region of the E. coli Chromosome Shows Late Segregation and High FtsK Activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Deghorain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Deghorain</w:t>
+                <w:t xml:space="preserve">Carine Pagès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Meile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Stouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Pagès</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">H. Capiaux</w:t>
+                <w:t xml:space="preserve">Hervé Capiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 11, pp.e22164</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2011, 6 (7), pp.e22164. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0022164⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00666952v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04291168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1987,64 +1987,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Stouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Meile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Deghorain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Pages</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2057,247 +2057,247 @@
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Replication/repair and segregation of chromosomes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Freiburg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04324035v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude de la ségrégation de la région Terminale du chromosome d'Escherichia coli.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Stouf</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00947678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de la ségrégation de la région terminale du chromosome d'Escherichia coli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Stouf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université de Toulouse (Paul Sabatier), 2013. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">tel-04320676v1</w:t>
-              </w:r>
-[...92 lines deleted...]
-                <w:t xml:space="preserve">hal-00947678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId62"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -2452,51 +2452,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04671202v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuvaraj Bhoobalan-Chitty" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Stouf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05144201v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne De Paepe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgeed.2024.1495968" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04290981v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Kleckner" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Chatzi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin White" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jay Fisher" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.01469" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04291159v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Bouet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Lebailly" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cornet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mib.2014.09.013" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8L7T1G24-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04290991v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bates" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mib.2014.10.001" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117157v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Bouet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stouf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lebailly E." TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cornet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04291165v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Meile" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1304080110" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00947672v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04291172v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mercier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Pages" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2180-11-28" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00610866v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mercier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bouet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04291168v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Deghorain" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Pag&#232;s" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Capiaux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0022164" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666952v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Deghorain" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pag&#232;s" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Capiaux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324125v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324108v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Witz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324080v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324065v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324035v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04320676v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00947678v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04671202v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuvaraj Bhoobalan-Chitty" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Stouf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05144201v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne De Paepe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgeed.2024.1495968" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04290981v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Kleckner" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Chatzi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin White" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jay Fisher" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.01469" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04291159v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Bouet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Lebailly" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cornet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mib.2014.09.013" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8L7T1G24-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04290991v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bates" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mib.2014.10.001" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117157v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Bouet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stouf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lebailly E." TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cornet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04291165v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Meile" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1304080110" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00947672v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00666952v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Deghorain" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pag&#232;s" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Capiaux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00610866v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mercier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Pages" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bouet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2180-11-28" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04291172v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Mercier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04291168v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Deghorain" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Pag&#232;s" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Capiaux" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0022164" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324125v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324108v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Witz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324080v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324065v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324035v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00947678v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04320676v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>