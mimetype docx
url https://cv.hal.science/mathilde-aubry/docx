--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> mathilde Aubry </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mathilde-aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-5710-3412</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">16251753X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry est docteure en économie industrielle (Université de Caen). Depuis son entrée à l’Ecole de Management de Normandie en 2012, elle poursuit ses travaux sur les dynamiques économiques et industrielles. Ses centres d’intérêt sont notamment la gestion de l’innovation et l’entrepreneuriat. Elle est également responsable d’une chaire sur la transformation numérique et étudie, dans ce cadre, la manière dont l’introduction des outils numériques modifie les entreprises et leurs activités. Auteure de plusieurs publications et communications scientifiques autour de cette thématique, elle a par ailleurs participé à des contrats de recherche dans le domaine de la digitalisation. Sa bonne connaissance du territoire lui permet également de mobiliser des chercheurs et des experts capables de proposer, de discuter et de conduire des projets en lien avec la thématique de la Chaire.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écosystèmes, transformation numérique, entrepreneuriat et PME : une exploration bibliométrique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée Gomot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale PME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître, Numéro Spécial Écosystèmes entrepreneuriaux &amp; Transformation numérique à la Revue Internationale PME, 39 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05523792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework for transforming accounting and finance education amid digitalisation: professional roles, skills, and teaching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zouhour Ben Hamadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Fournès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Accounting Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-41. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09639284.2025.2557836⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05376737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversify Approaches to Better Understand the Compatibility of Artificial Intelligence and Sustainability: “I Love You… Me Neither”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Rychalski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Innovation Economics &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 44 (2), pp.1-21. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jie.044.0001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04679152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vertical Cooperation Stability in R&D Programs: A Game Theory Analysis of the Semiconductor Industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yihan Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technological Forecasting and Social Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 209, pp.123738. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.techfore.2024.123738⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04852219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les politiques publiques d’innovation à l’épreuve des plateformes digitales de transaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Burlaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Nadou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.213-245. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/inno.075.0213⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04643903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La prise en compte de la relation managériale dans l’attitude vis-à-vis de la vidéoprotection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Diard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Rychalski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en sciences de gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 160, pp.293-321. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/resg.160.0293⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04654293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformation digitale et performance des PME : une analyse bibliométrique pour comprendre et agir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée Gomot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Renaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale PME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 36 (2), pp.13 - 38. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1101642ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04878795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le contrat psychologique à l’épreuve du confinement imposé par la Covid-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Diard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Rychalski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Question(s) de Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 40 (3), pp.51-66. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/qdm.220.0051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03978084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring digitalisation in the agri-food sector and its paradoxes: Evidence from a comparative study with small French companies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ben Hamadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Condor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nazik Fadil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Fournes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies in Agricultural Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 124 (2), pp.44-58. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7896/j.2305⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04430806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’impact de la dématérialisation des contrats de travaux publics sur l’organisation interne des acteurs publics et privés et leurs interactions au sein d’un territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Loux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques et Management public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 38 (3), pp.299-329. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/pmp.38.2021.0018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03594206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’éducation entrepreneuriale au collège : développer un état d’esprit d’entreprendre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Hélène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprendre &amp; Innover</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 42-43, pp.22-36. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entin.042.0022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03217891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-sided platforms in B2B contexts : the role of affiliation costs and interdependencies in adoption decisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Loux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Baudoin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industrial Marketing Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 84, pp.212-223. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.indmarman.2019.07.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02376313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’investissement associatif des étudiants favorise leurs sentiments d’auto-efficacité entrepreneuriale et professionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Le Rouxel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprendre &amp; Innover</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 3 (42-43), pp.50-60. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entin.042.0050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03217901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurship, economic development,and institutional environment: evidence from OECD countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Abdesselam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of International Entrepreneurship</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 16 (4), pp.504-546. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10843-017-0214-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02937303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurship, Economic Development and Institutional Environment: Evidence from OECD countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Abdesselam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of International Entrepreneurship</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05031458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurship and the business cycle: the “Schumpeter” effect versus the “refugee” effect—a French appraisal based on regional data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Regional Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 54 (1), pp.23-55. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00168-014-0645-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01101962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cycle économique et comportement entrepreneurial sur données régionales françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 4, pp.643-675</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01116883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semiconductor industry cycles: Explanatory factors and forecasting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economic Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 39, pp.221-231. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.econmod.2014.02.039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01101975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the semiconductor industry cycles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 45 (21), pp.3058-3067. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00036846.2012.697123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00742063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digitalisation et caractéristiques financières des PME en contexte Covid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nazik Fadil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zouhour Ben Hamadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Founes C.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Regional Sustainable Development Conference 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Danang, Vietnam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05033369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les politiques publiques face aux plateformes digitales : Exemple de la Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférences scientifiques 2023 – 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EPOPEA; Bibliothèque universitaire Rosalind Franklin (Unicaen), Oct 2023, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04971435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The entanglements between digital platforms and policymakers: a local public policy issue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Nadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Burland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ERSA 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Regional Science Association, Aug 2023, Alicante, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04965496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le salarié idéal dans une lecture par calibrage anthropologique : où sont les femmes dans le secteur du numérique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Tanquerel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Fournès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zouhour Ben Hamadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solene Juteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9èmes Journées Georges Doriot – Entrepreneuriat et Société : Perspectives de genre en entrepreneuriat : Regards croisés et enjeux de société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, HEC Paris – EM Normandie – ESG UQAM, Jul 2023, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04286950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformation digitale et performance des PME : une analyse bibliométrique pour comprendre et agir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée Gomot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16 éme CIFPME, Vers une performance globale et durable des PME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universite Lyon 2, Oct 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04879172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plateformes numériques : de nouvelles intermédiations, de nouvelles proximités pour repenser le développement territorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Nadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">57th Colloque ASRDLF "Territoire(s) et numérique. Innovations, mutations et décision"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association de Science Régionale De Langue Française (ASRDLF), Sep 2021, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05075086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital plateforms: new intermediations, new proximities to rethink the territorial development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Nadou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ERSA 60</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">th</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Congress, Territorial futures: Visions and scenarios for a resilient Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Online Conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05075015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typologies spatiales et temporelles du développement du secteur des TIC : Une évaluation basée sur les départements français sur la période 1989-2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">57th Colloque ASRDLF "Territoire(s) et numérique. Innovations, mutations et décision"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association de Science Régionale De Langue Française (ASRDLF), Sep 2021, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05075080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heterogeneity of digital transformation in French regions: a proposal of temporal and spatial typologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamadou Sanoussy Sow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59th ERSA Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05467341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'approche structurationniste comme cadre intégrateur de compréhension de l'appropriation des innovations : le cas de la plateforme EgovBat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Loux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Baudoin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIM 2016 : 21ème Conférence de l'Association Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02376017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-monetary costs and the interdependence of players in B2B multi-sided markets : a study into the adoption of a dematerialization platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Loux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Baudoin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIMS 2016 : XXVe conférence de l’Association Internationale de Mangement Stratégique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Hammamet, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02376038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semiconductor industry cycles: Explanatory factors and forecasting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st Annual International Symposium on Forecasting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00607234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La transformation digitale en entreprise : 100 questions/réponses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamadou Sanoussy Sow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellipses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 304 p., 2021, 9782340048324</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03219970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment s'assurer de l'engagement des apprenants durant un cours en ligne ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Rychalski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aubry Mathilde, Sow Mamadou Sanoussy (Eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La transformation digitale en entreprise, 100 questions/réponses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, pp.100-102, 2021, 9782340048324</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05330092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment adopter une consommation digitale responsable ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aubry Mathilde, Sow Mamadou Sanoussy (Eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La transformation digitale en entreprise, 100 questions/réponses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, pp.53-54, 2021, 9782340048324</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05326398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tranformation digitale : de quoi parle-t-on ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aubry Mathilde, Sow Mamadou Sanoussy (Eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La transformation digitale en entreprise, 100 questions/réponses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, pp.11-12, 2021, 9782340048324</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05325949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment intégrer le digital dans sa stratégie d'entreprise ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aubry Mathilde, Sow Mamadou Sanoussy (Eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La transformation digitale en entreprise, 100 questions/réponses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, pp.149-151, 2021, 9782340048324</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05334539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles sont les spécificités de notre société digitalisée ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aubry Mathilde, Sow Mamadou Sanoussy (Eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La transformation digitale en entreprise, 100 questions/réponses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, pp.29-31, 2021, 9782340048324</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05325999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Où en est la France dans la tranformation digitale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aubry Mathilde, Sow Mamadou Sanoussy (Eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La transformation digitale en entreprise, 100 questions/réponses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, pp.20-21, 2021, 9782340048324</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05325987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels sont les chiffres clefs de la transformation digitale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aubry Mathilde, Sow Mamadou Sanoussy (Eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La transformation digitale en entreprise, 100 questions/réponses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, pp.17-19, 2021, 9782340048324</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05325984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment les PME peuvent-elles faire évoluer leur &amp;lt;i&amp;gt;business model&amp;lt;/i&amp;gt; avec le digital ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aubry Mathilde, Sow Mamadou Sanoussy (Eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La transformation digitale en entreprise, 100 questions/réponses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, pp.157-158, 2021, 9782340048324</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05334663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cas pédagogique (AQS0925-1) : Mesurer et expliquer l'intention d'usage d'une nouvelle technologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, 13 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05401021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet EgovBat - Rapport final</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Baudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Loux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Dpt Management Marketing et Stratégie (Institut Mines-Télécom Business School (Institut Mines-Télécom)); Laboratoire en Innovation, Technologies, Economie et Management (EA 7363) (Université d’Évry-Val-d’Essonne (UEVE) et Institut Mines-Télécom Business School ); ISC Paris Business School (.); Ecole de Management de Normandie (.). 2015, pp.134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02387343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId99"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> mathilde Aubry </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mathilde-aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-5710-3412</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">16251753X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry est docteure en économie industrielle (Université de Caen). Depuis son entrée à l’Ecole de Management de Normandie en 2012, elle poursuit ses travaux sur les dynamiques économiques et industrielles. Ses centres d’intérêt sont notamment la gestion de l’innovation et l’entrepreneuriat. Elle est également responsable d’une chaire sur la transformation numérique et étudie, dans ce cadre, la manière dont l’introduction des outils numériques modifie les entreprises et leurs activités. Auteure de plusieurs publications et communications scientifiques autour de cette thématique, elle a par ailleurs participé à des contrats de recherche dans le domaine de la digitalisation. Sa bonne connaissance du territoire lui permet également de mobiliser des chercheurs et des experts capables de proposer, de discuter et de conduire des projets en lien avec la thématique de la Chaire.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écosystèmes, transformation numérique, entrepreneuriat et PME : une exploration bibliométrique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée Gomot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale PME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître, Numéro Spécial Écosystèmes entrepreneuriaux &amp; Transformation numérique à la Revue Internationale PME, 39 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05523792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework for transforming accounting and finance education amid digitalisation: professional roles, skills, and teaching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zouhour Ben Hamadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Fournès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Accounting Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-41. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09639284.2025.2557836⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05376737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La prise en compte de la relation managériale dans l’attitude vis-à-vis de la vidéoprotection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Diard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Rychalski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en sciences de gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 160, pp.293-321. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/resg.160.0293⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04654293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les politiques publiques d’innovation à l’épreuve des plateformes digitales de transaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Burlaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Nadou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.213-245. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/inno.075.0213⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04643903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversify Approaches to Better Understand the Compatibility of Artificial Intelligence and Sustainability: “I Love You… Me Neither”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Rychalski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Innovation Economics &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 44 (2), pp.1-21. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jie.044.0001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04679152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vertical Cooperation Stability in R&D Programs: A Game Theory Analysis of the Semiconductor Industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yihan Wang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technological Forecasting and Social Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 209, pp.123738. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.techfore.2024.123738⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04852219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformation digitale et performance des PME : une analyse bibliométrique pour comprendre et agir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée Gomot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Renaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale PME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 36 (2), pp.13 - 38. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1101642ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04878795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring digitalisation in the agri-food sector and its paradoxes: Evidence from a comparative study with small French companies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ben Hamadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Condor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nazik Fadil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Fournes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies in Agricultural Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 124 (2), pp.44-58. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7896/j.2305⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04430806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le contrat psychologique à l’épreuve du confinement imposé par la Covid-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Diard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Rychalski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Question(s) de Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 40 (3), pp.51-66. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/qdm.220.0051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03978084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’impact de la dématérialisation des contrats de travaux publics sur l’organisation interne des acteurs publics et privés et leurs interactions au sein d’un territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Loux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques et Management public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 38 (3), pp.299-329. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/pmp.38.2021.0018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03594206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’éducation entrepreneuriale au collège : développer un état d’esprit d’entreprendre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Hélène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprendre &amp; Innover</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 42-43, pp.22-36. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entin.042.0022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03217891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-sided platforms in B2B contexts : the role of affiliation costs and interdependencies in adoption decisions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Loux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Baudoin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industrial Marketing Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 84, pp.212-223. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.indmarman.2019.07.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02376313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’investissement associatif des étudiants favorise leurs sentiments d’auto-efficacité entrepreneuriale et professionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Le Rouxel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprendre &amp; Innover</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 3 (42-43), pp.50-60. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entin.042.0050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03217901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurship, economic development,and institutional environment: evidence from OECD countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Abdesselam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of International Entrepreneurship</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 16 (4), pp.504-546. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10843-017-0214-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02937303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurship, Economic Development and Institutional Environment: Evidence from OECD countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rafik Abdesselam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of International Entrepreneurship</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05031458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurship and the business cycle: the “Schumpeter” effect versus the “refugee” effect—a French appraisal based on regional data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Regional Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 54 (1), pp.23-55. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00168-014-0645-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01101962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cycle économique et comportement entrepreneurial sur données régionales françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 4, pp.643-675</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01116883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semiconductor industry cycles: Explanatory factors and forecasting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economic Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 39, pp.221-231. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.econmod.2014.02.039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01101975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the semiconductor industry cycles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 45 (21), pp.3058-3067. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00036846.2012.697123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00742063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hidden Figures in the Digital Age: Uncovering Structural Barriers to Women’s Inclusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Tanquerel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Ple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Interdisciplinary Conference: World in Crisis and Future of Work: Gender, Work and Organization and Bodies on the Move</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Audencia Business School, Jul 2025, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05551071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digitalisation et caractéristiques financières des PME en contexte Covid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nazik Fadil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zouhour Ben Hamadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Founes C.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Regional Sustainable Development Conference 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Danang, Vietnam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05033369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le salarié idéal dans une lecture par calibrage anthropologique : où sont les femmes dans le secteur du numérique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Tanquerel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Fournès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zouhour Ben Hamadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solene Juteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9èmes Journées Georges Doriot – Entrepreneuriat et Société : Perspectives de genre en entrepreneuriat : Regards croisés et enjeux de société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, HEC Paris – EM Normandie – ESG UQAM, Jul 2023, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04286950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les politiques publiques face aux plateformes digitales : Exemple de la Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférences scientifiques 2023 – 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EPOPEA; Bibliothèque universitaire Rosalind Franklin (Unicaen), Oct 2023, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04971435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The entanglements between digital platforms and policymakers: a local public policy issue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Nadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Burland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ERSA 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Regional Science Association, Aug 2023, Alicante, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04965496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformation digitale et performance des PME : une analyse bibliométrique pour comprendre et agir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Saoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée Gomot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16 éme CIFPME, Vers une performance globale et durable des PME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universite Lyon 2, Oct 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04879172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital plateforms: new intermediations, new proximities to rethink the territorial development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Nadou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ERSA 60</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">th</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Congress, Territorial futures: Visions and scenarios for a resilient Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Online Conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05075015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plateformes numériques : de nouvelles intermédiations, de nouvelles proximités pour repenser le développement territorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Nadou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">57th Colloque ASRDLF "Territoire(s) et numérique. Innovations, mutations et décision"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association de Science Régionale De Langue Française (ASRDLF), Sep 2021, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05075086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Typologies spatiales et temporelles du développement du secteur des TIC : Une évaluation basée sur les départements français sur la période 1989-2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">57th Colloque ASRDLF "Territoire(s) et numérique. Innovations, mutations et décision"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association de Science Régionale De Langue Française (ASRDLF), Sep 2021, Avignon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05075080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heterogeneity of digital transformation in French regions: a proposal of temporal and spatial typologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamadou Sanoussy Sow</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59th ERSA Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05467341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'approche structurationniste comme cadre intégrateur de compréhension de l'appropriation des innovations : le cas de la plateforme EgovBat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Loux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Baudoin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIM 2016 : 21ème Conférence de l'Association Information et Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02376017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-monetary costs and the interdependence of players in B2B multi-sided markets : a study into the adoption of a dematerialization platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Loux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Baudoin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AIMS 2016 : XXVe conférence de l’Association Internationale de Mangement Stratégique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Hammamet, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02376038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semiconductor industry cycles: Explanatory factors and forecasting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Renou-Maissant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st Annual International Symposium on Forecasting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00607234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La transformation digitale en entreprise : 100 questions/réponses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mamadou Sanoussy Sow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ellipses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 304 p., 2021, 9782340048324</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03219970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels sont les chiffres clefs de la transformation digitale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aubry Mathilde, Sow Mamadou Sanoussy (Eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La transformation digitale en entreprise, 100 questions/réponses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, pp.17-19, 2021, 9782340048324</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05325984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Où en est la France dans la tranformation digitale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aubry Mathilde, Sow Mamadou Sanoussy (Eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La transformation digitale en entreprise, 100 questions/réponses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, pp.20-21, 2021, 9782340048324</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05325987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment les PME peuvent-elles faire évoluer leur &amp;lt;i&amp;gt;business model&amp;lt;/i&amp;gt; avec le digital ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aubry Mathilde, Sow Mamadou Sanoussy (Eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La transformation digitale en entreprise, 100 questions/réponses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, pp.157-158, 2021, 9782340048324</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05334663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment s'assurer de l'engagement des apprenants durant un cours en ligne ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Rychalski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aubry Mathilde, Sow Mamadou Sanoussy (Eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La transformation digitale en entreprise, 100 questions/réponses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, pp.100-102, 2021, 9782340048324</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05330092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment adopter une consommation digitale responsable ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aubry Mathilde, Sow Mamadou Sanoussy (Eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La transformation digitale en entreprise, 100 questions/réponses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, pp.53-54, 2021, 9782340048324</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05326398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tranformation digitale : de quoi parle-t-on ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aubry Mathilde, Sow Mamadou Sanoussy (Eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La transformation digitale en entreprise, 100 questions/réponses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, pp.11-12, 2021, 9782340048324</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05325949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment intégrer le digital dans sa stratégie d'entreprise ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aubry Mathilde, Sow Mamadou Sanoussy (Eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La transformation digitale en entreprise, 100 questions/réponses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, pp.149-151, 2021, 9782340048324</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05334539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles sont les spécificités de notre société digitalisée ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aubry Mathilde, Sow Mamadou Sanoussy (Eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La transformation digitale en entreprise, 100 questions/réponses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, pp.29-31, 2021, 9782340048324</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05325999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cas pédagogique (AQS0925-1) : Mesurer et expliquer l'intention d'usage d'une nouvelle technologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, 13 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05401021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet EgovBat - Rapport final</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Baudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Loux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Dpt Management Marketing et Stratégie (Institut Mines-Télécom Business School (Institut Mines-Télécom)); Laboratoire en Innovation, Technologies, Economie et Management (EA 7363) (Université d’Évry-Val-d’Essonne (UEVE) et Institut Mines-Télécom Business School ); ISC Paris Business School (.); Ecole de Management de Normandie (.). 2015, pp.134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02387343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId101"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BA33279E"/>
+    <w:nsid w:val="B39AF993"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathilde-aubry" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5710-3412" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/16251753X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523792v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Gomot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Saoudi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Aubry" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05376737v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouhour Ben Hamadi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Fourn&#232;s" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Tessier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09639284.2025.2557836" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679152v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Rychalski" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jie.044.0001" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852219v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yihan Wang" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.techfore.2024.123738" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643903v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Burlaud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Nadou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.075.0213" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654293v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Diard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/resg.160.0293" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878795v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Renaud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1101642ar" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978084v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/qdm.220.0051" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430806v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Hamadi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Condor" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazik Fadil" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Fournes" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7896/j.2305" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594206v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Loux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Tran" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pmp.38.2021.0018" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217891v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence H&#233;l&#232;ne" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entin.042.0022" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376313v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Baudoin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indmarman.2019.07.001" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217901v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Le Rouxel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entin.042.0050" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937303v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Abdesselam" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bonnet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Renou-Maissant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10843-017-0214-3" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031458v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01101962v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00168-014-0645-x" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01116883v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01101975v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econmod.2014.02.039" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M0P1FCKH-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00742063v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2012.697123" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033369v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Founes C." TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971435v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965496v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Burland" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286950v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Tanquerel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solene Juteau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879172v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075086v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075015v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075080v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467341v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Sanoussy Sow" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376017v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376038v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00607234v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219970v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ellipses.fr/accueil/13569-la-transformation-digitale-en-entreprise-9782340048324.html#description-scroll-tricks" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05330092v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05326398v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05325949v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05334539v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05325999v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05325987v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05325984v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05334663v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05401021v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387343v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathilde-aubry" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5710-3412" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/16251753X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523792v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Gomot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Saoudi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Aubry" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05376737v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouhour Ben Hamadi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Fourn&#232;s" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Tessier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09639284.2025.2557836" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654293v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Diard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Rychalski" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/resg.160.0293" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643903v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Burlaud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Nadou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.075.0213" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679152v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jie.044.0001" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852219v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yihan Wang" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.techfore.2024.123738" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878795v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Renaud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1101642ar" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430806v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Hamadi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Condor" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazik Fadil" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Fournes" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7896/j.2305" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978084v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/qdm.220.0051" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594206v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Loux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Tran" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pmp.38.2021.0018" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217891v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence H&#233;l&#232;ne" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entin.042.0022" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376313v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Baudoin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indmarman.2019.07.001" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217901v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Le Rouxel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entin.042.0050" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937303v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Abdesselam" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bonnet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Renou-Maissant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10843-017-0214-3" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031458v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01101962v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00168-014-0645-x" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01116883v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01101975v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.econmod.2014.02.039" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M0P1FCKH-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00742063v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2012.697123" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05551071v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Tanquerel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Ple" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05033369v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Founes C." TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286950v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solene Juteau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971435v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965496v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Burland" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879172v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075015v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075086v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075080v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467341v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Sanoussy Sow" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376017v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376038v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00607234v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219970v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ellipses.fr/accueil/13569-la-transformation-digitale-en-entreprise-9782340048324.html#description-scroll-tricks" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05325984v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05325987v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05334663v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05330092v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05326398v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05325949v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05334539v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05325999v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05401021v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387343v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>