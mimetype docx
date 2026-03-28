--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -169,484 +169,484 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construire et reconstruire Notre-Dame de Paris au Moyen Âge et aujourd'hui : Enquête sur les agrafes des murs gouttereaux</w:t>
+                <w:t xml:space="preserve">L’emploi du fer dans les maçonneries de Notre-Dame de Paris. L’exemple des agrafes des murs gouttereaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Maxime L'Héritier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Lucile Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Aurélia Azéma</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">56e Congrès de la Société des Historiens Médiévistes de l’Enseignement Supérieur Public. Chantiers médiévaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Albi-Toulouse, France</w:t>
+              <w:t xml:space="preserve">Journées d’étude IRAA. Les assemblages en bois et en métal dans l’architecture monumentale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Aix- en- Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05402602v1</w:t>
+                <w:t xml:space="preserve">hal-05433577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’emploi du fer dans les maçonneries de Notre-Dame de Paris. L’exemple des agrafes des murs gouttereaux</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Notre-Dame de Paris, une cathédrale de seconde main ? Etude du recyclage et de la mise en forme des agrafes des murs gouttereaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Bernard</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Maxime L'Héritier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile Beck</w:t>
+                <w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Azéma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’étude IRAA. Les assemblages en bois et en métal dans l’architecture monumentale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2025, Aix- en- Provence, France</w:t>
+              <w:t xml:space="preserve">25e Colloque du GMPCA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05433577v1</w:t>
+                <w:t xml:space="preserve">hal-05433567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Notre-Dame de Paris, une cathédrale de seconde main ? Etude du recyclage et de la mise en forme des agrafes des murs gouttereaux</w:t>
+                <w:t xml:space="preserve">Construire et reconstruire Notre-Dame de Paris au Moyen Âge et aujourd'hui : Enquête sur les agrafes des murs gouttereaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Maxime L'Héritier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mathilde Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Maxime L'Héritier</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélia Azéma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Beck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile Beck</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurélia Azéma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25e Colloque du GMPCA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Rouen, France</w:t>
+              <w:t xml:space="preserve">56e Congrès de la Société des Historiens Médiévistes de l’Enseignement Supérieur Public. Chantiers médiévaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Albi-Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05433567v1</w:t>
+                <w:t xml:space="preserve">hal-05402602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiocarbon dating of iron reinforcements of Notre-Dame de Paris cathedral. An original contribution to the chronology of the construction and restauration phases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Bernard</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Maxime L'Héritier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile Beck</w:t>
+                <w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Azéma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25th Radiocarbon Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Cracovie, Poland</w:t>
@@ -675,51 +675,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation numérique du chaînage d’agrafe des murs gouttereaux de Notre-Dame de Paris : Vers une nouvelle considération technique des fers de construction à l’époque gothique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Taforel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -794,1588 +794,1588 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05433569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expérimentation autour du talc : un matériau discret de la métallurgie médiévale</w:t>
+                <w:t xml:space="preserve">La construction de la nef de Notre-Dame de Paris : nouvelles données chronologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Maqueda</w:t>
+                <w:t xml:space="preserve">Arnaud Ybert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Bernard</w:t>
+                <w:t xml:space="preserve">Maxime L'Héritier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Téreygeol</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Olivier Girardclos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Brossier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexa Dufraisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologie expérimentale des matériaux associés aux production métallique. (Re)mettre la science en culture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Melle, France</w:t>
+              <w:t xml:space="preserve">Naissance et renaissance d’une cathédrale : Notre-Dame de Paris sous l’œil des scientifiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MITI (Mission pour les Initiatives Transverses et Interdisciplinaires) du Centre National de la Recherche Scientifique - CNRS; Ministère de la Culture de la France; Dillmann Ph., Liévaux P., Magnien A., Regert M., Apr 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04639527v1</w:t>
+                <w:t xml:space="preserve">mnhn-04778791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iron armatures in Notre-Dame de Paris: A new understanding of iron provenance and uses based on multifactor study for network analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Bernard</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Maxime L'Héritier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile Beck</w:t>
+                <w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Azéma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Conference Archeometallurgy In Europe 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Falun, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04854681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La mise en œuvre des métaux à Notre-Dame de 1160 à aujourd'hui</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Expérimentation autour du talc : un matériau discret de la métallurgie médiévale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Maqueda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Téreygeol</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Naissance et renaissance d’une cathédrale, Notre-Dame de Paris sous l’œil des scientifiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Archéologie expérimentale des matériaux associés aux production métallique. (Re)mettre la science en culture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Melle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05433555v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04639527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiter la chronologie de Notre-Dame de Paris : Une approche combinée de méthodes de datation absolue et relative</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La mise en œuvre des métaux à Notre-Dame de 1160 à aujourd'hui</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélia Azéma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Bernard</w:t>
-[...50 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Maxime L'Héritier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8e séminaire scientifique et technique de l’Inrap. Datations « absolues » en archéologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2024, Orsay, France</w:t>
+              <w:t xml:space="preserve">Naissance et renaissance d’une cathédrale, Notre-Dame de Paris sous l’œil des scientifiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04910948v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05433555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A la recherche du fer perdu : Enquête du côté de Notre-Dame</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Revisiter la chronologie de Notre-Dame de Paris : Une approche combinée de méthodes de datation absolue et relative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Girardclos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Hunot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Gallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Bernard</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Maxime L'Héritier</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Aurélia Azéma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontre annuelle de la Société Archéologique Française d'Etude des Mines et de la Métallurgie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Champaubert, France</w:t>
+              <w:t xml:space="preserve">8e séminaire scientifique et technique de l’Inrap. Datations « absolues » en archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Orsay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05433561v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D’où venait le fer de Notre-Dame ? Enquête archéologique et archéométrique sur le chantier des XIIe et XIIIe siècles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A la recherche du fer perdu : Enquête du côté de Notre-Dame</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Bernard</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Maxime L'Héritier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile Beck</w:t>
+                <w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Azéma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Naissance et renaissance d’une cathédrale, Notre-Dame de Paris sous l’œil des scientifiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Rencontre annuelle de la Société Archéologique Française d'Etude des Mines et de la Métallurgie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Champaubert, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05433559v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05433561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dater le chevet de Notre-Dame de Paris : regards croisés</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Hunot</w:t>
+                <w:t xml:space="preserve">D’où venait le fer de Notre-Dame ? Enquête archéologique et archéométrique sur le chantier des XIIe et XIIIe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Bernard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alexa Dufraisse</w:t>
+                <w:t xml:space="preserve">Maxime L'Héritier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélia Azéma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Naissance et renaissance d’une cathédrale : Notre-Dame de Paris sous l’œil des scientifiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ministère de la Culture de la France; MITI (Mission pour les Initiatives Transverses et Interdisciplinaires) du Centre National de la Recherche Scientifique - CNRS; Dillmann PH., Liévaux P., Magnien A., Regert M.,, Apr 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Naissance et renaissance d’une cathédrale, Notre-Dame de Paris sous l’œil des scientifiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-04778783v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05433559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fer et plomb à Notre-Dame de Paris : Etudes interdisciplinaires dans le cadre du chantier scientifique CNRS/MC</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dater le chevet de Notre-Dame de Paris : regards croisés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Gallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Hunot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime L'Héritier</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Mathilde Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Girardclos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexa Dufraisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire « La fabrique des sociétés médiévales : documents, pratiques et rapports sociaux (XIIe-XVe siècles) »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Naissance et renaissance d’une cathédrale : Notre-Dame de Paris sous l’œil des scientifiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ministère de la Culture de la France; MITI (Mission pour les Initiatives Transverses et Interdisciplinaires) du Centre National de la Recherche Scientifique - CNRS; Dillmann PH., Liévaux P., Magnien A., Regert M.,, Apr 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05433548v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">mnhn-04778783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La construction de la nef de Notre-Dame de Paris : nouvelles données chronologiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Ybert</w:t>
+                <w:t xml:space="preserve">Fer et plomb à Notre-Dame de Paris : Etudes interdisciplinaires dans le cadre du chantier scientifique CNRS/MC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime L'Héritier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélia Azéma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime L'Héritier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Girardclos</w:t>
+                <w:t xml:space="preserve">Mathilde Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Brossier</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Philippe Dillmann</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Naissance et renaissance d’une cathédrale : Notre-Dame de Paris sous l’œil des scientifiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, MITI (Mission pour les Initiatives Transverses et Interdisciplinaires) du Centre National de la Recherche Scientifique - CNRS; Ministère de la Culture de la France; Dillmann Ph., Liévaux P., Magnien A., Regert M., Apr 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaire « La fabrique des sociétés médiévales : documents, pratiques et rapports sociaux (XIIe-XVe siècles) »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-04778791v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05433548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metal as construction material in gothic architecture: Chronology, provenance and uses of iron armatures in Notre-Dame de Paris</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les fers médiévaux de Notre-Dame de Paris : Chronologie, pratiques artisanales et économie du chantier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Bernard</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Maxime L'Héritier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile Beck</w:t>
+                <w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Azéma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29th European Association of Archaeologists Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Belfast, Ireland</w:t>
+              <w:t xml:space="preserve">Rencontre annuelle de la Société Archéologique Française d'Etude des Mines et de la Métallurgie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Distanciel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04270297v1</w:t>
+                <w:t xml:space="preserve">hal-04270523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le remploi du métal sur le chantier de Notre-Dame de Paris. Du cahier des charges à la mise en pratique : La restauration des parties hautes de la cathédrale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La mise en œuvre du fer à Notre-Dame de Paris dans l'assemblage des maçonneries : L'exemple des agrafes des murs gouttereaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime L'Héritier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Lucile Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Aurélia Azéma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Les mémoires de la restauration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Carcassonne, France</w:t>
+              <w:t xml:space="preserve">Séminaire Histoire de la construction. L'assemblage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04274155v1</w:t>
+                <w:t xml:space="preserve">hal-05417931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les fers médiévaux de Notre-Dame de Paris : Chronologie, pratiques artisanales et économie du chantier</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Metal as construction material in gothic architecture: Chronology, provenance and uses of iron armatures in Notre-Dame de Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Bernard</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Maxime L'Héritier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile Beck</w:t>
+                <w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Azéma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontre annuelle de la Société Archéologique Française d'Etude des Mines et de la Métallurgie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Distanciel, France</w:t>
+              <w:t xml:space="preserve">29th European Association of Archaeologists Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Belfast, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04270523v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04270297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La mise en œuvre du fer à Notre-Dame de Paris dans l'assemblage des maçonneries : L'exemple des agrafes des murs gouttereaux</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le remploi du métal sur le chantier de Notre-Dame de Paris. Du cahier des charges à la mise en pratique : La restauration des parties hautes de la cathédrale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélia Azéma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Bernard</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Maxime L'Héritier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Monferran</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Histoire de la construction. L'assemblage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque Les mémoires de la restauration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Carcassonne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05417931v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04274155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2393,103 +2393,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le fer à Notre-Dame de Paris : Nature des alliages, procédés techniques et études de provenance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Bernard</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Maxime L'Héritier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile Beck</w:t>
+                <w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Azéma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Evaluation HCERES du NIMBE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, Saclay, France</w:t>
@@ -2512,609 +2512,609 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05433581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions charpente-maçonnerie sur une travée du chevet de Notre-Dame : Report des charges de vent et rôle des renforts métalliques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paul Taforel</w:t>
+                <w:t xml:space="preserve">La datation radiocarbone du mobilier ferreux de Notre-Dame de Paris : Une contribution originale pour la chronologie des phases d’édification et de restauration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Bernard</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Coureau</w:t>
+                <w:t xml:space="preserve">Maxime L'Héritier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélia Azéma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Naissance et renaissance d’une cathédrale, Notre-Dame de Paris sous l’œil des scientifiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Paris, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05431407v1</w:t>
+                <w:t xml:space="preserve">hal-05431398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La datation radiocarbone du mobilier ferreux de Notre-Dame de Paris : Une contribution originale pour la chronologie des phases d’édification et de restauration</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Interactions charpente-maçonnerie sur une travée du chevet de Notre-Dame : Report des charges de vent et rôle des renforts métalliques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Taforel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Aurélia Azéma</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Morenon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Nougayrede</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Coureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Naissance et renaissance d’une cathédrale, Notre-Dame de Paris sous l’œil des scientifiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Paris, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05431398v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05431407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le fer à Notre-Dame de Paris : Nature des alliages, procédés techniques et études de provenance, le cas des fenêtres hautes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Radiocarbon dating of iron reinforcements of Notre-Dame de Paris cathedral</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Bernard</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Maxime L'Héritier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Azéma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24e Colloque du GMPCA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2023, Nice, France</w:t>
+              <w:t xml:space="preserve">Joint ICTP-IAEA Advanced Worshop on Accelerator Mass Spectrometry Radiocarbon Dating for Heritage and Forensic Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Trieste, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04270277v1</w:t>
+                <w:t xml:space="preserve">hal-04270282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiocarbon dating of iron reinforcements of Notre-Dame de Paris cathedral</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le fer à Notre-Dame de Paris : Nature des alliages, procédés techniques et études de provenance, le cas des fenêtres hautes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Bernard</w:t>
+                <w:t xml:space="preserve">Maxime L'Héritier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Beck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile Beck</w:t>
+                <w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Azéma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint ICTP-IAEA Advanced Worshop on Accelerator Mass Spectrometry Radiocarbon Dating for Heritage and Forensic Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Trieste, Italy</w:t>
+              <w:t xml:space="preserve">24e Colloque du GMPCA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04270282v1</w:t>
+                <w:t xml:space="preserve">hal-04270277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiocarbon dating of iron reinforcements of Notre-Dame de Paris cathedral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Bernard</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Maxime L'Héritier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile Beck</w:t>
+                <w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Azéma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées scientifiques REFRAIN et 20 ans du LMC14</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, CEA Saclay, France</w:t>
@@ -3175,90 +3175,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archéologie expérimentale des matériaux associés aux productions métalliques : (Re)mettre la science en Culture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Téreygeol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Artru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florencia Becerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3293,77 +3293,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le talc et la fonte du plomb au sol (XVe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Maqueda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Téreygeol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DRAC Nouvelle-Aquitaine, Service Régional de l’Archéologie. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3426,90 +3426,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Notre-Dame de Paris: The first iron lady? Archaeometallurgical study and dating of the Parisian cathedral iron reinforcements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime L’héritier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélia Azéma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Syvilay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Delqué-Kolic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Beck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 18 (3), pp.e0280945. </w:t>
@@ -3637,51 +3637,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F3818888"/>
+    <w:nsid w:val="E8C9A7D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3868,51 +3868,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathilde-bernard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-8032-7286" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402602v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime L'H&#233;ritier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bernard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Az&#233;ma" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Beck" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Delque-Koli&#269;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433577v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433567v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433572v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433569v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Taforel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Morenon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Nougayrede" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Kauffmann" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639527v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Maqueda" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian T&#233;reygeol" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854681v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433555v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04910948v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Girardclos" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Hunot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gallet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433561v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433559v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04778783v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexa Dufraisse" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433548v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dillmann" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04778791v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ybert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Brossier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270297v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274155v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Monferran" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270523v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417931v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433581v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431407v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Coureau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431398v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270277v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270282v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431396v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05172110v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Artru" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florencia Becerra" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blanchet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879875v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035855v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime L&#8217;h&#233;ritier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Syvilay" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Delqu&#233;-Kolic" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0280945" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathilde-bernard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-8032-7286" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433577v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bernard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime L'H&#233;ritier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Beck" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Delque-Koli&#269;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Az&#233;ma" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433567v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402602v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433572v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433569v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Taforel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Morenon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Nougayrede" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Kauffmann" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04778791v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ybert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Girardclos" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Brossier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexa Dufraisse" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854681v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639527v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Maqueda" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian T&#233;reygeol" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433555v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04910948v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Hunot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gallet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433561v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433559v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04778783v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433548v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dillmann" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270523v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417931v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270297v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274155v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Monferran" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433581v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431398v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431407v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Coureau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270282v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270277v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431396v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05172110v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Artru" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florencia Becerra" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blanchet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879875v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035855v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime L&#8217;h&#233;ritier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Syvilay" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Delqu&#233;-Kolic" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0280945" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>