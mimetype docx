--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -832,364 +832,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04722877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Playing with flows in transition territories</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comment opérationnaliser une éthique de la modélisation pour la participation décisionnelle dans l'action publique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils Ferrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Boissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Courtonne</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wanda Aquae-Gaudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Sturm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISAGA 2023 - 54th edition of the International Simulation and Gaming for Social and Environmental Transitions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nicolas Becu; Laboratoire Lienss, Jul 2023, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">ROADEF 2023 - 24. Congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ROADEF - Rennes Scool of Business, Feb 2023, Rennes, France. pp.1-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04231486v2</w:t>
+                <w:t xml:space="preserve">hal-04233913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les jeux sérieux et les jeux simples pour enseigner les ressorts de l'anthropocène et de la transformation sociale</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Playing with flows in transition territories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Boissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Ferrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Krieger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Courtonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Sturm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2023 - 24. Congrès de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ROADEF, Feb 2023, Rennes, France. pp.1-2</w:t>
+              <w:t xml:space="preserve">ISAGA 2023 - 54th edition of the International Simulation and Gaming for Social and Environmental Transitions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nicolas Becu; Laboratoire Lienss, Jul 2023, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04304973v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04231486v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment opérationnaliser une éthique de la modélisation pour la participation décisionnelle dans l'action publique ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les jeux sérieux et les jeux simples pour enseigner les ressorts de l'anthropocène et de la transformation sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wanda Aquae-Gaudi</w:t>
+                <w:t xml:space="preserve">Vincent Jost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Sturm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2023 - 24. Congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ROADEF - Rennes Scool of Business, Feb 2023, Rennes, France. pp.1-2</w:t>
+              <w:t xml:space="preserve">ROADEF 2023 - 24. Congrès de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ROADEF, Feb 2023, Rennes, France. pp.1-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04233913v1</w:t>
+                <w:t xml:space="preserve">hal-04304973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Designing Serious Games to understand the challenges of the Anthropocene</w:t>
               </w:r>
@@ -1201,51 +1201,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Boissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Mangeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Viénot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1402,277 +1402,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04233928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archipel 2022 : Risques systémiques, trajectoires et leviers d'action transdisciplinaires</w:t>
+                <w:t xml:space="preserve">Dégradations environnementales et sociales en cours : expérimenter comment croiser les savoirs entre chercheur•euse•s, praticien•ne•s et personnes en situation de pauvreté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enzo Baquet</w:t>
+                <w:t xml:space="preserve">Fatiha Ayad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Boissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonin Berthe</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Boissier</w:t>
+                <w:t xml:space="preserve">Hugo Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Borthomieu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Courtonne</w:t>
+                <w:t xml:space="preserve">Balthazar Masingue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Moser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence Archipel 2022 : Risques systémiques, trajectoires et leviers d’action transdisciplinaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2022, Grenoble, France</w:t>
+              <w:t xml:space="preserve">, Jun 2022, Grenoble, France. pp.1-11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04005618v1</w:t>
+                <w:t xml:space="preserve">hal-03909560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dégradations environnementales et sociales en cours : expérimenter comment croiser les savoirs entre chercheur•euse•s, praticien•ne•s et personnes en situation de pauvreté</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fatiha Ayad</w:t>
+                <w:t xml:space="preserve">Archipel 2022 : Risques systémiques, trajectoires et leviers d'action transdisciplinaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enzo Baquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Berthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Boissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mireille Moser</w:t>
+                <w:t xml:space="preserve">Alexandre Borthomieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Courtonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence Archipel 2022 : Risques systémiques, trajectoires et leviers d’action transdisciplinaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2022, Grenoble, France. pp.1-11</w:t>
+              <w:t xml:space="preserve">, Jun 2022, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03909560v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04005618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeux évaluatifs, endo-évaluation et imputabilité causale</w:t>
               </w:r>
@@ -1809,77 +1809,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Courtonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Boissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Borthomieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léon Fauste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ROADEF 2022 - 23ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INSA Lyon, Feb 2022, Villeurbanne - Lyon, France. pp.1-2</w:t>
@@ -2411,51 +2411,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Ferrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Hassenforder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wanda Aquae-Gaudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Boissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3176,52 +3176,172 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04014391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vidéo (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La médiatrice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Decarpigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Dellenbach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05562747v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId83"/>
+      <w:footerReference w:type="default" r:id="rId86"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3368,51 +3488,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-05232775v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fathia Ayad" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Berkani" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Boissier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Bucolo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Cambier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1522/revueot.v34n1.1926" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124075v4" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Allaire" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tournier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/21M1461976" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202102v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Allaire" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cad.2021.103122" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05273745v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Ferrand" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Krieger" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Valette" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Boulos" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04989925v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Coudroy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Courtonne" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Sturm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Fenet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04722877v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Mellier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231486v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304973v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jost" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233913v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanda Aquae-Gaudi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975671v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Mangeot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Vi&#233;not" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233928v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Combe" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005618v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Baquet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Berthe" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Borthomieu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03909560v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Ayad" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Martin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balthazar Masingue" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Moser" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04235041v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Hassenforder" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Abrami" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Latune" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Perrier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595273v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Fauste" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233874v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04014388v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04916993v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04916960v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04738660v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leroy" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233042v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Donsimoni" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Wahnich" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04872631v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Galibert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Hittner" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Alapetite" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04871955v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Madelrieux" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Hittner S&#225;nchez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232658v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Machado-Rios" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Morardet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Malingrey" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03106260v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020IPPAX084" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04014391v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-05232775v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fathia Ayad" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Berkani" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Boissier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Bucolo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Cambier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1522/revueot.v34n1.1926" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124075v4" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Allaire" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tournier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/21M1461976" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202102v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Allaire" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cad.2021.103122" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05273745v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Ferrand" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Krieger" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Valette" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Boulos" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04989925v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Coudroy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Courtonne" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Sturm" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Fenet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04722877v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Mellier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233913v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wanda Aquae-Gaudi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231486v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304973v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jost" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03975671v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Mangeot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Vi&#233;not" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233928v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Combe" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03909560v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Ayad" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Martin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balthazar Masingue" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Moser" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005618v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Baquet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Berthe" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Borthomieu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04235041v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Hassenforder" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Abrami" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Latune" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Perrier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595273v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Fauste" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04233874v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04014388v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04916993v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04916960v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04738660v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leroy" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233042v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Donsimoni" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Wahnich" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04872631v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Galibert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Hittner" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Alapetite" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04871955v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Madelrieux" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Hittner S&#225;nchez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232658v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Machado-Rios" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Morardet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Malingrey" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03106260v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020IPPAX084" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04014391v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05562747v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Decarpigny" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Dellenbach" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>