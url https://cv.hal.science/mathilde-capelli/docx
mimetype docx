--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:126.73267326733px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Mathilde Capelli </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mathilde-capelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-2769-1417</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Actuellement Ingénieure d'étude au laboratoire Biocontrôle d'INRAE à Antibes.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Titulaire d'un doctorat en Agronomie effectué au CIRAD de St Pierre, sur l'île de la Réunion.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un parasite d’œufs pour contrôler le papillon palmivore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine de Bodard -Venard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 777, pp.16-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04731843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des chauves-souris contre la pyrale du buis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Insectes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 206, pp.15-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03969987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chrysoperla lucasina, prédateur de la pyrale du buis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Guérin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Deogracias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 755, pp.47-51</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03970127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of Ooencyrtus kuvanae (Hymenoptera: Encyrtidae) on two host species, Halyomorpha halys and Philosamia ricini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hilal Tunca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Cosic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty-Ambre Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Venard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Entomology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 144 (10), pp.961-967. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jen.12825⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pyrale du buis : une efficacité insuffisante des trichogrammes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Venard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Defferier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Jevi, jardins, espaces végétalisés et infrastructures, 727, pp.28-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04179895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Life history traits of &amp;lt;em&amp;gt;Ooencyrtus pityocampae&amp;lt;/em&amp;gt; (Hymenoptera: Encyrtidae) reared on &amp;lt;em&amp;gt;Halyomorpha halys&amp;lt;/em&amp;gt; eggs (Hemiptera: Pentatomidae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hilal Tunca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Venard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entomologia Generalis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 39 (2), pp.93-101. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1127/entomologia/2019/0761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02617879v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pyrale du buis: une efficacité insuffisante des trichogrammes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Venard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Defferier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Enriquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 727, pp.28-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02627240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a protocol based on molecular techniques in order to identify native predators eating the box tree moth Cydalima perspectalis, in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Capdevieille Dulac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine de Bodard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture &amp; Food. Journal of International Scientific Publications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Agriculture et Food, 9, pp.243-254</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deciphering the Costs of Reproduction in Mango – Vegetative Growth Matters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Normand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 7, pp.1-16. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2016.01531⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01512028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décrypter l’irrégularité de production des fruitiers tropicaux via l’analyse des coûts de la reproduction : le cas du manguier (Mangifera indica L.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences agricoles. Université Montpellier, 2017. Français. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2017MONTT079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01692502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décrypter l'irrégularité de production des fruitiers tropicaux via l'analyse des coûts de la reproduction. Le cas du manguier (Mangifera indica L.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Biologie végétale. Université de Montpellier, 2017. Français. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02790251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halyomorpha halys (Hemiptera: Pentatomidae), a new alternative host for egg parasitoid Ooencyrtus kuvanae (Hymenoptera: Encyrtidae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hilal Tunca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Cosic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Venard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVI Congrès international d'entomologie, Helsinki,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03776192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactions of Boxwood with its invasive pest Cydalima perspectalis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ADALEP Août 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, La Canée, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03776234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biocontrôle de la pyrale du buis à l’aide de macro-organismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine de Bodard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Technique SaveBuxus II</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03420300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research for native parasites and predators of the box tree moth Cydalima perspectalis, in natural boxwood forest in France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine de Bodard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Scientific Events - 10th International Conference Agriculture &amp; Food</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Burgas, Bulgaria. pp.231-242</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03420290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a protocol based on molecular techniques in order to identify native predators eating the box tree moth Cydalima perspectalis, in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Capdevielle Dulac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine de Bodard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Scientific Events - 10th International Conference Agriculture &amp; Food</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Burgas, Bulgaria. pp.243-254</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03420236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise au point d’une stratégie de biocontrôle de Paysandisia archon, ravageur des palmiers, à l’aide de parasitoïdes d’œufs.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Venard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ADALEP - Adaptation à l'Environnement biotique chez les Lépidoptères</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03120065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des insectes prédateurs de la pyrale du buis, Cydalima perspectalis Walker (Lepidoptera), nouveaux auxiliaires pour la protection des buis naturels et horticoles.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Venard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ADALEP - Adaptation à l'Environnement biotique chez les Lépidoptères</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03120251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biocontrôle de &amp;lt;em&amp;gt;Paysandisia archon&amp;lt;/em&amp;gt; en prévision de l'extension des attaques de &amp;lt;em&amp;gt;Rhynchophorus ferrugineus&amp;lt;/em&amp;gt; sur palmiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Venard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Huguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Congrès AMPP «La protection des Plantes : face aux défis actuels et en perspectives »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Agronomique et Vétérinaire Hassan II (IAV). Rabat, MAR., Mar 2019, Rabat, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02789513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biocontrôle de Paysandisia archon, en prévention de l’extension des attaques de Rynchophorus ferrugineus sur palmiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Venard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Huguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Congrès de l'AMPP - La protection des Plantes : face aux défis actuels et en perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Marocaine de Protection des Plantes., Mar 2019, Rabat, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02154528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travaux en cours sur le biocontrôle de &amp;lt;em&amp;gt;Cydalima perspectalis&amp;lt;/em&amp;gt; à l'aide de parasitoïdes oophages (programme SaveBuxusII)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Venard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Defferier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Buis, Enjeux, Renouveau et Renaissance des Jardins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des Parcs et Jardins en Région Centre-Val de Loire. Orléans, FRA., Mar 2019, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02789546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet PinProtect 2020 : Perspectives d'un contrôle biologique de la processionnaire du pin &amp;lt;em&amp;gt;Thaumetopoea pityocampa&amp;lt;/em&amp;gt; à l'aide de parasitoïdes oophages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. Rencontre du Groupe des Entomologistes Forestiers Francophones (GEFF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe des Entomologistes Forestiers Francophones (GEFF). INT., Sep 2019, Quillan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linking vegetative growth, reproduction and irregular bearing in the mango tree</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaëlle Dambreville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Flowering, Fruit Set and Alternate Bearing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, palermo, Italy. 370 p., </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17660/ActaHortic.2018.1229.51⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02735215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">More leaves, more fruits, is it so simple? Insights into a scale-dependent relationship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. International Mango Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Baise, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The costs of reproduction in plants: a novel approach to study irregular bearing of fruit crops</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29. International Horticultural Congress: IHC2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society for Horticultural Science (ISHS). INT., Aug 2014, Brisbane, Australia. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17660/ActaHortic.2016.1130.30⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01602879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Rearing Egg Parasitoid Ooencyrtus pityocampae (Mercet) (Hymenoptera: Encyrtidae) on Philosamia ricini (Danovan) (Lepidoptera: Saturniidae) in Türkiye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hilal Tunca Cosic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evrim Arslantas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fikriye Ocal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Burak Bingül</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eylem Demir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Forest Entomology and Pathology Symposium (Enfito 2022) 12-14 May,2022 Trabzon Turkey</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, TRABZON, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03713960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biocontrôle de Cydalima perspectalis, la pyrale du buis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine de Bodard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Rencontres de Thuret - Invasions biologiques, végétales et animales, en Méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03464311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biocontrôle de Paysandisia archon,le papillon palmivore, en région méditerranéenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine de Bodard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Huguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Rencontres de Thuret - Invasions Biologiques, végétales et animales, en Méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03464295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biocontrôle de Rhynchophorus ferrugineus, le charançon rouge des palmiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine de Bodard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Hoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Humbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Rencontres de Thuret - Invasions biologiques, végétales et animales, en Méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03464319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predictive diffusion of palms pests &amp;lt;em&amp;gt;Rhynchophorus ferrugineus&amp;lt;/em&amp;gt; & &amp;lt;em&amp;gt;Paysandisia archon&amp;lt;/em&amp;gt; and perspectives about biological control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Castellana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gigleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cristofaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Meeting of the European Network of Palm Scientists (EUNOPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Paris, France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travaux en cours sur le biocontrôle de cydalima perspectalis à l'aide de parasitoïdes oophages (programme savebuxusII)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Venard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Defferier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Andreola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les bioagresseurs du buis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Tours, France. 98 p., 2018, Colloque scientifique sur les bioagresseurs du Buis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">More leaves, more fruits, is it so simple? Insights into a scale-dependent relationship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. International Mango Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Baise, China. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01606467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linking vegetative growth,reproduction and irregular bearing in the mango tree</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaëlle Dambreville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Flowering, Fruit set and Alternate Bearing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Palermo, Italy. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">University of Palermo, Sicile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, p.90, 1diaporama (17vues), 2017, Book of abstracts</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01606235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId85"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:126.73267326733px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Mathilde Capelli </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mathilde-capelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-2769-1417</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Actuellement Ingénieure d'étude au laboratoire Biocontrôle d'INRAE à Antibes.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Titulaire d'un doctorat en Agronomie effectué au CIRAD de St Pierre, sur l'île de la Réunion.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un parasite d’œufs pour contrôler le papillon palmivore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine de Bodard -Venard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 777, pp.16-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04731843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des chauves-souris contre la pyrale du buis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Insectes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 206, pp.15-18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03969987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chrysoperla lucasina, prédateur de la pyrale du buis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Guérin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Deogracias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 755, pp.47-51</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03970127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of Ooencyrtus kuvanae (Hymenoptera: Encyrtidae) on two host species, Halyomorpha halys and Philosamia ricini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hilal Tunca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Cosic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty-Ambre Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Venard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Entomology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 144 (10), pp.961-967. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jen.12825⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pyrale du buis : une efficacité insuffisante des trichogrammes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Venard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Defferier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Jevi, jardins, espaces végétalisés et infrastructures, 727, pp.28-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04179895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Life history traits of &amp;lt;em&amp;gt;Ooencyrtus pityocampae&amp;lt;/em&amp;gt; (Hymenoptera: Encyrtidae) reared on &amp;lt;em&amp;gt;Halyomorpha halys&amp;lt;/em&amp;gt; eggs (Hemiptera: Pentatomidae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hilal Tunca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Venard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entomologia Generalis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 39 (2), pp.93-101. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1127/entomologia/2019/0761⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02617879v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pyrale du buis: une efficacité insuffisante des trichogrammes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Venard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Defferier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Enriquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 727, pp.28-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02627240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a protocol based on molecular techniques in order to identify native predators eating the box tree moth Cydalima perspectalis, in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Capdevieille Dulac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine de Bodard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture &amp; Food. Journal of International Scientific Publications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Agriculture et Food, 9, pp.243-254</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deciphering the Costs of Reproduction in Mango – Vegetative Growth Matters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Normand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 7, pp.1-16. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2016.01531⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01512028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décrypter l’irrégularité de production des fruitiers tropicaux via l’analyse des coûts de la reproduction : le cas du manguier (Mangifera indica L.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences agricoles. Université Montpellier, 2017. Français. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2017MONTT079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01692502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décrypter l'irrégularité de production des fruitiers tropicaux via l'analyse des coûts de la reproduction. Le cas du manguier (Mangifera indica L.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Biologie végétale. Université de Montpellier, 2017. Français. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02790251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactions of Boxwood with its invasive pest Cydalima perspectalis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ADALEP Août 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, La Canée, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03776234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Halyomorpha halys (Hemiptera: Pentatomidae), a new alternative host for egg parasitoid Ooencyrtus kuvanae (Hymenoptera: Encyrtidae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hilal Tunca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Cosic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Venard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVI Congrès international d'entomologie, Helsinki,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03776192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biocontrôle de la pyrale du buis à l’aide de macro-organismes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine de Bodard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Technique SaveBuxus II</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03420300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research for native parasites and predators of the box tree moth Cydalima perspectalis, in natural boxwood forest in France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine de Bodard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Scientific Events - 10th International Conference Agriculture &amp; Food</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Burgas, Bulgaria. pp.231-242</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03420290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a protocol based on molecular techniques in order to identify native predators eating the box tree moth Cydalima perspectalis, in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Capdevielle Dulac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine de Bodard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Scientific Events - 10th International Conference Agriculture &amp; Food</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Burgas, Bulgaria. pp.243-254</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03420236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des insectes prédateurs de la pyrale du buis, Cydalima perspectalis Walker (Lepidoptera), nouveaux auxiliaires pour la protection des buis naturels et horticoles.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Venard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ADALEP - Adaptation à l'Environnement biotique chez les Lépidoptères</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03120251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise au point d’une stratégie de biocontrôle de Paysandisia archon, ravageur des palmiers, à l’aide de parasitoïdes d’œufs.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Venard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ADALEP - Adaptation à l'Environnement biotique chez les Lépidoptères</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03120065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet PinProtect 2020 : Perspectives d'un contrôle biologique de la processionnaire du pin &amp;lt;em&amp;gt;Thaumetopoea pityocampa&amp;lt;/em&amp;gt; à l'aide de parasitoïdes oophages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. Rencontre du Groupe des Entomologistes Forestiers Francophones (GEFF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe des Entomologistes Forestiers Francophones (GEFF). INT., Sep 2019, Quillan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biocontrôle de &amp;lt;em&amp;gt;Paysandisia archon&amp;lt;/em&amp;gt; en prévision de l'extension des attaques de &amp;lt;em&amp;gt;Rhynchophorus ferrugineus&amp;lt;/em&amp;gt; sur palmiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Venard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Huguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Congrès AMPP «La protection des Plantes : face aux défis actuels et en perspectives »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Agronomique et Vétérinaire Hassan II (IAV). Rabat, MAR., Mar 2019, Rabat, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02789513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biocontrôle de Paysandisia archon, en prévention de l’extension des attaques de Rynchophorus ferrugineus sur palmiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Venard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Huguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Congrès de l'AMPP - La protection des Plantes : face aux défis actuels et en perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Marocaine de Protection des Plantes., Mar 2019, Rabat, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02154528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travaux en cours sur le biocontrôle de &amp;lt;em&amp;gt;Cydalima perspectalis&amp;lt;/em&amp;gt; à l'aide de parasitoïdes oophages (programme SaveBuxusII)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Venard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Defferier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Buis, Enjeux, Renouveau et Renaissance des Jardins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des Parcs et Jardins en Région Centre-Val de Loire. Orléans, FRA., Mar 2019, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02789546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linking vegetative growth, reproduction and irregular bearing in the mango tree</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaëlle Dambreville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Flowering, Fruit Set and Alternate Bearing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, palermo, Italy. 370 p., </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17660/ActaHortic.2018.1229.51⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02735215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">More leaves, more fruits, is it so simple? Insights into a scale-dependent relationship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. International Mango Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Baise, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The costs of reproduction in plants: a novel approach to study irregular bearing of fruit crops</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29. International Horticultural Congress: IHC2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society for Horticultural Science (ISHS). INT., Aug 2014, Brisbane, Australia. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17660/ActaHortic.2016.1130.30⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01602879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Rearing Egg Parasitoid Ooencyrtus pityocampae (Mercet) (Hymenoptera: Encyrtidae) on Philosamia ricini (Danovan) (Lepidoptera: Saturniidae) in Türkiye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hilal Tunca Cosic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evrim Arslantas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fikriye Ocal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Burak Bingül</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eylem Demir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th International Forest Entomology and Pathology Symposium (Enfito 2022) 12-14 May,2022 Trabzon Turkey</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, TRABZON, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03713960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biocontrôle de Rhynchophorus ferrugineus, le charançon rouge des palmiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine de Bodard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Hoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Humbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Rencontres de Thuret - Invasions biologiques, végétales et animales, en Méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03464319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biocontrôle de Paysandisia archon,le papillon palmivore, en région méditerranéenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine de Bodard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Huguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Rencontres de Thuret - Invasions Biologiques, végétales et animales, en Méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03464295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biocontrôle de Cydalima perspectalis, la pyrale du buis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine de Bodard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Rencontres de Thuret - Invasions biologiques, végétales et animales, en Méditerranée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03464311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predictive diffusion of palms pests &amp;lt;em&amp;gt;Rhynchophorus ferrugineus&amp;lt;/em&amp;gt; & &amp;lt;em&amp;gt;Paysandisia archon&amp;lt;/em&amp;gt; and perspectives about biological control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Castellana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Tabone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Gigleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Cristofaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Meeting of the European Network of Palm Scientists (EUNOPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Paris, France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travaux en cours sur le biocontrôle de cydalima perspectalis à l'aide de parasitoïdes oophages (programme savebuxusII)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Venard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Defferier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etty Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Andreola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les bioagresseurs du buis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Tours, France. 98 p., 2018, Colloque scientifique sur les bioagresseurs du Buis</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01909148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">More leaves, more fruits, is it so simple? Insights into a scale-dependent relationship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. International Mango Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Baise, China. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01606467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linking vegetative growth,reproduction and irregular bearing in the mango tree</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Normand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Capelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaëlle Dambreville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Eric Lauri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Flowering, Fruit set and Alternate Bearing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Palermo, Italy. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">University of Palermo, Sicile</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, p.90, 1diaporama (17vues), 2017, Book of abstracts</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01606235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId85"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="20015E9F"/>
+    <w:nsid w:val="A089A407"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathilde-capelli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2769-1417" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731843v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Capelli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etty Colombel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine de Bodard -Venard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Tabone" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969987v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Morel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970127v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gu&#233;rin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Deogracias" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02967868v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilal Tunca" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cosic" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etty-Ambre Colombel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Venard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jen.12825" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179895v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Defferier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617879v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/entomologia/2019/0761" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627240v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Enriquez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233308v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Capdevieille Dulac" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Chauvin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine de Bodard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512028v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Eric Lauri" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Normand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.01531" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01692502v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017MONTT079" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02790251v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776192v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776234v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Michel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420300v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420290v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420236v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Capdevielle Dulac" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120065v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120251v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789513v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Huguet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154528v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789546v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790183v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735215v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Dambreville" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2018.1229.51" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733534v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602879v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2016.1130.30" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713960v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilal Tunca Cosic" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evrim Arslantas" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fikriye Ocal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burak Bing&#252;l" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eylem Demir" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464311v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464295v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464319v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Hoff" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Humbert" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786340v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Castellana" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gigleux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cristofaro" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909148v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Andreola" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606467v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606235v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boudon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fsab2017.it/index.php?p=committees" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathilde-capelli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2769-1417" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731843v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Capelli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etty Colombel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine de Bodard -Venard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Tabone" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969987v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Morel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970127v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gu&#233;rin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Deogracias" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02967868v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilal Tunca" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cosic" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etty-Ambre Colombel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Venard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jen.12825" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179895v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Defferier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617879v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/entomologia/2019/0761" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627240v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Enriquez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233308v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Capdevieille Dulac" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Chauvin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine de Bodard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512028v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Eric Lauri" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Normand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.01531" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01692502v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017MONTT079" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02790251v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776234v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Michel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776192v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420300v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420290v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03420236v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Capdevielle Dulac" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120251v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120065v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790183v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789513v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Huguet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154528v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789546v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735215v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Dambreville" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2018.1229.51" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733534v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602879v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2016.1130.30" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713960v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilal Tunca Cosic" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evrim Arslantas" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fikriye Ocal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burak Bing&#252;l" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eylem Demir" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464319v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Hoff" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Humbert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464295v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464311v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786340v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Castellana" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gigleux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cristofaro" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909148v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Andreola" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606467v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606235v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boudon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fsab2017.it/index.php?p=committees" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>