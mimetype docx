--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -66,6410 +66,6276 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (45)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (44)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Divertor shaping with neutral baffling as a solution to the tokamak power exhaust challenge</w:t>
+                <w:t xml:space="preserve">Flow-Induced fretting in DEMO divertor targets equipped with swirl tapes: Numerical investigation through one-way fluid-structure interaction simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Verhaegh</w:t>
+                <w:t xml:space="preserve">S. Baydoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">James Harrison</w:t>
+                <w:t xml:space="preserve">A. Durif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Moulton</w:t>
+                <w:t xml:space="preserve">G. Ricciardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruce Lipschultz</w:t>
+                <w:t xml:space="preserve">N. Sashidharan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicola Lonigro</w:t>
+                <w:t xml:space="preserve">S. Fouvry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 8 (1), pp.215. </w:t>
+              <w:t xml:space="preserve">Fusion Engineering and Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 221, pp.115307. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s42005-025-02121-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.fusengdes.2025.115307⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05282872v1</w:t>
+                <w:t xml:space="preserve">hal-05378084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flow-Induced fretting in DEMO divertor targets equipped with swirl tapes: Numerical investigation through one-way fluid-structure interaction simulations</w:t>
+                <w:t xml:space="preserve">Dust collection after the high fluence campaign of the WEST tokamak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Baydoun</w:t>
+                <w:t xml:space="preserve">C. Arnas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Durif</w:t>
+                <w:t xml:space="preserve">A. Campos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Ricciardi</w:t>
+                <w:t xml:space="preserve">M. Diez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Sashidharan</w:t>
+                <w:t xml:space="preserve">E. Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Fouvry</w:t>
+                <w:t xml:space="preserve">C. Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fusion Engineering and Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 221, pp.115307. </w:t>
+              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 42, pp.101848. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.fusengdes.2025.115307⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nme.2024.101848⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05378084v1</w:t>
+                <w:t xml:space="preserve">hal-04876698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dust collection after the high fluence campaign of the WEST tokamak</w:t>
+                <w:t xml:space="preserve">Demonstration of Super-X divertor exhaust control for transient heat load management in compact fusion reactors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Arnas</w:t>
+                <w:t xml:space="preserve">B. Kool</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Campos</w:t>
+                <w:t xml:space="preserve">K. Verhaegh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Diez</w:t>
+                <w:t xml:space="preserve">G. Derks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Bernard</w:t>
+                <w:t xml:space="preserve">T. Wijkamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Brun</w:t>
+                <w:t xml:space="preserve">J. Koenders</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 42, pp.101848. </w:t>
+              <w:t xml:space="preserve">Nature Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nme.2024.101848⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41560-025-01824-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04876698v1</w:t>
+                <w:t xml:space="preserve">hal-05282776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demonstration of Super-X divertor exhaust control for transient heat load management in compact fusion reactors</w:t>
+                <w:t xml:space="preserve">Divertor shaping with neutral baffling as a solution to the tokamak power exhaust challenge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Kool</w:t>
+                <w:t xml:space="preserve">Kevin Verhaegh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Verhaegh</w:t>
+                <w:t xml:space="preserve">James Harrison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Derks</w:t>
+                <w:t xml:space="preserve">David Moulton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Wijkamp</w:t>
+                <w:t xml:space="preserve">Bruce Lipschultz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Koenders</w:t>
+                <w:t xml:space="preserve">Nicola Lonigro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Communications Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8 (1), pp.215. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41560-025-01824-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s42005-025-02121-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05282776v1</w:t>
+                <w:t xml:space="preserve">hal-05282872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of T and D–T results in JET with ITER-like wall</w:t>
+                <w:t xml:space="preserve">Designing tungsten armoured plasma facing components to pulsed heat loads in magnetic fusion machines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C.F. Maggi</w:t>
+                <w:t xml:space="preserve">R Mitteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Abate</w:t>
+                <w:t xml:space="preserve">M Diez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Abid</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M Firdaouss</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ad3e16⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 41, pp.101777. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nme.2024.101777⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05282887v1</w:t>
+                <w:t xml:space="preserve">cea-04739158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Designing tungsten armoured plasma facing components to pulsed heat loads in magnetic fusion machines</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development of Boron Coatings for antenna protection limiters in the WEST Tokamak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Firdaouss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R Mitteau</w:t>
+                <w:t xml:space="preserve">A. Deleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Diez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Diez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M Firdaouss</w:t>
+                <w:t xml:space="preserve">Marc Missirlian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 41, pp.101777. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nme.2024.101777⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 38, pp.101573. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nme.2023.101573⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04739158v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04590200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal and statistical analysis of the high-Z tungsten-based UFOs observed during the first deuterium high fluence campaign of the WEST tokamak</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Overview of T and D–T results in JET with ITER-like wall</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.F. Maggi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Gaspar</w:t>
+                <w:t xml:space="preserve">D. Abate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Anquetin</w:t>
+                <w:t xml:space="preserve">N. Abid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Corre</w:t>
+                <w:t xml:space="preserve">P. Abreu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. Courtois</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. Diez</w:t>
+                <w:t xml:space="preserve">O. Adabonyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 41, pp.101745. </w:t>
+              <w:t xml:space="preserve">Nuclear Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 64 (11), pp.112012. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nme.2024.101745⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/ad3e16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04765312v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04850215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of Boron Coatings for antenna protection limiters in the WEST Tokamak</w:t>
+                <w:t xml:space="preserve">Thermal and statistical analysis of the high-Z tungsten-based UFOs observed during the first deuterium high fluence campaign of the WEST tokamak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Hernandez</w:t>
+                <w:t xml:space="preserve">J. Gaspar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Firdaouss</w:t>
+                <w:t xml:space="preserve">Y. Anquetin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Deleau</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Y. Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Courtois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Diez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 38, pp.101573. </w:t>
+              <w:t xml:space="preserve">, 2024, 41, pp.101745. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nme.2023.101573⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nme.2024.101745⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04590200v1</w:t>
+                <w:t xml:space="preserve">cea-04765312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of T and D–T results in JET with ITER-like wall</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">O. Adabonyan</w:t>
+                <w:t xml:space="preserve">WEST full tungsten operation with an ITER grade divertor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bucalossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ekedahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Achard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Afonin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Fusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 64 (11), pp.112012. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ad3e16⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 64 (11), pp.112022. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/ad64e5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04850215v1</w:t>
+                <w:t xml:space="preserve">hal-04948518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">WEST full tungsten operation with an ITER grade divertor</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">O. Agullo</w:t>
+                <w:t xml:space="preserve">Evolution and cleaning of the deposit layers on the lower divertor of WEST fully equipped with ITER grade components</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gerardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Desgranges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Diez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Dubus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fusion</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 41, pp.101783. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nme.2024.101783⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ad64e5⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04948518v1</w:t>
+                <w:t xml:space="preserve">cea-04816503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution and cleaning of the deposit layers on the lower divertor of WEST fully equipped with ITER grade components</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">L. Dubus</w:t>
+                <w:t xml:space="preserve">Overview of the EUROfusion Tokamak Exploitation programme in support of ITER and DEMO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Joffrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Wischmeier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Baruzzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Hakola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Kappatou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nuclear Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 64 (11), pp.112019. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/ad2be4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nme.2024.101783⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">cea-04816503v1</w:t>
+                <w:t xml:space="preserve">hal-04850452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of the EUROfusion Tokamak Exploitation programme in support of ITER and DEMO</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Kappatou</w:t>
+                <w:t xml:space="preserve">Evolution of pre-damaged ITER grade plasma facing components under WEST plasma exposure: smoothing and tungsten sources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Richou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Diez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Durif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Guillemaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Fusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 64 (11), pp.112019. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2024, 64 (10), pp.106002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/ad66e2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ad2be4⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04850452v1</w:t>
+                <w:t xml:space="preserve">cea-04765081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of pre-damaged ITER grade plasma facing components under WEST plasma exposure: smoothing and tungsten sources</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Post-mortem analysis of the deposit layers on the lower divertor after the 2023 high particle fluence campaign of WEST</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Diez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Cabié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Durif</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Guillemaut</w:t>
+                <w:t xml:space="preserve">A. Campos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fusion</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 41, pp.101764. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nme.2024.101764⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ad66e2⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">cea-04765081v1</w:t>
+                <w:t xml:space="preserve">cea-04765296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Post-mortem analysis of the deposit layers on the lower divertor after the 2023 high particle fluence campaign of WEST</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Campos</w:t>
+                <w:t xml:space="preserve">A step towards the diagnostic of the ITER first wall: in-situ LIBS measurements in the WEST tokamak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Favre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bultel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mamadou Lamine Sankhe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Vartanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physica Scripta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 99 (3), pp.035609. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1402-4896/ad2826⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nme.2024.101764⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">cea-04765296v1</w:t>
+                <w:t xml:space="preserve">hal-04507588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A step towards the diagnostic of the ITER first wall: in-situ LIBS measurements in the WEST tokamak</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Vincent Bruno</w:t>
+                <w:t xml:space="preserve">Survey of tungsten gross erosion from main plasma facing components in WEST during a L-mode high fluence campaign</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Fedorczak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Arnas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Cappelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica Scripta</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 41 (4), pp.101758. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nme.2024.101758⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1402-4896/ad2826⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04507588v1</w:t>
+                <w:t xml:space="preserve">cea-04816563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Survey of tungsten gross erosion from main plasma facing components in WEST during a L-mode high fluence campaign</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Y. Corre</w:t>
+                <w:t xml:space="preserve">Experimental characterization of leading edge cracking on bulk tungsten divertor components during 2017–2019 WEST operation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Diez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Demiane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Reilhac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Dorow-Gerspach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lemetais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 41 (4), pp.101758. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2024, 41, pp.101746. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nme.2024.101746⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nme.2024.101758⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">cea-04816563v1</w:t>
+                <w:t xml:space="preserve">cea-04765326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental characterization of leading edge cracking on bulk tungsten divertor components during 2017–2019 WEST operation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Lemetais</w:t>
+                <w:t xml:space="preserve">Micron-sized dust and nanoparticles produced in the WEST tokamak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Arnas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Campos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Diez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Peillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 41, pp.101746. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2023, 36, pp.101471. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nme.2023.101471⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nme.2024.101746⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">cea-04765326v1</w:t>
+                <w:t xml:space="preserve">hal-04086324v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raman microscopy to characterize plasma-wall interaction materials: from carbon era to metallic walls</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">D Dellasega</w:t>
+                <w:t xml:space="preserve">Edge cracking of WEST tungsten actively cooled plasma facing components after plasma operation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Durif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Richou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Bergheau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Diez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Research Express</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/2053-1591/ad0289⟩</w:t>
+              <w:t xml:space="preserve">Fusion Engineering and Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 188, pp.113441. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fusengdes.2023.113441⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04534661v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04765367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micron-sized dust and nanoparticles produced in the WEST tokamak</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C Arnas</w:t>
+                <w:t xml:space="preserve">Testing of ITER-grade plasma facing units in the WEST tokamak: Progress in understanding heat loading and damage mechanisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Campos</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M Diez</w:t>
+                <w:t xml:space="preserve">M-H. Aumeunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Durif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gaspar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Peillon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C Martin</w:t>
+                <w:t xml:space="preserve">K. Krieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 36, pp.101471. </w:t>
+              <w:t xml:space="preserve">, 2023, 37, pp.101546. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nme.2023.101471⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nme.2023.101546⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04086324v2</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04396244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edge cracking of WEST tungsten actively cooled plasma facing components after plasma operation</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Plasma exposure of a pre-damaged ITER-like plasma facing unit in the WEST tokamak: in-situ and post-mortem measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-M. Bergheau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">M. Diez</w:t>
+                <w:t xml:space="preserve">Yann Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Torsten Loewenhoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Richou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastijan Brezinsek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Coenen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fusion Engineering and Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fusengdes.2023.113441⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 34, pp.101366. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nme.2023.101366⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04765367v1</w:t>
+                <w:t xml:space="preserve">hal-04396238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Testing of ITER-grade plasma facing units in the WEST tokamak: Progress in understanding heat loading and damage mechanisms</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">Overview of plasma-tungsten surfaces interactions on the divertor test sector in WEST during the C3 and C4 campaigns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Diez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Balden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Brezinsek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">K. Krieger</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Fedorczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 37, pp.101546. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nme.2023.101546⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 34, pp.101399. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nme.2023.101399⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04396244v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04396242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasma exposure of a pre-damaged ITER-like plasma facing unit in the WEST tokamak: in-situ and post-mortem measurements</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Infrared detection of tungsten cracking on actively cooled ITER-like component during high power experiment in WEST</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jan Coenen</w:t>
+                <w:t xml:space="preserve">Q. Tichit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Durif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gaspar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Anquetin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 34, pp.101366. </w:t>
+              <w:t xml:space="preserve">, 2023, 37, pp.101537. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nme.2023.101366⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nme.2023.101537⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04396238v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04396240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of plasma-tungsten surfaces interactions on the divertor test sector in WEST during the C3 and C4 campaigns</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Raman microscopy to characterize plasma-wall interaction materials: from carbon era to metallic walls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Balden</w:t>
+                <w:t xml:space="preserve">C Pardanaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Brezinsek</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">N. Fedorczak</w:t>
+                <w:t xml:space="preserve">P Roubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Roussin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Dellasega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nme.2023.101399⟩</w:t>
+              <w:t xml:space="preserve">Materials Research Express</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10 (10), pp.102003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/2053-1591/ad0289⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04396242v1</w:t>
+                <w:t xml:space="preserve">hal-04534661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Infrared detection of tungsten cracking on actively cooled ITER-like component during high power experiment in WEST</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Y. Corre</w:t>
+                <w:t xml:space="preserve">Investigation of plasma wall interactions between tungsten plasma facing components and helium plasmas in the WEST tokamak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Tsitrone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Pegourie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Gunn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nuclear Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 62 (7), pp.076028. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/ac2ef3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nme.2023.101537⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04396240v1</w:t>
+                <w:t xml:space="preserve">hal-04029619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Operating a full tungsten actively cooled tokamak: overview of WEST first phase of operation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">L. Allegretti</w:t>
+                <w:t xml:space="preserve">First plasma exposure of a pre-damaged ITER-like plasma-facing unit in the WEST tokamak: procedure for the PFU preparation and lessons learned</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Richou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thorsten Loewenhoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Diez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Fusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 62 (4), pp.042007. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ac2525⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 62 (5), pp.056010. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/ac412e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03741642v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04765195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First plasma exposure of a pre-damaged ITER-like plasma-facing unit in the WEST tokamak: procedure for the PFU preparation and lessons learned</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Céline Martin</w:t>
+                <w:t xml:space="preserve">Overview of the emissivity measurements performed in WEST: in-situ and post-mortem observations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gaspar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rigollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-H. Aumeunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Fusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 62 (5), pp.056010. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ac412e⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 62 (9), pp.096023. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/ac6f68⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04765195v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04029656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of plasma wall interactions between tungsten plasma facing components and helium plasmas in the WEST tokamak</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">E. Tsitrone</w:t>
+                <w:t xml:space="preserve">Emissivity measurement of the ITER-like plasma facing components of the WEST phase 2: Pre-exposure measurements and first WEST exposure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gaspar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Pegourie</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">F. Rigollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Ehret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Anquetin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Bernard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">V. Bruno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fusion</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 33, pp.101305. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nme.2022.101305⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ac2ef3⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04029619v1</w:t>
+                <w:t xml:space="preserve">hal-04029665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of the emissivity measurements performed in WEST: in-situ and post-mortem observations</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">E. Bernard</w:t>
+                <w:t xml:space="preserve">Interface detection by picosecond Laser-Induced Breakdown Spectroscopy (LIBS): Application to a physical vapor deposited tungsten layer on a copper-chromium-zirconium substrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Favre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bultel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Idlahcen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ac6f68⟩</w:t>
+              <w:t xml:space="preserve">Optics and Laser Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 150, pp.107913. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.optlastec.2022.107913⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04029656v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04024908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emissivity measurement of the ITER-like plasma facing components of the WEST phase 2: Pre-exposure measurements and first WEST exposure</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">E. Bernard</w:t>
+                <w:t xml:space="preserve">Operating a full tungsten actively cooled tokamak: overview of WEST first phase of operation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bucalossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Achard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Alarcon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Allegretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nme.2022.101305⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 62 (4), pp.042007. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/ac2525⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04029665v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03741642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interface detection by picosecond Laser-Induced Breakdown Spectroscopy (LIBS): Application to a physical vapor deposited tungsten layer on a copper-chromium-zirconium substrate</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Saïd Idlahcen</w:t>
+                <w:t xml:space="preserve">Very high-resolution infrared imagery of misaligned tungsten monoblock edge heating in the WEST tokamak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Grosjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Gaspar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J P Gunn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics and Laser Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nme.2021.100910⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.optlastec.2022.107913⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04024908v1</w:t>
+                <w:t xml:space="preserve">hal-03578420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sustained W-melting experiments on actively cooled ITER-like Plasma Facing Unit in WEST</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Svetlana Ratynskaia</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Grosjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Gunn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Krieger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Ratynskaia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica Scripta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 96 (12), pp.124057. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03583706v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03652668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Very high-resolution infrared imagery of misaligned tungsten monoblock edge heating in the WEST tokamak</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">J P Gunn</w:t>
+                <w:t xml:space="preserve">Gross and net erosion balance of plasma-facing materials in full-W tokamaks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Hakola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Carpentier</w:t>
+                <w:t xml:space="preserve">J. Likonen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lahtinen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Vuoriheimo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Groth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nme.2021.100910⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 61 (11), pp.116006. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/ac22d2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03578420v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04594167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sustained W-melting experiments on actively cooled ITER-like Plasma Facing Unit in WEST</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">S Ratynskaia</w:t>
+                <w:t xml:space="preserve">Thermal loads in gaps between ITER divertor monoblocks: first lessons learnt from WEST</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Gunn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bucalossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Diez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica Scripta</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27, pp.100920. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nme.2021.100920⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03652668v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-03202595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gross and net erosion balance of plasma-facing materials in full-W tokamaks</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A. Lahtinen</w:t>
+                <w:t xml:space="preserve">Acceptance tests of the industrial series manufacturing of WEST ITER-like tungsten actively cooled divertor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Richou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Missirlian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Vuoriheimo</w:t>
+                <w:t xml:space="preserve">Mehdi Firdaouss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Groth</w:t>
+                <w:t xml:space="preserve">Bernd Böswirth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Diez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fusion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 61 (11), pp.116006. </w:t>
+              <w:t xml:space="preserve">Physica Scripta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 96 (12), pp.124029. </w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ac22d2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1402-4896/ac2657⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04594167v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04768143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acceptance tests of the industrial series manufacturing of WEST ITER-like tungsten actively cooled divertor</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marc Missirlian</w:t>
+                <w:t xml:space="preserve">Interpretation of temperature distribution observed on W-ITER-like PFUs in WEST monitored with a very-high-resolution IR system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Grosjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mehdi Firdaouss</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Diez</w:t>
+                <w:t xml:space="preserve">M H Aumeunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Firdaouss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Gaspar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica Scripta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1402-4896/ac2657⟩</w:t>
+              <w:t xml:space="preserve">Fusion Engineering and Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 168, pp.112387. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fusengdes.2021.112387⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04768143v1</w:t>
+                <w:t xml:space="preserve">hal-03578445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal loads in gaps between ITER divertor monoblocks: first lessons learnt from WEST</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">In situ observation of tungsten plasma-facing components after the first phase of operation of the WEST tokamak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Diez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Delmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Fedorczak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Firdaouss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nme.2021.100920⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 61 (10), pp.106011. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/ac1dc6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-03202595v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04746758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interpretation of temperature distribution observed on W-ITER-like PFUs in WEST monitored with a very-high-resolution IR system</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A Grosjean</w:t>
+                <w:t xml:space="preserve">First post-mortem analysis of deposits collected on ITER-like components in WEST after the C3 and C4 campaigns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Diez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Campos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martiane Cabié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M H Aumeunier</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">J Gaspar</w:t>
+                <w:t xml:space="preserve">Gregory Giacometti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fusion Engineering and Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 168, pp.112387. </w:t>
+              <w:t xml:space="preserve">Physica Scripta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 96 (12), pp.124035. </w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.fusengdes.2021.112387⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1402-4896/ac267e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03578445v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03412056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ observation of tungsten plasma-facing components after the first phase of operation of the WEST tokamak</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Firdaouss</w:t>
+                <w:t xml:space="preserve">Erosion and redeposition patterns on entire erosion marker tiles after exposure in the first operation phase of WEST</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Balden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Mayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Bliewert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Diez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ac1dc6⟩</w:t>
+              <w:t xml:space="preserve">Physica Scripta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 96 (12), pp.124020. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1402-4896/ac2182⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04746758v1</w:t>
+                <w:t xml:space="preserve">hal-03550892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First post-mortem analysis of deposits collected on ITER-like components in WEST after the C3 and C4 campaigns</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gregory Giacometti</w:t>
+                <w:t xml:space="preserve">Sustained W-melting experiments on actively cooled ITER-like Plasma Facing Unit in WEST</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Grosjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James P. Gunn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karl Krieger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana Ratynskaia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica Scripta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 96 (12), pp.124035. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2021, 96 (12), pp.124057. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1402-4896/ac326a⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1402-4896/ac267e⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03412056v1</w:t>
+                <w:t xml:space="preserve">hal-03583706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erosion and redeposition patterns on entire erosion marker tiles after exposure in the first operation phase of WEST</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M Diez</w:t>
+                <w:t xml:space="preserve">In-situ assessment of the emissivity of tungsten plasma facing components of the WEST tokamak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Gaspar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-H Aumeunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Le Bohec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Rigollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Brezinsek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica Scripta</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nme.2020.100851⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1402-4896/ac2182⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03550892v1</w:t>
+                <w:t xml:space="preserve">hal-03147012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First analysis of the misaligned leading edges of ITER-like Plasma Facing Units using a very high resolution infrared camera in WEST</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J P Gunn</w:t>
+                <w:t xml:space="preserve">Design and manufacturing of bulk tungsten tiles for WEST outer limiter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Firdaouss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Chappuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gazzotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lipa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Portafaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fusion</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Fusion Engineering and Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 160, pp.112000. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fusengdes.2020.112000⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03148253v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03491201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-situ assessment of the emissivity of tungsten plasma facing components of the WEST tokamak</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId174" w:history="1">
+                <w:t xml:space="preserve">First analysis of the misaligned leading edges of ITER-like Plasma Facing Units using a very high resolution infrared camera in WEST</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Grosjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Dejarnac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Gaspar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">S Brezinsek</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J P Gunn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Nuclear Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03147012v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03148253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and manufacturing of bulk tungsten tiles for WEST outer limiter</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C. Portafaix</w:t>
+                <w:t xml:space="preserve">Tungsten coatings repair: An approach to increase the lifetime of plasma facing components</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Diez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Firdaouss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Richou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bultel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Perry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fusion Engineering and Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 160, pp.112000. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2019, 146, pp.800-804. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fusengdes.2019.01.084⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.fusengdes.2020.112000⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03491201v1</w:t>
+                <w:t xml:space="preserve">hal-02110735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manufacturing and characterization of stainless steel/CuCrZr and stainless steel/Cu junction ring by explosive welding method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Firdaouss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Diez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Samaille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fusion Engineering and Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 146, pp.1157-1161. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fusengdes.2019.02.031⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.fusengdes.2019.02.031⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">cea-05194310v1</w:t>
-              </w:r>
-[...132 lines deleted...]
-                <w:t xml:space="preserve">hal-02110735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal shock resistance of a tungsten diamond composite under extreme heat loads</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Guillemaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Guillemaut</w:t>
+                <w:t xml:space="preserve">M Richou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Diez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Richou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M Diez</w:t>
+                <w:t xml:space="preserve">S Lisgo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Cabié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th PFMC 2025 - 20th International Conference on Plasma-Facing Materials and Components for Fusion Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Ljubljana, Slovenia. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-05317907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">WEST wall conditioning with boron: lessons for ITER and fusion power plant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Geulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Geulin</w:t>
+                <w:t xml:space="preserve">Alberto Gallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Diez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alberto Gallo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Diez</w:t>
+                <w:t xml:space="preserve">Pierre Manas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Wauters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">30th IAEA Fusion Energy Conference (FEC2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Chengdu, Chine, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-05369266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Profilométrie par ps-LIBS d'un échantillon de tungstène deposé par PVD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Favre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Favre</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Idlahcen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Diez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées LIBS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Saint-Etienne du Rouvray, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03011829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6479,414 +6345,414 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving active learning in multi-fidelity hydrodynamic optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeroen Wackers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeroen Wackers</w:t>
+                <w:t xml:space="preserve">R Pellegrini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Diez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R Pellegrini</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M Diez</w:t>
+                <w:t xml:space="preserve">A Serani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Visonneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">34th Symposium on Naval Hydrodynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Washington, DC, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03681614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal loads in gaps between ITER divertor monoblocks: first lessons learnt from WEST</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. P. Gunn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bucalossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Diez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PSI 24 - The 24th International Conference on Plasma Surface Interactions in Controlled Fusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, Jeju, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-03202608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation de plasmas induits par impulsion laser picoseconde sur cible de tungstène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Favre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Favre</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bultel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Diez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFP Plasmas 15</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02104950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId251"/>
+      <w:footerReference w:type="default" r:id="rId250"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7033,51 +6899,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282872v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Verhaegh" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Harrison" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Moulton" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Lipschultz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Lonigro" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-025-02121-1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378084v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Baydoun" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Durif" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ricciardi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sashidharan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fouvry" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fusengdes.2025.115307" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876698v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arnas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Campos" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Diez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bernard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brun" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2024.101848" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282776v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kool" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Verhaegh" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Derks" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wijkamp" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Koenders" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41560-025-01824-7" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282887v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.F. Maggi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Abate" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Abid" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Abreu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Adabonyan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ad3e16" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04739158v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Mitteau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Diez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Firdaouss" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2024.101777" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04765312v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gaspar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Anquetin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Corre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Courtois" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2024.101745" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04590200v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hernandez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Firdaouss" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Deleau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Missirlian" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2023.101573" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850215v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948518v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bucalossi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ekedahl" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Achard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Afonin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Agullo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ad64e5" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04816503v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gerardin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Desgranges" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dubus" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2024.101783" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850452v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Joffrin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wischmeier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baruzzo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hakola" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kappatou" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ad2be4" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04765081v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Richou" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guillemaut" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ad66e2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04765296v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cabi&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2024.101764" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507588v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Favre" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bultel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Lamine Sankhe" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vartanian" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bruno" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/ad2826" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04816563v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fedorczak" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cappelli" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Colas" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2024.101758" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04765326v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Demiane" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Reilhac" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dorow-Gerspach" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lemetais" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2024.101746" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534661v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Pardanaud" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Martin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Roubin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Roussin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Dellasega" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1591/ad0289" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086324v2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Arnas" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Campos" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Peillon" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2023.101471" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04765367v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Bergheau" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fusengdes.2023.113441" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04396244v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-H. Aumeunier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Krieger" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2023.101546" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04396238v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Corre" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torsten Loewenhoff" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Richou" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastijan Brezinsek" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Coenen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2023.101366" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04396242v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Balden" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brezinsek" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2023.101399" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04396240v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Tichit" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2023.101537" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741642v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Alarcon" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Allegretti" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac2525" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04765195v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten Loewenhoff" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Diez" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Martin" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac412e" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04029619v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tsitrone" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pegourie" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Gunn" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bruno" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac2ef3" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04029656v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rigollet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Aumeunier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac6f68" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04029665v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ehret" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2022.101305" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024908v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Morel" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Godard" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Idlahcen" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlastec.2022.107913" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03583706v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Grosjean" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James P. Gunn" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Krieger" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Ratynskaia" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/ac326a" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03578420v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Grosjean" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Corre" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Gaspar" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J P Gunn" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Carpentier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2021.100910" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03652668v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Gunn" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Krieger" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ratynskaia" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594167v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Likonen" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lahtinen" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Vuoriheimo" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Groth" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac22d2" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768143v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Firdaouss" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd B&#246;swirth" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/ac2657" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03202595v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Delmas" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2021.100920" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03578445v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M H Aumeunier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fusengdes.2021.112387" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04746758v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac1dc6" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03412056v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Campos" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martiane Cabi&#233;" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Giacometti" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/ac267e" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550892v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Balden" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Mayer" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Bliewert" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Bernard" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/ac2182" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03148253v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Dejarnac" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147012v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H Aumeunier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Le Bohec" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Rigollet" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Brezinsek" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2020.100851" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491201v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chappuis" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gazzotti" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lipa" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Portafaix" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fusengdes.2020.112000" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05194310v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Samaille" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fusengdes.2019.02.031" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110735v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Perry" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fusengdes.2019.01.084" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05317907v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Guillemaut" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Richou" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Lisgo" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Cabi&#233;" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05369266v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Geulin" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Gallo" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Manas" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Wauters" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011829v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Godard" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681614v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Wackers" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Pellegrini" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Serani" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Visonneau" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03202608v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Gunn" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104950v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378084v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Baydoun" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Durif" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ricciardi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sashidharan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fouvry" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fusengdes.2025.115307" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876698v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Arnas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Campos" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Diez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bernard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brun" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2024.101848" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282776v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kool" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Verhaegh" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Derks" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wijkamp" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Koenders" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41560-025-01824-7" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282872v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Verhaegh" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Harrison" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Moulton" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Lipschultz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Lonigro" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-025-02121-1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04739158v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Mitteau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Diez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Firdaouss" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2024.101777" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04590200v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hernandez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Firdaouss" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Deleau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Missirlian" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2023.101573" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850215v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.F. Maggi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Abate" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Abid" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Abreu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Adabonyan" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ad3e16" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04765312v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gaspar" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Anquetin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Corre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Courtois" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2024.101745" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948518v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bucalossi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ekedahl" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Achard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Afonin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Agullo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ad64e5" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04816503v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gerardin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Desgranges" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dubus" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2024.101783" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850452v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Joffrin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wischmeier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baruzzo" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hakola" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kappatou" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ad2be4" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04765081v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Richou" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guillemaut" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ad66e2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04765296v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cabi&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2024.101764" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507588v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Favre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bultel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Lamine Sankhe" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vartanian" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bruno" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/ad2826" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04816563v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fedorczak" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cappelli" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Colas" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2024.101758" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04765326v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Demiane" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Reilhac" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dorow-Gerspach" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lemetais" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2024.101746" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086324v2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Arnas" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Campos" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Peillon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Martin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2023.101471" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04765367v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Bergheau" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fusengdes.2023.113441" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04396244v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-H. Aumeunier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Krieger" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2023.101546" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04396238v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Corre" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torsten Loewenhoff" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Richou" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastijan Brezinsek" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Coenen" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2023.101366" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04396242v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Balden" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brezinsek" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2023.101399" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04396240v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Tichit" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2023.101537" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534661v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Pardanaud" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Roubin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Roussin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Dellasega" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1591/ad0289" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04029619v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tsitrone" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pegourie" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Gunn" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bruno" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac2ef3" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04765195v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten Loewenhoff" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Diez" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Martin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac412e" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04029656v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rigollet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Aumeunier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac6f68" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04029665v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ehret" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2022.101305" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024908v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Morel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Godard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Idlahcen" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlastec.2022.107913" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741642v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Alarcon" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Allegretti" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac2525" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03578420v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Grosjean" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Corre" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Gaspar" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J P Gunn" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Carpentier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2021.100910" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03652668v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Gunn" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Krieger" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ratynskaia" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594167v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Likonen" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lahtinen" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Vuoriheimo" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Groth" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac22d2" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03202595v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Delmas" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2021.100920" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768143v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Firdaouss" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd B&#246;swirth" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/ac2657" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03578445v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M H Aumeunier" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fusengdes.2021.112387" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04746758v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac1dc6" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03412056v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Campos" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martiane Cabi&#233;" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Giacometti" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/ac267e" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550892v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Balden" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Mayer" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Bliewert" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Bernard" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/ac2182" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03583706v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Grosjean" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James P. Gunn" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Krieger" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Ratynskaia" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/ac326a" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147012v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H Aumeunier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Le Bohec" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Rigollet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Brezinsek" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2020.100851" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491201v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chappuis" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gazzotti" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lipa" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Portafaix" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fusengdes.2020.112000" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03148253v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Dejarnac" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110735v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Perry" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fusengdes.2019.01.084" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05194310v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Samaille" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fusengdes.2019.02.031" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05317907v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Guillemaut" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Richou" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Lisgo" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Cabi&#233;" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05369266v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Geulin" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Gallo" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Manas" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Wauters" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011829v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Godard" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03681614v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Wackers" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Pellegrini" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Serani" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Visonneau" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03202608v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Gunn" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104950v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>