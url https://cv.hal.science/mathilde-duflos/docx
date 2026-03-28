--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -628,638 +628,638 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05365504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Motivations and challenges for grandparent–grandchild outdoor play in early childhood: Perception of Canadian grandparents</w:t>
+                <w:t xml:space="preserve">Like-Grandparent Like-Grandchild: Strengthening Emotional Closeness Through Affectionate Communication and Personality Similarities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Duflos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliana Lane</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mariana Brussoni</w:t>
+                <w:t xml:space="preserve">Daniel H Mansson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Cès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Family Relations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/fare.12952⟩</w:t>
+              <w:t xml:space="preserve">Journal of Intergenerational Relationships</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/15350770.2023.2215225⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05363163v1</w:t>
+                <w:t xml:space="preserve">hal-04174359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Like-Grandparent Like-Grandchild: Strengthening Emotional Closeness Through Affectionate Communication and Personality Similarities</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Displaying intergenerational solidarity on TikTok during the COVID-19 pandemic: understanding the implications in the grandparent-grandchild relationship</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marije Nouwen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Duflos</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Caroline Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Intergenerational Relationships</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/15350770.2023.2215225⟩</w:t>
+              <w:t xml:space="preserve">Journal of Family Studies </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 29 (3), pp.1134-1153. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13229400.2022.2032275⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04174359v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03960602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“When I’m playing with him, everything else in my life sort of falls away”: exploring grandparents’ and grandchildren’s learning through outdoor play</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Duflos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hebah Hussaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariana Brussoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Adventure Education and Outdoor Learning</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/14729679.2023.2230503⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04174402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Displaying intergenerational solidarity on TikTok during the COVID-19 pandemic: understanding the implications in the grandparent-grandchild relationship</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Motivations and challenges for grandparent–grandchild outdoor play in early childhood: Perception of Canadian grandparents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Duflos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marije Nouwen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Duflos</w:t>
+                <w:t xml:space="preserve">Juliana Lane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Brussoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Family Studies </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 29 (3), pp.1134-1153. </w:t>
+              <w:t xml:space="preserve">Family Relations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 73 (2), pp.1107-1120. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/13229400.2022.2032275⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/fare.12952⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03960602v1</w:t>
+                <w:t xml:space="preserve">hal-05363163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparing U.S. and French grandparent-grandchild relationships</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Using the intergenerational solidarity framework to understand the grandparent–grandchild relationship: A scoping review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Duflos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Caroline Giraudeau</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communication Research Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/08824096.2021.2001324⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Ageing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 19 (2), pp.233-262. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10433-021-00626-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03522835v1</w:t>
+                <w:t xml:space="preserve">hal-04174370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using the intergenerational solidarity framework to understand the grandparent–grandchild relationship: A scoping review</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparing U.S. and French grandparent-grandchild relationships</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel H Mansson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Duflos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">C. Giraudeau</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Ageing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 19 (2), pp.233-262. </w:t>
+              <w:t xml:space="preserve">Communication Research Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10433-021-00626-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/08824096.2021.2001324⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04174370v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03522835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What is emotional closeness between grandparents and their adolescent and emerging adult grandchildren? A systematic review</w:t>
               </w:r>
@@ -1577,147 +1577,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03133738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adolescents’ Conceptions of “Good” Grandparents: A Reversal Theory Approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Ideal Grandparent Scale: Validation in a French Young Adults Population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Duflos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Gérard Chasseigne</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Hans Mansson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Ferrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Intergenerational Relationships</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/15350770.2020.1804034⟩</w:t>
+              <w:t xml:space="preserve">Ageing International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 46, pp.296-310. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12126-020-09386-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03002715v1</w:t>
+                <w:t xml:space="preserve">hal-03002706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What is emotional closeness between grandparents and their adolescent grandchildren? A systematic review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Duflos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1736,206 +1762,180 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Ferrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Family Studies </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, pp.1-23. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/13229400.2020.1752771⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03002711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Ideal Grandparent Scale: Validation in a French Young Adults Population</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adolescents’ Conceptions of “Good” Grandparents: A Reversal Theory Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Giraudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Duflos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Claude Ferrand</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Chasseigne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ageing International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 46, pp.296-310. </w:t>
+              <w:t xml:space="preserve">Journal of Intergenerational Relationships</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, pp.1-18. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12126-020-09386-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/15350770.2020.1804034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03002706v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03002715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2035,51 +2035,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the Role of Grandparents in Families with a Child with Autism: A French perspective.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Duflos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th biannual conference of the European Society on Family Relations "Family Across Space and Time"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Society on Family Relations, Jun 2025, Funchal (Madeira Island), Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2098,450 +2098,450 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05397462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les représentations du jeu de société à travers les générations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Cès</w:t>
+                <w:t xml:space="preserve">Parasite stress weakly predicts aﬀection deprivation: Preliminary evidence from 37 countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kory Floyd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Duflos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colin Hesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan C Mikkelson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RIPSYDEVE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Reims, France</w:t>
+              <w:t xml:space="preserve">Western States Communication Association Annual Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Western States Communication Association, Feb 2024, Reno, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04667131v1</w:t>
+                <w:t xml:space="preserve">hal-05397612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parasite stress weakly predicts aﬀection deprivation: Preliminary evidence from 37 countries</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kory Floyd</w:t>
+                <w:t xml:space="preserve">Teacher's perceptions of the usefulness of board games in elementary school</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Cès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Duflos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Doyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Western States Communication Association Annual Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Western States Communication Association, Feb 2024, Reno, United States</w:t>
+              <w:t xml:space="preserve">INPACT 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05397612v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04595242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teacher's perceptions of the usefulness of board games in elementary school</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">What does strengthen or weaken emotional closeness between adolescent grandchildren and their grandparents?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Duflos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INPACT 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2024, Porto, Portugal</w:t>
+              <w:t xml:space="preserve">53rd Annual Meeting of The Jean Piaget Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The Jean Piaget Society, May 2024, Toronto, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04595242v1</w:t>
+                <w:t xml:space="preserve">hal-05397558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What does strengthen or weaken emotional closeness between adolescent grandchildren and their grandparents?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les représentations du jeu de société à travers les générations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Cès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Duflos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Doyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">53rd Annual Meeting of The Jean Piaget Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, The Jean Piaget Society, May 2024, Toronto, Canada</w:t>
+              <w:t xml:space="preserve">RIPSYDEVE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05397558v1</w:t>
+                <w:t xml:space="preserve">hal-04667131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude qualitative sur les changements des représentations du jeu de société à travers les âges.</w:t>
               </w:r>
@@ -2579,51 +2579,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Tricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Jhean-Larose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">62ème congrès de la Société Française de Psychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SFP, Oct 2023, Nîmes (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2763,247 +2763,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04250757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solidarité intergénérationnelle en temps de COVID-19 : comment le réseau social TikTok a-t-il permis le maintien de la solidarité entre les grands-parents et leurs petits-enfants ?</w:t>
+                <w:t xml:space="preserve">Intergenerational Outdoor Play for Promoting Physical Activity in Young Children and Older Adults. Symposium: Promoting Health Equity in Diverse Families By Involving Grandparents in Prevention Science</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Duflos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marije Nouwen</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Brussoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’études de la Caisse nationale d’assurance vieillesse "Covid, âges de la vie et relations intergénérationnelles"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Caisse nationale d’assurance vieillesse, Jun 2023, Saint-Denis, France</w:t>
+              <w:t xml:space="preserve">2023 Society for Prevention Research Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Society for Prevention Research Conference, May 2023, Washington DC, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05397769v1</w:t>
+                <w:t xml:space="preserve">hal-05397783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intergenerational Outdoor Play for Promoting Physical Activity in Young Children and Older Adults. Symposium: Promoting Health Equity in Diverse Families By Involving Grandparents in Prevention Science</w:t>
+                <w:t xml:space="preserve">Solidarité intergénérationnelle en temps de COVID-19 : comment le réseau social TikTok a-t-il permis le maintien de la solidarité entre les grands-parents et leurs petits-enfants ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Duflos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mariana Brussoni</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marije Nouwen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 Society for Prevention Research Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Society for Prevention Research Conference, May 2023, Washington DC, United States</w:t>
+              <w:t xml:space="preserve">Journées d’études de la Caisse nationale d’assurance vieillesse "Covid, âges de la vie et relations intergénérationnelles"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Caisse nationale d’assurance vieillesse, Jun 2023, Saint-Denis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05397783v1</w:t>
+                <w:t xml:space="preserve">hal-05397769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating parents’ risk propensity for themselves, their child, and child injury incidence.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Duflos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hebah Hussaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariana Brussoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Canadian Injury Prevention Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Canadian Injury Prevention Society, Nov 2022, Vancouver (BC), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3028,51 +3028,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TikTok as a data gathering space: the case of grandchildren and grandparents during the COVID-19 pandemic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marije Nouwen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Duflos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3164,51 +3164,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emotional Closeness between grandparents and young adult grandchildren: A systematic review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Duflos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Ferrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3259,51 +3259,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intergenerational affectionate communication: conceptions of young adults toward their grandparent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Duflos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Giraudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Ferrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3431,51 +3431,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7CDC47F9"/>
+    <w:nsid w:val="381A661C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3662,51 +3662,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathilde-duflos" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9532-1859" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365499v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre C&#232;s" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Doyen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Duflos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Giraudeau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00131881.2025.2467067" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365495v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;lise Doyen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sjop.13108" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639644v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Tricard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Jhean-Larose" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01490400.2024.2373415" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365504v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fare.13117" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363163v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Lane" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Brussoni" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fare.12952" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174359v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel H Mansson" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15350770.2023.2215225" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174402v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hebah Hussaina" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14729679.2023.2230503" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960602v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marije Nouwen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13229400.2022.2032275" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522835v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08824096.2021.2001324" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174370v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Giraudeau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10433-021-00626-6" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365537v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hans Mansson" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bailly" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Ferrand" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.31900.82562" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522635v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/21676968211054606" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133738v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mansson" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15267431.2021.1876694" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002715v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Chasseigne" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15350770.2020.1804034" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002711v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13229400.2020.1752771" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002706v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12126-020-09386-7" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397489v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397462v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667131v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397612v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kory Floyd" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Hesse" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan C Mikkelson" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595242v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397558v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250756v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250757v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397769v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397783v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397823v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522799v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3459990.3465201" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03384962v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524444v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathilde-duflos" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9532-1859" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365499v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre C&#232;s" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Doyen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Duflos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Giraudeau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00131881.2025.2467067" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365495v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;lise Doyen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sjop.13108" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639644v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Tricard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Jhean-Larose" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01490400.2024.2373415" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365504v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fare.13117" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174359v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel H Mansson" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15350770.2023.2215225" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960602v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marije Nouwen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13229400.2022.2032275" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174402v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hebah Hussaina" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Brussoni" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14729679.2023.2230503" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363163v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Lane" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fare.12952" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174370v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Giraudeau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10433-021-00626-6" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522835v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08824096.2021.2001324" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05365537v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hans Mansson" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bailly" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Ferrand" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.31900.82562" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522635v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/21676968211054606" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133738v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mansson" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15267431.2021.1876694" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002706v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12126-020-09386-7" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002711v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13229400.2020.1752771" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002715v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Chasseigne" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15350770.2020.1804034" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397489v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397462v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397612v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kory Floyd" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Hesse" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan C Mikkelson" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595242v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397558v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667131v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250756v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250757v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397783v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397769v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397823v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522799v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3459990.3465201" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03384962v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524444v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>