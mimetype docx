--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -583,697 +583,697 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03637385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LPMO-oxidized cellulose oligosaccharides evoke immunity in Arabidopsis conferring resistance towards necrotrophic fungus B. cinerea</w:t>
+                <w:t xml:space="preserve">Every cloud has a silver lining: how abiotic stresses affect gene expression in plant-pathogen interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Zarattini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Massimiliano Corso</w:t>
+                <w:t xml:space="preserve">Mahsa Farjad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Antonio Kadowaki</w:t>
+                <w:t xml:space="preserve">David Cannella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonielle Monclaro</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Silvia Magri</w:t>
+                <w:t xml:space="preserve">Marie-Christine Soulié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s42003-021-02226-7⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 72 (4), pp.1020-1033. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/eraa531⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03738681v1</w:t>
+                <w:t xml:space="preserve">hal-04509940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Every cloud has a silver lining: how abiotic stresses affect gene expression in plant-pathogen interactions</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Plant nitrate supply regulates Erwinia amylovora virulence gene expression in Arabidopsis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahsa Farjad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marie-Christine Soulié</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roua Jeridi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jxb/eraa531⟩</w:t>
+              <w:t xml:space="preserve">Molecular Plant Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (11), pp.1332-1346. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mpp.13114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04509940v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03345282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plant nitrate supply regulates Erwinia amylovora virulence gene expression in Arabidopsis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mahsa Farjad</w:t>
+                <w:t xml:space="preserve">LPMO-oxidized cellulose oligosaccharides evoke immunity in Arabidopsis conferring resistance towards necrotrophic fungus B. cinerea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Zarattini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massimiliano Corso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Antonio Kadowaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonielle Monclaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Clément</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Jolivet</w:t>
+                <w:t xml:space="preserve">Silvia Magri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Plant Pathology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 22 (11), pp.1332-1346. </w:t>
+              <w:t xml:space="preserve">Communications Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 4 (1), pp.727. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/mpp.13114⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s42003-021-02226-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03345282v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03738681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plant nitrogen supply affects the Botrytis cinerea infection process and modulates known and novel virulence factors</w:t>
+                <w:t xml:space="preserve">Post-flowering biotic and abiotic stresses impact nitrogen use efficiency and seed filling in Arabidopsis thaliana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie‐christine Soulie</w:t>
+                <w:t xml:space="preserve">Anne Marmagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shamsuddin Mia Koka</w:t>
+                <w:t xml:space="preserve">Sophie Jasinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kévin Floch</w:t>
+                <w:t xml:space="preserve">Mathilde Fagard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Vancostenoble</w:t>
+                <w:t xml:space="preserve">Laurence Bill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deborah Barbe</w:t>
+                <w:t xml:space="preserve">Philippe Guerche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Plant Pathology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 21, pp.1436-1450. </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 71 (15), pp.4578-4590. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/mpp.12984⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/jxb/eraa011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02946967v1</w:t>
+                <w:t xml:space="preserve">hal-02942993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Post-flowering biotic and abiotic stresses impact nitrogen use efficiency and seed filling in Arabidopsis thaliana</w:t>
+                <w:t xml:space="preserve">Plant nitrogen supply affects the Botrytis cinerea infection process and modulates known and novel virulence factors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Marmagne</w:t>
+                <w:t xml:space="preserve">Marie‐christine Soulie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Jasinski</w:t>
+                <w:t xml:space="preserve">Shamsuddin Mia Koka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Fagard</w:t>
+                <w:t xml:space="preserve">Kévin Floch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Bill</w:t>
+                <w:t xml:space="preserve">Baptiste Vancostenoble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Guerche</w:t>
+                <w:t xml:space="preserve">Deborah Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 71 (15), pp.4578-4590. </w:t>
+              <w:t xml:space="preserve">Molecular Plant Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21, pp.1436-1450. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jxb/eraa011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/mpp.12984⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02942993v1</w:t>
+                <w:t xml:space="preserve">hal-02946967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oligogalacturonide production upon Arabidopsis thaliana – Botrytis cinerea interaction</w:t>
               </w:r>
@@ -1311,51 +1311,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie S. Guenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Miart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Soulié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 116 (39), pp.19743-19752. </w:t>
@@ -1661,51 +1661,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nitrogen limitation alters the response of specific genes to biotic stress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahsa Farjad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Rigault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1834,51 +1834,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Buellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Masclaux-Daubresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fagard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1968,51 +1968,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oriane O. Patrit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Wenes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fagard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 7, pp.1-12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2072,51 +2072,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Zarattini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahsa Farjad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Wenes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2174,295 +2174,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01605122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nitrogen metabolism meets phytopathology</w:t>
+                <w:t xml:space="preserve">The hnRNP-Q Protein LIF2 Participates in the Plant Immune Response</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Fagard</w:t>
+                <w:t xml:space="preserve">Clémentine Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Launay</w:t>
+                <w:t xml:space="preserve">Stefania del Prete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Clément</w:t>
+                <w:t xml:space="preserve">Stephanie Boutet-Mercey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Courtial</w:t>
+                <w:t xml:space="preserve">Francois Perreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Dellagi</w:t>
+                <w:t xml:space="preserve">Claudine Balague</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">J Exp Bot</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 65 (19), pp.5643--5656. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (6), 16 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jxb/eru323⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0099343⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01563731v1</w:t>
+                <w:t xml:space="preserve">hal-01204050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The hnRNP-Q Protein LIF2 Participates in the Plant Immune Response</w:t>
+                <w:t xml:space="preserve">Nitrogen metabolism meets phytopathology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémentine Le Roux</w:t>
+                <w:t xml:space="preserve">M. Fagard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefania del Prete</w:t>
+                <w:t xml:space="preserve">A. Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephanie Boutet-Mercey</w:t>
+                <w:t xml:space="preserve">G. Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francois Perreau</w:t>
+                <w:t xml:space="preserve">J. Courtial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudine Balague</w:t>
+                <w:t xml:space="preserve">A. Dellagi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 9 (6), 16 p. </w:t>
+              <w:t xml:space="preserve">J Exp Bot</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 65 (19), pp.5643--5656. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0099343⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/jxb/eru323⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01204050v1</w:t>
+                <w:t xml:space="preserve">hal-01563731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The bacterial effector DspA/E is toxic in Arabidopsis thaliana and is required for multiplication and survival of fire blight pathogen</w:t>
               </w:r>
@@ -2755,51 +2755,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oriane Patrit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annemarie Krapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fagard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Vedele</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3376,329 +3376,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02659246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes in transcriptional profiles are associated with early fruit tissue specialization in tomato</w:t>
+                <w:t xml:space="preserve">The Arabidopsis HOMOLOGY-DEPENDENT GENE SILENCINGI gene codes for an S-adenosyl-L-homocysteine hydrolase required for DNA methylation-dependent gene silencing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martine Lemaire-Chamley</w:t>
+                <w:t xml:space="preserve">Pedro S.C.F. Rocha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johann J. Petit</w:t>
+                <w:t xml:space="preserve">Mazhar Sheikh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie V. Garcia</w:t>
+                <w:t xml:space="preserve">Rosalba Melchiorre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde M. Fagard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Just</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Baldet</w:t>
+                <w:t xml:space="preserve">Stephane Boutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 17 (2), pp.404-417</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02679575v1</w:t>
+                <w:t xml:space="preserve">hal-02676675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Arabidopsis HOMOLOGY-DEPENDENT GENE SILENCINGI gene codes for an S-adenosyl-L-homocysteine hydrolase required for DNA methylation-dependent gene silencing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Changes in transcriptional profiles are associated with early fruit tissue specialization in tomato</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Lemaire-Chamley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann J. Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pedro S.C.F. Rocha</w:t>
+                <w:t xml:space="preserve">Virginie V. Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mazhar Sheikh</w:t>
+                <w:t xml:space="preserve">Daniel Just</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rosalba Melchiorre</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Stephane Boutet</w:t>
+                <w:t xml:space="preserve">Pierre Baldet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant cell</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 139 (2), pp.750-769. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.105.063719⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02676675v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02679575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arabidopsis histone deacetylase HDA6 is required for maintenance of transcriptional gene silencing and determines nuclear organization of rDNA repeats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.V. Probst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fagard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Proux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3827,51 +3827,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beclin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fagard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 13 (10), pp.843-848</w:t>
@@ -3926,51 +3926,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry T. Desprez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samantha S. Vernhettes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fagard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guislaine Refregier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4028,1016 +4028,1016 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02681400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptional gene silencing in plants: targets, inducers and regulators</w:t>
+                <w:t xml:space="preserve">HC-Pro suppression of transgene silencing eliminates the small RNAs but not transgene methylation or the mobile signal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Herve H. Vaucheret</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A.C. Mallory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Ely</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.H. Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Marathe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Anandalakshmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 17 (1), pp.29-35</w:t>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 13 (3), pp.571-583</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02678830v1</w:t>
+                <w:t xml:space="preserve">hal-02679825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Post-transcriptional gene silencing in plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve H. Vaucheret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Beclin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fagard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Cell Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 114 (17), pp.3083-3091</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02673977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HC-Pro suppression of transgene silencing eliminates the small RNAs but not transgene methylation or the mobile signal</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transcriptional gene silencing in plants: targets, inducers and regulators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Marathe</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Herve H. Vaucheret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Fagard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant cell</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 13 (3), pp.571-583</w:t>
+              <w:t xml:space="preserve">Trends in Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 17 (1), pp.29-35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02679825v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02678830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PROCUSTE1 encodes a cellulose synthase required for normal cell elongation specifically in roots and dark-grown hypocotyls of Arabidopsis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">(Trans)gene silencing in plants: how many mechanisms?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fagard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve H. Vaucheret</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant cell</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1105/tpc.12.12.2409⟩</w:t>
+              <w:t xml:space="preserve">Annual Review of Plant Physiology and Plant Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 51, pp.167-194. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1146/annurev.arplant.51.1.167⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02698876v1</w:t>
+                <w:t xml:space="preserve">hal-02698877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plant viral suppressors of post-transcriptional silencing do not suppress transcriptional silencing</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Cell wall mutants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fagard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herman Höfte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samantha S. Vernhettes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant Journal</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Plant Physiology and Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 38 (1-2), pp.15-25</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02688601v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02693442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AG01, QDE-2, and RDE-1 are related proteins required for post-transcriptional gene silencing in plants, quelling in fungi, and RNA interference in animals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Systemic silencing signal(s)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fagard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve H. Vaucheret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.200217597⟩</w:t>
+              <w:t xml:space="preserve">Plant Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 43 (2-3), pp.285-293. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1023/A:1006404016494⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02693944v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02694027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Systemic silencing signal(s)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">PROCUSTE1 encodes a cellulose synthase required for normal cell elongation specifically in roots and dark-grown hypocotyls of Arabidopsis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fagard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Desnos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry T. Desprez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Goubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guislaine Refregier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1023/A:1006404016494⟩</w:t>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 12 (12), pp.2409-2423. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1105/tpc.12.12.2409⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02694027v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02698876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">(Trans)gene silencing in plants: how many mechanisms?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Plant viral suppressors of post-transcriptional silencing do not suppress transcriptional silencing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Marathe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.H. Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Anandalakshmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.H. Bowman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fagard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Review of Plant Physiology and Plant Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1146/annurev.arplant.51.1.167⟩</w:t>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 22 (1), pp.51-59. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1046/j.1365-313x.2000.007.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02698877v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02688601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cell wall mutants</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">AG01, QDE-2, and RDE-1 are related proteins required for post-transcriptional gene silencing in plants, quelling in fungi, and RNA interference in animals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fagard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Samantha S. Vernhettes</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Boutet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.B. Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Bellini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve H. Vaucheret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology and Biochemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 97 (21), pp.11650-11654. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.200217597⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02693442v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02693944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5180,51 +5180,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of nitrogen availability on the susceptibility of Arabidopsis to necrotrophic pathogens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fagard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15e Rencontres Plantes-Bactéries</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2022, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5262,90 +5262,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virulence characters of Erwinia amylovora and their variation under plant abiotic stress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roua Jeridi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahsa Farjad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. A. Mekni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Landoulsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fagard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. Congress of International-Society-for-Molecular-Plant-Microbe-Interactions (IS-MPMI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Society for Momecular Plant Microbe Interactions., Jul 2019, Glasgow, United Kingdom. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5422,51 +5422,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Brunaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Soubigou-Taconnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fagard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th Congress of International-Society-for-Molecular-Plant-Microbe-Interactions (IS-MPMI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Society for Molecular Plant-Microbe Interactions, Jul 2019, Glasgow, United Kingdom. pp.49-49</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5616,64 +5616,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collection de mutants EMS et TILLING chez la tomate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Just</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie V. Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Bres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5901,51 +5901,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Amselem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Nicol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fagard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Desnos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6071,51 +6071,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Boutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International congress of plant pathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Lyon, France</w:t>
@@ -6170,51 +6170,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Davière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine M.-C. Soulie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fagard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Botrysclero 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6310,51 +6310,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Moury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Fagard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'immunité des plantes. Pour des cultures résistantes aux maladies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6482,51 +6482,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B996D9EF"/>
+    <w:nsid w:val="D9CDADF0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6713,51 +6713,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathilde-fagard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7452-6337" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/137508042" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994861v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Davi&#232;re" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Voxeur" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Jolivet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luka Lelas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Vernhettes" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-025-07642-7" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05210402v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roua Jeridi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Zarattini" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Clement" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.70110" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03637385v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Launay" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cl&#233;me" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Dellero" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23084224" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03738681v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Corso" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Antonio Kadowaki" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonielle Monclaro" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Magri" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-021-02226-7" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04509940v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahsa Farjad" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cannella" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Souli&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eraa531" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03345282v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cl&#233;ment" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.13114" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02946967v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;christine Soulie" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shamsuddin Mia Koka" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Floch" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Vancostenoble" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Barbe" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.12984" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942993v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marmagne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jasinski" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Fagard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bill" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guerche" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eraa011" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02351884v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Habrylo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie S. Guenin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Miart" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1900317116" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02118952v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kay Gully" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Pelletier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Guillou" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Ferrand" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Aligon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ery454" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001363v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Expert" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Patrit" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Shevchik" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Perino" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Boucher" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.12522" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625219v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Rigault" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Pateyron" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Martin-Magniette" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annemarie Krapp" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms19113364" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605881v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Buellet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Masclaux-Daubresse" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Chardon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.00394" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632616v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane O. Patrit" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Wenes" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.00545" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605122v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Soubigou-Taconnat" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.12416" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01563731v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fagard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Launay" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Courtial" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dellagi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eru323" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204050v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Le Roux" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania del Prete" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Boutet-Mercey" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Perreau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Balague" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0099343" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190557v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre A. Degrave" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Moreau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Anne Barny" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Brisset" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.12022" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00921325v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moreau" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vedel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bitton" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-05-11-0111" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190740v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dechorgnat" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Patrit" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Vedele" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0042491" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841750v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Boureau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Siamer" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Perino" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaubert" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-09-10-0212" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659166v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alia Dellagi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Segond" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde M. Fagard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Simon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.109.138636" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663915v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane S. Gaubert" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-21-8-1076" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659246v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roux" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-20-7-0794" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679575v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Lemaire-Chamley" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann J. Petit" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie V. Garcia" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Just" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baldet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.105.063719" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676675v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro S.C.F. Rocha" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazhar Sheikh" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalba Melchiorre" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Boutet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681115v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Probst" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Proux" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mourrain" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boutet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.018754" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678873v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vazquez" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Liu" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Beclin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681400v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry T. Desprez" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha S. Vernhettes" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guislaine Refregier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Desnos" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.010822" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678830v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve H. Vaucheret" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673977v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679825v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Mallory" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ely" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.H. Smith" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Marathe" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Anandalakshmi" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698876v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Goubet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.12.12.2409" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688601v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marathe" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.H. Bowman" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-313x.2000.007.x" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693944v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Morel" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Bellini" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.200217597" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694027v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1006404016494" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-W3WDNG51-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698877v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev.arplant.51.1.167" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693442v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herman H&#246;fte" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281563v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine M.-C. Soulie" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281664v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736579v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Mekni" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Landoulsi" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02612362v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Soulie" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Brunaud" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02516578v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Vergne" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750999v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bres" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rothan" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756488v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Anne M. A. Barny" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bouteau" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770761v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Amselem" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nicol" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281592v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Boutet" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281637v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03130970v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Berthom&#233;" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Moury" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lefebvre" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathilde-fagard" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7452-6337" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/137508042" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994861v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Davi&#232;re" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Voxeur" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Jolivet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luka Lelas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Vernhettes" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-025-07642-7" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05210402v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roua Jeridi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Zarattini" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Clement" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.70110" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03637385v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Launay" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cl&#233;me" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Dellero" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23084224" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04509940v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahsa Farjad" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cannella" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Souli&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eraa531" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03345282v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cl&#233;ment" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.13114" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03738681v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Corso" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Antonio Kadowaki" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonielle Monclaro" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Magri" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-021-02226-7" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942993v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marmagne" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jasinski" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Fagard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bill" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guerche" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eraa011" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02946967v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;christine Soulie" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shamsuddin Mia Koka" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Floch" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Vancostenoble" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Barbe" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.12984" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02351884v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Habrylo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie S. Guenin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Miart" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1900317116" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02118952v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kay Gully" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Pelletier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Guillou" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Ferrand" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Aligon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ery454" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001363v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Expert" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Patrit" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Shevchik" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Perino" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Boucher" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.12522" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625219v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Rigault" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Pateyron" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Martin-Magniette" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annemarie Krapp" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms19113364" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605881v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Buellet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Masclaux-Daubresse" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Chardon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.00394" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632616v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane O. Patrit" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Wenes" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.00545" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605122v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Soubigou-Taconnat" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.12416" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204050v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Le Roux" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania del Prete" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Boutet-Mercey" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Perreau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Balague" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0099343" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01563731v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fagard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Launay" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Courtial" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dellagi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eru323" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190557v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre A. Degrave" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Moreau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Anne Barny" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Brisset" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.12022" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00921325v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moreau" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vedel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bitton" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-05-11-0111" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190740v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dechorgnat" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Patrit" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Vedele" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0042491" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841750v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Boureau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Siamer" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Perino" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaubert" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-09-10-0212" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659166v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alia Dellagi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Segond" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde M. Fagard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Simon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.109.138636" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663915v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane S. Gaubert" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-21-8-1076" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659246v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roux" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-20-7-0794" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676675v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro S.C.F. Rocha" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazhar Sheikh" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalba Melchiorre" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Boutet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679575v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Lemaire-Chamley" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann J. Petit" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie V. Garcia" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Just" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baldet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.105.063719" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681115v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Probst" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Proux" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mourrain" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boutet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.018754" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678873v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vazquez" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Liu" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Beclin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681400v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry T. Desprez" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha S. Vernhettes" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guislaine Refregier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Desnos" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.010822" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679825v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Mallory" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ely" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.H. Smith" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Marathe" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Anandalakshmi" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673977v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve H. Vaucheret" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678830v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698877v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev.arplant.51.1.167" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693442v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herman H&#246;fte" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694027v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1006404016494" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-W3WDNG51-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698876v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Goubet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.12.12.2409" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688601v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marathe" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.H. Bowman" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-313x.2000.007.x" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693944v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Morel" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Bellini" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.200217597" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281563v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine M.-C. Soulie" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281664v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736579v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Mekni" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Landoulsi" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02612362v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Soulie" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Brunaud" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02516578v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Vergne" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750999v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bres" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rothan" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756488v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Anne M. A. Barny" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bouteau" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770761v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Amselem" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nicol" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281592v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Boutet" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281637v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03130970v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Berthom&#233;" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Moury" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lefebvre" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>