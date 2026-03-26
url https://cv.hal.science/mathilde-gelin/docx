--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -853,186 +853,186 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04380425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The defence of Takht-i Sangin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Gelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N. K. Ubaidullo, N. D. Khodjaeva, A. N. Odinaev; IHAET. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Takht-i Sangin as an example of the synthesis of the civilizations of East and West</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , pp.92-112, 2023, 978-99985-946-9-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04223835v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Terre crue et archéologie: de la physique du matériau à la restauration de vestiges architecturaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Gelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Xavier Faivre. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Argiles. De la physique du matériau à l’expérimentation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Archaeopress</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.43-56, 2023, 9781789694208; digital: 9781789694215</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archaeopress</w:t>
-[...21 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-03475315v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-04223835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The integration of the Island of Ikaros Into &amp;quot;international&amp;quot; and regional networks</w:t>
               </w:r>
@@ -1210,129 +1210,387 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03258080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cat. 47. Jeune homme (du type d'Apollon ou d’Éros)</w:t>
+                <w:t xml:space="preserve">Cat. 44. Autel dédié à l'Oxus par Atrosokès, avec Marsyas jouant de la double flûte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Gelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anjelina Drujinina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Musée Guimet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tadjikistan, au pays des fleuves d'or</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Musée Guimet-Editions Snoeck, pp.92-93, 2021, 979-10-90262-63-8</w:t>
+              <w:t xml:space="preserve">, Musée Guimet-Editions Snoeck, pp.88-89, 2021, 979-10-90262-63-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03475281v1</w:t>
+                <w:t xml:space="preserve">hal-03475278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cat. 61. Plaque décorative de fourreau d'épée (?) avec des scènes de chasse et de banquet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Gelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anjelina Drujinina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Musée Guimet. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tadjikistan, au pays des fleuves d'or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Musée Guimet-Editions Snoeck, pp.102-103, 2021, 979-10-90262-63-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03475287v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cat. 40. Tête d'Alexandre-Héraklès provenant d'un fourreau de machaira</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Gelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anjelina Drujinina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Musée Guimet. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tadjikistan, au pays des fleuves d'or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Musée Guimet-Editions Snoeck, pp.84-85, 2021, 979-10-90262-63-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03475274v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cat. 39. Poignée d'épée représentant Héraklès luttant contre Achéloos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Gelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anjelina Drujinina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Musée Guimet. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tadjikistan, au pays des fleuves d'or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Musée Guimet-Editions Snoeck, pp.82-83, 2021, 979-10-90262-63-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03475257v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le site de Takht-i Sangin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Gelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1352,401 +1610,143 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Musée Guimet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tadjikistan, au pays des fleuves d’or</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Musée Guimet-Editions Snoeck, pp.78-79, 2021, 979-10-90262-63-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03258104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Cat. 44. Autel dédié à l'Oxus par Atrosokès, avec Marsyas jouant de la double flûte</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cat. 47. Jeune homme (du type d'Apollon ou d’Éros)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Gelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anjelina Drujinina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Musée Guimet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tadjikistan, au pays des fleuves d'or</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Musée Guimet-Editions Snoeck, pp.88-89, 2021, 979-10-90262-63-8</w:t>
+              <w:t xml:space="preserve">, Musée Guimet-Editions Snoeck, pp.92-93, 2021, 979-10-90262-63-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...192 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...66 lines deleted...]
-                <w:t xml:space="preserve">hal-03475257v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03475281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qalaat Al-Mudiq, Citadel of Apamea: Past and Present</w:t>
               </w:r>
@@ -2998,629 +2998,629 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05491794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L’établissement hellénistique d'Ikaros-Faïlaka au Koweït</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Gelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arabian Humanities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Bahreïn et ses voisins, 19, https://journals.openedition.org/arabianhumanities/14357. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/1243q⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04223841v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Таджикско-Французская археологическая миссия на юге Таджикистана. Отчет о исследованиях в 2022 году</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Gelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yusufsho Yakubov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana Guermanovna Filimonova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albane Saintenoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Археологические работы в Таджикистане</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 45, pp.285-307</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04845541v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Compte rendu de D. Bonanno, C. Bonnet, O. Coloru, A. Fenet, T. Kaizer, Franz Cumont. Studia Pontica II ; Études syriennes ; Fouilles de Doura-Europos (1922-1923). Introductions historiographiques, Rome, Academia Belgica, 2022 (Bibliotheca Cumontiana. Scripta Maiora VI), ISBN 978-9-062-81051-2.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Gelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Antiquité classique : revue interuniversitaire d’études classiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 93, pp.385-387</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04845346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Таджикско-Французская археологическая миссия на юге Таджикистана. Отчет о исследованиях в 2022 году</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Исследования Таджикско-Французской Археологической миссии Южного Таджикистана в 2021 году</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Gelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yusufsho Yakubov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tatiana Guermanovna Filimonova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Albane Saintenoy</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gourguen Davtian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rémi Lambert</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bordeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Археологические работы в Таджикистане</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 45, pp.285-307</w:t>
+              <w:t xml:space="preserve">, 2023, 44, pp.196-222</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L’établissement hellénistique d'Ikaros-Faïlaka au Koweït</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04223826v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte rendu de: A. Sartre-Fauriat, Aventuriers, voyageurs et savants. À la découverte archéologique de la Syrie XVIIe-XXIe siècle. Paris, 2021.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Gelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arabian Humanities</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">L'Antiquité classique : revue interuniversitaire d’études classiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 91, pp.414-416</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...32 lines deleted...]
-                <w:t xml:space="preserve">Исследования Таджикско-Французской Археологической миссии Южного Таджикистана в 2021 году</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03517409v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Тахти-Сангин 2017. Предварительный отчет [Takht-i Sangin 2017. Rapport préliminaire]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Gelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marie Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Археологические работы в Таджикистане</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 44, pp.196-222</w:t>
+              <w:t xml:space="preserve">, 2022, 42, pp.153-162</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...47 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Marie Blanc</w:t>
+                <w:t xml:space="preserve">hal-03258110v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Исследования на городище Тахти-Сангин (Новые таджикско-французские исследования: программа и методика)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Gelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Археологические работы в Таджикистане</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 42, pp.153-162</w:t>
-[...140 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">, 2019, 40, pp.140-163</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03286383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -3977,178 +3977,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03026657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Notes préliminaires sur l'étude du système défensif méridional de Cyrrhus. Campagnes 2007-2008</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanine Abdul Massih</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Gelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chronique archéologique en Syrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 4, pp.199-218</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03138930v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Conservation et mise en valeur du patrimoine architectural au Proche-Orient : quelques réalisations de missions archéologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Gelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ПРОБЛЕМЫ ИСТОРИИ, ФИЛОЛОГИИ, КУЛЬТУРЫ = Journal of historical philological and cultural studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, В ЧЕСТЬ 75-ЛЕТИЯ ГЕННАДИЯ АНДРЕЕВИЧА КОШЕЛЕНКО, 1 (27)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03010389v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-03138930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First results on the city planning of Cyrrhus (Syria)</w:t>
               </w:r>
@@ -4333,234 +4333,234 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La forteresse de Faïlaka, au centre de l’occupation hellénistique d’Ikaros au Koweït</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Gelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Forteresses, forts et camps dans l’aménagement des territoires de la Méditerranée aux marges des royaumes perse, hellénistiques et de l’Empire romain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, C. Balandier, Univ. Avignon-Hisoma; M. Gelin, ARSCAN-OrAM, May 2025, Nanterre (MSH Mondes), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05104149v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Hellenistic fortress of Ikaros and its temple: an Antic architecture that truly became Kuwaiti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Gelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archaeology &amp; Architecture between Modern Technology &amp; National Identity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, NCCAL: M. Al-Jassar, Z. Ali Baba, H. Ashkanani; Cefrepa: M. Abbès; M. Gelin, Apr 2025, Koweït City, Kuwait</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05104148v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’architecture militaire romaine en briques crues à Doura-Europos (Syrie)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Gelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée en l'honneur de Xavier Faivre, Les deux mains dans l'argile</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Projet collectif ARSCAN Argiles, Jun 2025, Nanterre (MSH Mondes), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05157269v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-05104148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The defence system of Takht-i Sangin. A contribution</w:t>
               </w:r>
@@ -5019,165 +5019,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04668907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The Hellenistic fortress of Ikaros in Failaka Island. New research of the French-Kuwaiti Mission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Gelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kuwait through the ages, through monumental witnesses and historical sources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Kuwaiti National Council for Culture, Arts and Letters, Mar 2014, Koweït City, Kuwait</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04668911v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Failaka-Ikaros. New French-Kuwaiti research in the Hellenistic fortress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Gelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Congress on the Archaeology of the Ancient Near East</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Varsovie, Apr 2012, Varsovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04668914v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04668911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apports historiques, architecturaux et à la restauration monumentale, de l’étude de l’architecture en terre crue : l’exemple de Doura-Europos</w:t>
               </w:r>
@@ -5459,165 +5459,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04668949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le temple de Bêl à Doura-Europos. Résultats des derniers travaux (2002)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Gelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zénobie et Palmyre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Direction Générale des Antiquités et des Musées de Syrie; Université Al Baath de Homs, Oct 2002, Homs - Palmyre, Syrie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04668963v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Conservation et restauration monumentales à Qalaat el Mudiq et à Doura-Europos. Conception et moyens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Gelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archaeology in Syria : reality and perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Supreme Council of Arts, Humanities and Social Sciences; Direction Générale des Antiquités et des Musées de Syrie; Ifpo; Université d'architecture d'Alep, Sep 2005, Alep, Syria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04668953v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04668963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le sanctuaire de Bêl à Doura-Europos. Résultats des derniers travaux (2002-2004)</w:t>
               </w:r>
@@ -6750,340 +6750,340 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03871861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mission archéologique franco-tadjike de Takht-i Sangin, Campagne 2018. Rapport. Suivi de Opérations projetées pour 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Gelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Commission des Fouilles, ministère français de l'Europe et des Affaires étrangères. 2018, 10 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03871834v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Tell Said The Hellenistic Settlement. Report On The Campaign 2018. Kuwaiti-French archaeological mission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Gelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Gelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Humbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Houal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Kuwaiti National Council for Culture Arts and Letters. 2018, 39 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Humbert</w:t>
+                <w:t xml:space="preserve">hal-03871941v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tell Said the Hellenistic settlement. Report on the campaign 2017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Gelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Gelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Houal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Kuwaiti National Council for Culture Arts and Letters. 2018, 39 p</w:t>
+              <w:t xml:space="preserve">Kuwaiti National Council for Culture Arts and Letters. 2017, 80 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Commission des Fouilles, ministère français de l'Europe et des Affaires étrangères. 2018, 10 p</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03871927v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mission archéologique franco-tadjike de Takht-i Sangin Campagne 2017, 20 septembre-14 octobre. Rapport. Suivi de Opérations projetées en 2018</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Gelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Commission des Fouilles, Ministère français de l'Europe et des Affaires étrangères. 2017, 21 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03871822v1</w:t>
-              </w:r>
-[...86 lines deleted...]
-                <w:t xml:space="preserve">hal-03871927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Тахти Сангин 2017. Предварительный отчет</w:t>
               </w:r>
@@ -7819,151 +7819,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03030670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le patrimoine archéologique, dommage collatéral</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Gelin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03030640v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">De retour de mission… Faïlaka au Koweït (1)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Gelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03030662v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-03030640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8140,51 +8140,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="010099ED"/>
+    <w:nsid w:val="5843862D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8371,51 +8371,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathilde-gelin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2881-1847" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/057515476" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/41984221" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000043804915" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139002v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gelin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shehab A.H. Shehab" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Alaeddine" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Deb" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Gelin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026459v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Schlumberger" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/ifpo/1177" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ifpo.1177" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143353v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dandrau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leriche" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geuthner.com/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138293v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geuthner.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143327v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ifporient.org/publications/presses-de-lifpo/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380425v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Gonzalez Villaescusa" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Pag&#232;s" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475315v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archaeopress.com/Archaeopress/Products/9781789694208" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223835v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03094516v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Couturaud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Houal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Monchot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258080v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475281v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anjelina Drujinina" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258104v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475278v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475287v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475274v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475257v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032899v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaker Al-Shbib" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://archaeopress.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138243v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chanteau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Nicolas" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atlande.eu/histoire-contemporaine/436-le-moyen-orient-1876-1980-9782350303802.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026209v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanine Abdul Massih" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025892v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oxbowbooks.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035169v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.harrassowitz-verlag.de/Proceedings_of_the_8th_International_Congress_on_the_Archaeology_of_the_Ancient_Near_East/title_2110.ahtml" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024557v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026287v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033043v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bessac" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwan Al Heib" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Michaudel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Zugmeyer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025956v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048585v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efrome.it" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295813v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216615v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Guermanovna Filimonova" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#232;re Bombeau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gourguen Davtian" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Islom Ashurmadov" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491794v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Saintenoy" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermann Zeyen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lambert" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14nr8" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845346v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845541v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yusufsho Yakubov" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223841v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1243q" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223826v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bordeaux" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258110v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Blanc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517409v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286383v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215285v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/syria.7701" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03010484v2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877834v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025817v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026657v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03010389v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138930v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024346v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Benech" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.1584" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138792v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157269v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104149v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104148v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668900v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973034v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973038v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079967v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monchot Herv&#233;" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668904v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668907v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668914v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668911v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668920v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668945v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668942v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668949v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668953v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668963v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668957v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668955v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majid Hijazi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668961v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668966v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Tonnel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668969v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383278v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Bazarov Bekmuratovich" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Douaud" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104155v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356504v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356380v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867415v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parsa Ghasemi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871893v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871874v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871861v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871941v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Humbert" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871834v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871822v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871927v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871846v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877996v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878015v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877989v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877904v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383377v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030721v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030694v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030682v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030670v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030662v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030640v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475332v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathilde-gelin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2881-1847" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/057515476" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/41984221" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000043804915" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03139002v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gelin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shehab A.H. Shehab" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Alaeddine" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Deb" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Gelin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026459v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Schlumberger" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/ifpo/1177" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ifpo.1177" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143353v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dandrau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leriche" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geuthner.com/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138293v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geuthner.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143327v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ifporient.org/publications/presses-de-lifpo/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04380425v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Gonzalez Villaescusa" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Pag&#232;s" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223835v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475315v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archaeopress.com/Archaeopress/Products/9781789694208" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03094516v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Couturaud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Houal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Monchot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258080v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475278v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anjelina Drujinina" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475287v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475274v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475257v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258104v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475281v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032899v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaker Al-Shbib" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://archaeopress.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138243v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chanteau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Nicolas" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atlande.eu/histoire-contemporaine/436-le-moyen-orient-1876-1980-9782350303802.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026209v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanine Abdul Massih" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025892v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oxbowbooks.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035169v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.harrassowitz-verlag.de/Proceedings_of_the_8th_International_Congress_on_the_Archaeology_of_the_Ancient_Near_East/title_2110.ahtml" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024557v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026287v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033043v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bessac" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwan Al Heib" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Michaudel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Zugmeyer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025956v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048585v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.efrome.it" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03295813v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216615v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Guermanovna Filimonova" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#232;re Bombeau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gourguen Davtian" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Islom Ashurmadov" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491794v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Saintenoy" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermann Zeyen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lambert" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14nr8" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223841v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/1243q" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845541v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yusufsho Yakubov" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845346v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223826v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bordeaux" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517409v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258110v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Blanc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286383v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215285v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/syria.7701" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03010484v2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877834v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025817v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026657v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138930v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03010389v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024346v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Benech" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.1584" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138792v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104149v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104148v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157269v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668900v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973034v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973038v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079967v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monchot Herv&#233;" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668904v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668907v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668911v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668914v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668920v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668945v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668942v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668949v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668963v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668953v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668957v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668955v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majid Hijazi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668961v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668966v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Tonnel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04668969v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383278v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Bazarov Bekmuratovich" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Douaud" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104155v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356504v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356380v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867415v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parsa Ghasemi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871893v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871874v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871861v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871834v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871941v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Humbert" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871927v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871822v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871846v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877996v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878015v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877989v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877904v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383377v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030721v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030694v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030682v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030670v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030640v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030662v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475332v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>