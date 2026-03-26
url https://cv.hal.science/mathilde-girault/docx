--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:133.33333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Mathilde Girault </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Liste de mes publications </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mathilde-girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">24139306X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">76157882787560440897</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Docteure en géographie et aménagement (2019), enseignant-chercheur contractuel à l'INSA Lyon et dans le laboratoire &amp;quot;Environnement, Ville, Société&amp;quot;.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbon Footprint of Composting and Vermicomposting of Household Biowaste: A Decision-Making Factor for Regional Biowaste Recovery Policies?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Berdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Maillefert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recycling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10 (2), pp.44. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/recycling10020044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05307518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des modalités d’ancrage territorial des filières de compostage des biodéchets ménagers dans l’aire métropolitaine de Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Berdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Maillefert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05308348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. La gestion des biodéchets ménagers : enjeux de circularité et de bouclage territorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Berdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Maillefert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05308369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un métabolisme circulaire et local des biodéchets ménagers dans l'aire métropolitaine de Lyon. Deux scénarios de valorisation du compost normalisé en agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Berdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Maillefert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05308330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser l’urbain par les émotions. Les méthodes « innovantes » ou « expérimentales » en expertise urbaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés - Revue des sciences sociales et humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 1 (159), pp.79-98. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/soc.159.0079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04011962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[CR de lecture] Granchamp L. et Glatron S. (dir.), 2021, Militantismes et potagers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 96 (3), </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/geocarrefour.19683⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04011948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'imaginaire écologique des Gilets jaunes : entre écologie populaire et écologie relationnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maële Giard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ewa Chuecos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écologie &amp; politique : sciences, culture, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Vers de nouvelles écologies populaires ?, 2021/1 (62), pp.127-142</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03255274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Récension d’ouvrage. Soubeyran O., 2014, Pensée aménagiste et Improvisation. L’improvisation en jazz et l’écologisation de la pensée aménagiste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carnets des études urbaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03108883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les métiers de l’urbain en débat : points de vue du public étudiant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers RAMAU</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Cahiers du Réseau Activités et Métiers de l’Architecture et de l’Urbanisme (RAMAU), 9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’urbanisme comme nouveau corporatisme : analyse des discours des associations professionnelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Débats - Les métiers de la ville</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01392362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Récension d’ouvrage collectif. Combes H., Garibay D., Goirand C. (dir.), 2015, Les lieux de la colère. Occuper l’espace pour contester, de Madrid à Sanaa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carnets des études urbaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03108909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’habiter de certains éco-quartiers : vers de nouveaux communs par une 'infrapolitique' ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Socio-anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 32, pp.103-121. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/socio-anthropologie.1918⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01278324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les trajectoires néorurales et néopaysannes au prisme de la photographie. Lecture sensible et affective des rapports aux territoires et environnements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écologies visuelles : Expérience et vie des images à l’heure du capitalocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05307591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What transition to a local circular economy through the recovery of household biowaste? Analysis by evaluating the territorial anchoring of Lyon's composting sectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Berdier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioeco² : Colloque international de la bioéconomie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05307576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion des déchets d’équipements électriques et électroniques ménagers à Lyon : quelle place de/pour l’ESS dans une transition circulaire territoriale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Maillefert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Berdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trajectoires de développement &amp; imbrications des territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des Sciences Régionales De Langue Française, Jun 2025, Québec (Canada), Université Laval, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05307559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitive approaches and practices: viewpoints of the actors involved in the urban design process the “la brasserie” eco-district in Strasbourg, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théa Manola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvère Tribout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Congress on Ambiances. Sensory Explorations, Ambiances in a Changing World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mohammed Boubezari, Universidade Lusófona, Lisbon; Cristiane Rose Duarte, Universidade Federal do Rio de Janeiro; Ethel Pinheiro, Universidade Federal do Rio de Janeiro; International Ambiances Network, Oct 2024, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du métabolisme territorial des biodéchets ménagers à leur valorisation en compost pour l’agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Maillefert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Berdier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème Congrès de l'Association de Langue Régionale de Langue Française (ASRDLF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association de Langue Régionale de Langue Française (ASRDLF), Jun 2024, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04682267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A la recherche des métaux stratégiques dans les Déchets d’Equipements Electriques et Electroniques (DEEE) des ménages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Maillefert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Berdier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème Congrès de l'Association de Langue Régionale de Langue Française (ASRDLF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association de Langue Régionale de Langue Française (ASRDLF), Jun 2024, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04682259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leben in einer ländliche Gemeinschaft in Frankreich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23' Deutscher Kongress für Geographie (Congrès allemand de géographie)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Deutsche Gesellschaft für Geographie (Société allemande de géographie), Sep 2023, Francfort sur le Main, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04458932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les imaginaires de l’autonomie dans les ruralités : le cas des collectifs habitants et communautés de vie ruraux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le moment rural : ruralités en transition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cermosem, Sep 2021, Mirabel, France. https://calenda.org/883923</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04012107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’urbain dans la cosmologie moderne. La neutralisation métaphysique de l’urbanisme par sa constellation mythologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cosmos : comologie, un besoin (de) métaphysique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lille, Apr 2021, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04012116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les nouveaux métiers de l'urbain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum des métiers du parcours Altervilles (Université Jean Monnet)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Saint-Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La transition dans un programme de recherche ministériel. L’évitement du débat politique par une perspective opératoire ou expérimentale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transition, territoire(s), acteurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changement de vie, changement de pratique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres nationales du REseau National des Espaces Test Agricoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Le-Mayet-de-Montagne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les conditions de la transition écologique : déconstruire le méta-récit de l’urbain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour une nouvelle perspective territoriale : imaginer les alternatives post-urbaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le diagnostic territorial : de l’hygiénisme à la crise. La persistance de la métaphore médicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le diagnostic territorial</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUCA et Choros, Jun 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les métiers de l’urbain en débat : points de vue du public étudiant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formations et constructions professionnelles : décalages, émergences, (re)cadrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau RAMAU, Jan 2018, Liège, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’environnement comme temporalisation subjective des périphéries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Éloge des rythmes, de la vacance et des interstices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Lausanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habiter en périphérie : la composition d’une « forme-de-vie » en réaction aux biopolitiques métropolitaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corps, espace, pouvoir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Marne-la-Vallée, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(E)preuve de professionnalité dans les champs de l’urbain. Quand la connaissance s’affirme comme agir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire des métiers et nouvelles professionnalités du master Ville et Environnements Urbains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expériences ordinaires déçues de la grande ville et imaginaires négatifs de l’urbain généralisé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Utopies Culturelles Contemporaines » 7ème Rendez-vous de Géographie culturelle, Ethnologie et Études culturelles en Languedoc-Roussillon « </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR ART Dev, 2016, Nîmes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01392390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyser les logiques corporatistes des métiers de l’urbain. Quels enseignements des études urbaines ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude de l’axe Etudes urbaines de l’UMR Triangle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un registre collaboratif (praticiens, chercheurs, étudiants, habitants) de penser et faire la ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La fabrique de la ville</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, APERAU; IAUR, 2015, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01392388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles professionnalités : enquête sur les métiers de l’urbain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les métiers de l’urbain face à l’incertain - Forum des métiers (A)ménager autrement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre valeurs du commun et nouveau récit de ville : vers une réassurance de métiers de la planification et du projet ? Le cas d’une agence d’urbanisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La fabrique de la ville</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rencontres Internationales de l’Association pour la Promotion de l'Enseignement et de la Recherche en Aménagement et Urbanisme (APERAU), Jun 2015, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Printed circuit board from Waste from Electrical and Electronic Equipment : an urban mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées annuelles du PEPR "Recyclage"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05307604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les acteurs de la valorisation des déchets alimentaires des ménages lyonnais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Maillefert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Berdier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution de la recherche VALOR (Valorisation des biodéchets urbains en amendement pour l'agriculture)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04570373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une analyse du métabolisme des déchets alimentaires ménagers dans la Métropole de Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Maillefert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Berdier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution de la recherche VALOR (Valorisation des biodéchets urbains en amendement pour l'agriculture)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04570379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilan carbone du (vermi)compostage des déchets alimentaires des ménages dans la métropole de Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Maillefert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Berdier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution de la recherche VALOR (Valorisation des biodéchets urbains en amendement pour l'agriculture)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04570387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fabrique métropolitaine au défi de ses périphéries : vers une infrapolitique de l’habiter ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Darly, Ségolène; Fourault-Cauët, Véronique; Raymond, Richard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marginalisations, résistances et innovations dans les franges périurbaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rennes, pp.125-142, 2020, 978-2-7535-7978-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expériences ordinaires de la grande ville et imaginaires de l'urbain généralisé. La décroissance urbaine peut-elle figurer une utopie concrète ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Catherine Bernié-Boissard, Claude Chastagner, Dominique Crozat, Laurent Sébastien Fournier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Utopies culturelles contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires d'Aix-Marseille - P.U.A.M., 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’environnement comme temporalisation subjective des périphéries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Manola Antonioli, Guillaume Drevon, Luc Gwiazdzinski, Vincent Kaufmann, Luca Pattaroni. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Saturations. Individus, collectifs, organisations et territoires à l'épreuve</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LISER, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expertise de l’individu ou individualité de l’expert ? Conceptions de l’individu dans les études expérimentales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Caudron, Damien; Faburel, Guillaume; Malez, Marianne; Simard, Pascale. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vers un urbanisme collaboratif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, FNAU, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03108895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les éco-quartiers : vers une infrapolitique par les modes de vie et leurs communs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Tozzi, Pascal. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Villes et quartiers durables: la place des habitants : la participation habitante dans la mise en durabilité urbaine : discours, effets, expérimentations et mises à l'épreuve</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Carrières Sociales Editions, pp.331-357, 2016, Des paroles et des actes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01480675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspectives paysannes sur les luttes écologiques d’aujourd’hui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03108868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Militance au potager</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03108854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les périphéries : lieux d’expérimentation de l’autonomie par une écologie existentielle et ses communs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04012022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconversions professionnelles : ce que les néopaysans nous enseignent sur le « militantisme existentiel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03108884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le «hors cadre» démocratique est aussi un «hors champ» territorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01678316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">7ème édition des Rendez-vous de géographie culturelle, ethnologie et études culturelles en Languedoc-Roussillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03108902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la ville en pédagogie à la « pédagogie à la ville ». Quelle(s) conception(s) de la ville et du politique dans les méthodes pédagogiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03108900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Jean-Christophe Angaut : l’engagement dans une université populaire comme construction d’un espace intellectuel libéré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Angaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03108913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu. Premières journées du réseau francophone des territorialistes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03108916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séminaire &amp;quot;Valorisation des biodéchets des ménages et métabolisme territorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Maillefert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Berdier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04570994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dans le Sud de la France, des canicules de plus en plus mal vécues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabian Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karl Berthelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021, </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.64628/AAK.wm3g6qpyn⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03146915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solidaires car autonomes : loin des grandes villes, la promesse d'une autre vie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Favre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.64628/AAK.nwd33w76u⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02874708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déconstruire les imaginaires urbains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03108874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désillusions étudiantes sur leurs capacités d’agir environnemental par les formations en urbanisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/tu.024.0064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que signifient les études urbaines ? Points de vue de chercheurs et enseignants-chercheurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03108893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’individu-habitant à l’individu-sujet dans les formations sur la ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03108894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carnets de la décroissance n°2 (La fin de villes, reprise de la critique) & n°3 (La fin des villes, reprise de l’action) [coord.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01491623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enquête sur les nouvelles professionnalités de l’urbain. Interviews filmées de praticiens sur leurs trajectoires professionnelles, vidéos biographiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, https://25images.msh-lse.fr/portails/metiers-urbain/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04012315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre les fournaises urbaines. Enquête sur les vécus climatiques et les engagements écologiques dans les villes du sud de la France durant l’été 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabian Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karl Berthelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loriane Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Triangle; EHESS; Université de Lyon. 2023, pp.62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04012154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les modes de vie dans les écoquartiers. Phase 2 : les éco-quartiers à fort portage et à visibilité institutionnels (ZAC de Bonne à Grenoble et La Courrouze à Rennes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Bureau AD4 (Ministère du Logement, de l’Egalité des Territoires et de la Ruralité). 2017, pp.118</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers de nouvelles conceptions de l’enquête de terrain et des territoires de l’action. Etudes des Démarches d’Observation dites expérimentales ou innovantes pour l’Ingénierie Territoriale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Commissariat Général à l’Egalité des Territoires ; Réseau national des Conseils d’Architecture, d’Urbanisme et d’Environnement ; Fédération Nationale des Agences d’Urbanisme. 2017, 56 p. + Annexes 67 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction d’une grammaire commune de la démarche «Paysages, Territoires, Transitions» par l’analyse des discours et enquête sur les trajectoires professionnelles : de quelques imaginaires de la recherche et partages politiques des savoirs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Ministère de l'environnement, de l'énergie et de la mer. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01480681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’évolution des professionnalités et métiers de l’urbain vue par des praticiens : quels enseignements pour les formations ? Apports par enquête sur la région urbaine Lyon – Saint-Etienne et à l’échelle nationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Laboratoire d'Excellence Intelligences des Mondes Urbains. 2015, pp.63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01392385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notions clefs pour l’évaluation des engagements : propositions pour la « phase de vie » des écoquartiers : analyse du séminaire d’échanges et de l’enquête auprès des porteurs d’évaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Bureau de l’aménagement opérationnel durable (AD4) du Ministère du Logement, de l’Egalité des Territoires et de la Ruralité. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01392381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Professionnalités de l’urbain et crises écologiques : politiser l’urbanisme et ses métiers par la reconnaissance de leur constellation mythologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géographie. Université de Lyon, 2019. Français. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2019LYSE2046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02885002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodéchets et économie circulaire : quelle stratégie territoriale pour quel changement de modèle ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Berdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Maillefert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05308387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId102"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:133.33333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Mathilde Girault </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Liste de mes publications </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mathilde-girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">24139306X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">76157882787560440897</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Docteure en géographie et aménagement (2019), enseignant-chercheur contractuel à l'INSA Lyon et dans le laboratoire &amp;quot;Environnement, Ville, Société&amp;quot;.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbon Footprint of Composting and Vermicomposting of Household Biowaste: A Decision-Making Factor for Regional Biowaste Recovery Policies?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Berdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Maillefert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recycling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10 (2), pp.44. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/recycling10020044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05307518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse des modalités d’ancrage territorial des filières de compostage des biodéchets ménagers dans l’aire métropolitaine de Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Berdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Maillefert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05308348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. La gestion des biodéchets ménagers : enjeux de circularité et de bouclage territorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Berdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Maillefert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05308369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers un métabolisme circulaire et local des biodéchets ménagers dans l'aire métropolitaine de Lyon. Deux scénarios de valorisation du compost normalisé en agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Berdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Maillefert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05308330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser l’urbain par les émotions. Les méthodes « innovantes » ou « expérimentales » en expertise urbaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés - Revue des sciences sociales et humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 1 (159), pp.79-98. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/soc.159.0079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04011962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[CR de lecture] Granchamp L. et Glatron S. (dir.), 2021, Militantismes et potagers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 96 (3), </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/geocarrefour.19683⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04011948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'imaginaire écologique des Gilets jaunes : entre écologie populaire et écologie relationnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maële Giard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ewa Chuecos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écologie &amp; politique : sciences, culture, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Vers de nouvelles écologies populaires ?, 2021/1 (62), pp.127-142</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03255274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Récension d’ouvrage. Soubeyran O., 2014, Pensée aménagiste et Improvisation. L’improvisation en jazz et l’écologisation de la pensée aménagiste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carnets des études urbaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03108883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les métiers de l’urbain en débat : points de vue du public étudiant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers RAMAU</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Cahiers du Réseau Activités et Métiers de l’Architecture et de l’Urbanisme (RAMAU), 9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’urbanisme comme nouveau corporatisme : analyse des discours des associations professionnelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Débats - Les métiers de la ville</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01392362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Récension d’ouvrage collectif. Combes H., Garibay D., Goirand C. (dir.), 2015, Les lieux de la colère. Occuper l’espace pour contester, de Madrid à Sanaa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carnets des études urbaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03108909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’habiter de certains éco-quartiers : vers de nouveaux communs par une 'infrapolitique' ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Socio-anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 32, pp.103-121. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/socio-anthropologie.1918⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01278324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les trajectoires néorurales et néopaysannes au prisme de la photographie. Lecture sensible et affective des rapports aux territoires et environnements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écologies visuelles : Expérience et vie des images à l’heure du capitalocène</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05307591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What transition to a local circular economy through the recovery of household biowaste? Analysis by evaluating the territorial anchoring of Lyon's composting sectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Berdier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioeco² : Colloque international de la bioéconomie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05307576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La gestion des déchets d’équipements électriques et électroniques ménagers à Lyon : quelle place de/pour l’ESS dans une transition circulaire territoriale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Maillefert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Berdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trajectoires de développement &amp; imbrications des territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des Sciences Régionales De Langue Française, Jun 2025, Québec (Canada), Université Laval, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05307559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitive approaches and practices: viewpoints of the actors involved in the urban design process the “la brasserie” eco-district in Strasbourg, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théa Manola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvère Tribout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Congress on Ambiances. Sensory Explorations, Ambiances in a Changing World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mohammed Boubezari, Universidade Lusófona, Lisbon; Cristiane Rose Duarte, Universidade Federal do Rio de Janeiro; Ethel Pinheiro, Universidade Federal do Rio de Janeiro; International Ambiances Network, Oct 2024, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du métabolisme territorial des biodéchets ménagers à leur valorisation en compost pour l’agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Maillefert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Berdier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème Congrès de l'Association de Langue Régionale de Langue Française (ASRDLF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association de Langue Régionale de Langue Française (ASRDLF), Jun 2024, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04682267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A la recherche des métaux stratégiques dans les Déchets d’Equipements Electriques et Electroniques (DEEE) des ménages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Maillefert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Berdier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème Congrès de l'Association de Langue Régionale de Langue Française (ASRDLF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association de Langue Régionale de Langue Française (ASRDLF), Jun 2024, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04682259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leben in einer ländliche Gemeinschaft in Frankreich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23' Deutscher Kongress für Geographie (Congrès allemand de géographie)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Deutsche Gesellschaft für Geographie (Société allemande de géographie), Sep 2023, Francfort sur le Main, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04458932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les imaginaires de l’autonomie dans les ruralités : le cas des collectifs habitants et communautés de vie ruraux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le moment rural : ruralités en transition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cermosem, Sep 2021, Mirabel, France. https://calenda.org/883923</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04012107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’urbain dans la cosmologie moderne. La neutralisation métaphysique de l’urbanisme par sa constellation mythologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cosmos : comologie, un besoin (de) métaphysique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lille, Apr 2021, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04012116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les nouveaux métiers de l'urbain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum des métiers du parcours Altervilles (Université Jean Monnet)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Saint-Etienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La transition dans un programme de recherche ministériel. L’évitement du débat politique par une perspective opératoire ou expérimentale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transition, territoire(s), acteurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changement de vie, changement de pratique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres nationales du REseau National des Espaces Test Agricoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Le-Mayet-de-Montagne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les conditions de la transition écologique : déconstruire le méta-récit de l’urbain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour une nouvelle perspective territoriale : imaginer les alternatives post-urbaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le diagnostic territorial : de l’hygiénisme à la crise. La persistance de la métaphore médicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le diagnostic territorial</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUCA et Choros, Jun 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les métiers de l’urbain en débat : points de vue du public étudiant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formations et constructions professionnelles : décalages, émergences, (re)cadrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau RAMAU, Jan 2018, Liège, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’environnement comme temporalisation subjective des périphéries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Éloge des rythmes, de la vacance et des interstices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Lausanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habiter en périphérie : la composition d’une « forme-de-vie » en réaction aux biopolitiques métropolitaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corps, espace, pouvoir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Marne-la-Vallée, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(E)preuve de professionnalité dans les champs de l’urbain. Quand la connaissance s’affirme comme agir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire des métiers et nouvelles professionnalités du master Ville et Environnements Urbains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expériences ordinaires déçues de la grande ville et imaginaires négatifs de l’urbain généralisé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Utopies Culturelles Contemporaines » 7ème Rendez-vous de Géographie culturelle, Ethnologie et Études culturelles en Languedoc-Roussillon « </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR ART Dev, 2016, Nîmes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01392390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyser les logiques corporatistes des métiers de l’urbain. Quels enseignements des études urbaines ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude de l’axe Etudes urbaines de l’UMR Triangle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un registre collaboratif (praticiens, chercheurs, étudiants, habitants) de penser et faire la ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La fabrique de la ville</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, APERAU; IAUR, 2015, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01392388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles professionnalités : enquête sur les métiers de l’urbain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les métiers de l’urbain face à l’incertain - Forum des métiers (A)ménager autrement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre valeurs du commun et nouveau récit de ville : vers une réassurance de métiers de la planification et du projet ? Le cas d’une agence d’urbanisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La fabrique de la ville</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rencontres Internationales de l’Association pour la Promotion de l'Enseignement et de la Recherche en Aménagement et Urbanisme (APERAU), Jun 2015, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Printed circuit board from Waste from Electrical and Electronic Equipment : an urban mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées annuelles du PEPR "Recyclage"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05307604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les acteurs de la valorisation des déchets alimentaires des ménages lyonnais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Maillefert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Berdier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution de la recherche VALOR (Valorisation des biodéchets urbains en amendement pour l'agriculture)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04570373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une analyse du métabolisme des déchets alimentaires ménagers dans la Métropole de Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Maillefert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Berdier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution de la recherche VALOR (Valorisation des biodéchets urbains en amendement pour l'agriculture)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04570379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilan carbone du (vermi)compostage des déchets alimentaires des ménages dans la métropole de Lyon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Maillefert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Berdier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution de la recherche VALOR (Valorisation des biodéchets urbains en amendement pour l'agriculture)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04570387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fabrique métropolitaine au défi de ses périphéries : vers une infrapolitique de l’habiter ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Darly, Ségolène; Fourault-Cauët, Véronique; Raymond, Richard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marginalisations, résistances et innovations dans les franges périurbaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rennes, pp.125-142, 2020, 978-2-7535-7978-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’environnement comme temporalisation subjective des périphéries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Manola Antonioli, Guillaume Drevon, Luc Gwiazdzinski, Vincent Kaufmann, Luca Pattaroni. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Saturations. Individus, collectifs, organisations et territoires à l'épreuve</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LISER, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expériences ordinaires de la grande ville et imaginaires de l'urbain généralisé. La décroissance urbaine peut-elle figurer une utopie concrète ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Catherine Bernié-Boissard, Claude Chastagner, Dominique Crozat, Laurent Sébastien Fournier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Utopies culturelles contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires d'Aix-Marseille - P.U.A.M., 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expertise de l’individu ou individualité de l’expert ? Conceptions de l’individu dans les études expérimentales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Caudron, Damien; Faburel, Guillaume; Malez, Marianne; Simard, Pascale. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vers un urbanisme collaboratif</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, FNAU, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03108895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les éco-quartiers : vers une infrapolitique par les modes de vie et leurs communs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Tozzi, Pascal. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Villes et quartiers durables: la place des habitants : la participation habitante dans la mise en durabilité urbaine : discours, effets, expérimentations et mises à l'épreuve</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Carrières Sociales Editions, pp.331-357, 2016, Des paroles et des actes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01480675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspectives paysannes sur les luttes écologiques d’aujourd’hui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03108868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Militance au potager</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03108854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les périphéries : lieux d’expérimentation de l’autonomie par une écologie existentielle et ses communs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04012022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconversions professionnelles : ce que les néopaysans nous enseignent sur le « militantisme existentiel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03108884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le «hors cadre» démocratique est aussi un «hors champ» territorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01678316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la ville en pédagogie à la « pédagogie à la ville ». Quelle(s) conception(s) de la ville et du politique dans les méthodes pédagogiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03108900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">7ème édition des Rendez-vous de géographie culturelle, ethnologie et études culturelles en Languedoc-Roussillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03108902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Jean-Christophe Angaut : l’engagement dans une université populaire comme construction d’un espace intellectuel libéré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Angaut</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03108913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compte-rendu. Premières journées du réseau francophone des territorialistes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03108916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séminaire &amp;quot;Valorisation des biodéchets des ménages et métabolisme territorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Maillefert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Berdier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04570994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dans le Sud de la France, des canicules de plus en plus mal vécues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabian Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karl Berthelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021, </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.64628/AAK.wm3g6qpyn⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03146915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solidaires car autonomes : loin des grandes villes, la promesse d'une autre vie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Favre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.64628/AAK.nwd33w76u⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02874708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déconstruire les imaginaires urbains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03108874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désillusions étudiantes sur leurs capacités d’agir environnemental par les formations en urbanisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/tu.024.0064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que signifient les études urbaines ? Points de vue de chercheurs et enseignants-chercheurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03108893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’individu-habitant à l’individu-sujet dans les formations sur la ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03108894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carnets de la décroissance n°2 (La fin de villes, reprise de la critique) & n°3 (La fin des villes, reprise de l’action) [coord.]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01491623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enquête sur les nouvelles professionnalités de l’urbain. Interviews filmées de praticiens sur leurs trajectoires professionnelles, vidéos biographiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015, https://25images.msh-lse.fr/portails/metiers-urbain/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04012315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre les fournaises urbaines. Enquête sur les vécus climatiques et les engagements écologiques dans les villes du sud de la France durant l’été 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabian Lévêque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karl Berthelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loriane Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Triangle; EHESS; Université de Lyon. 2023, pp.62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04012154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers de nouvelles conceptions de l’enquête de terrain et des territoires de l’action. Etudes des Démarches d’Observation dites expérimentales ou innovantes pour l’Ingénierie Territoriale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Commissariat Général à l’Egalité des Territoires ; Réseau national des Conseils d’Architecture, d’Urbanisme et d’Environnement ; Fédération Nationale des Agences d’Urbanisme. 2017, 56 p. + Annexes 67 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les modes de vie dans les écoquartiers. Phase 2 : les éco-quartiers à fort portage et à visibilité institutionnels (ZAC de Bonne à Grenoble et La Courrouze à Rennes)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Bureau AD4 (Ministère du Logement, de l’Egalité des Territoires et de la Ruralité). 2017, pp.118</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction d’une grammaire commune de la démarche «Paysages, Territoires, Transitions» par l’analyse des discours et enquête sur les trajectoires professionnelles : de quelques imaginaires de la recherche et partages politiques des savoirs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Ministère de l'environnement, de l'énergie et de la mer. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01480681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’évolution des professionnalités et métiers de l’urbain vue par des praticiens : quels enseignements pour les formations ? Apports par enquête sur la région urbaine Lyon – Saint-Etienne et à l’échelle nationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Laboratoire d'Excellence Intelligences des Mondes Urbains. 2015, pp.63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01392385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notions clefs pour l’évaluation des engagements : propositions pour la « phase de vie » des écoquartiers : analyse du séminaire d’échanges et de l’enquête auprès des porteurs d’évaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Faburel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Bureau de l’aménagement opérationnel durable (AD4) du Ministère du Logement, de l’Egalité des Territoires et de la Ruralité. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01392381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Professionnalités de l’urbain et crises écologiques : politiser l’urbanisme et ses métiers par la reconnaissance de leur constellation mythologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Géographie. Université de Lyon, 2019. Français. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2019LYSE2046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02885002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodéchets et économie circulaire : quelle stratégie territoriale pour quel changement de modèle ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Girault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Berdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muriel Maillefert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Norois. Environnement, aménagement, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05308387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId102"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E4C1A6C3"/>
+    <w:nsid w:val="1E6EA606"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathilde-girault" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/24139306X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/76157882787560440897" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307518v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Berdier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Maillefert" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Girault" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/recycling10020044" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308348v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308369v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308330v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011962v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soc.159.0079" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011948v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.19683" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03255274v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Faburel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;le Giard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewa Chuecos" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03108883v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107178v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01392362v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03108909v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01278324v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-anthropologie.1918" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307591v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307576v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307559v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755759v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;a Manola" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silv&#232;re Tribout" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682267v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682259v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458932v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04012107v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04012116v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107234v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107215v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107221v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107228v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107312v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107258v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107235v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107332v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107335v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392390v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107340v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01392388v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107356v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107354v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307604v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570373v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570379v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570387v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107196v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107205v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107201v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03108895v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01480675v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03108868v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03108854v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04012022v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03108884v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01678316v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03108902v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03108900v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03108913v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Angaut" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03108916v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570994v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03146915v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Berthelot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.wm3g6qpyn" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02874708v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Favre" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.nwd33w76u" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03108874v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107190v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tu.024.0064" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03108893v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03108894v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01491623v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012315v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012154v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loriane Ferreira" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107371v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107385v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01480681v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01392385v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01392381v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02885002v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019LYSE2046" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308387v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathilde-girault" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/24139306X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/76157882787560440897" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307518v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Berdier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Maillefert" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Girault" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/recycling10020044" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308348v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308369v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308330v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011962v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soc.159.0079" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011948v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.19683" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03255274v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Faburel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;le Giard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewa Chuecos" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03108883v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107178v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01392362v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03108909v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01278324v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-anthropologie.1918" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307591v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307576v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307559v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755759v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;a Manola" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silv&#232;re Tribout" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682267v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682259v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04458932v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04012107v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04012116v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107234v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107215v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107221v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107228v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107312v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107258v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107235v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107332v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107335v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392390v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107340v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01392388v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107356v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107354v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05307604v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570373v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570379v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570387v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107196v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107201v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107205v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03108895v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01480675v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03108868v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03108854v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04012022v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03108884v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01678316v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03108900v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03108902v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03108913v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Angaut" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03108916v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570994v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03146915v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Berthelot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.wm3g6qpyn" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02874708v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Favre" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.nwd33w76u" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03108874v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107190v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tu.024.0064" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03108893v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03108894v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01491623v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012315v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012154v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loriane Ferreira" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107385v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107371v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01480681v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01392385v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01392381v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02885002v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019LYSE2046" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05308387v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>