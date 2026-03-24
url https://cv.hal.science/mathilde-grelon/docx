--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -66,5309 +66,5309 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (38)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identification of the cytoplasmic motor-LINC complex module involved in meiotic prophase rapid chromosome movements in Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bowei Cai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Tiscareno-Andrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanru Luo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fei Cao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41477-025-02043-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05207508v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Control of meiotic crossover interference by a proteolytic chaperone network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heejin Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaeil Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Namil Son</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pallas Kuo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Morgan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10 (3), pp.453-468. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41477-024-01633-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04628359v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biochemical characterization of the meiosis-essential yet evolutionarily divergent topoisomerase VIB-like protein MTOPVIB from &amp;lt;i&amp;gt;Arabidopsis thaliana&amp;lt;/i&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hsin-Wen Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hsin-Yi Yeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chih-Chiang Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei-Chen Kuo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sheng-Wei Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkae181⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04569399v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rapid meiotic prophase chromosome movements in Arabidopsis thaliana are linked to essential reorganization at the nuclear envelope</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Cromer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Tiscareno-Andrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Lefranc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Hurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (1), pp.5964. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-024-50169-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04495019v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SCEP1 and SCEP2 are two new components of the synaptonemal complex central element</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Vrielynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Peuch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qichao Lian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9 (12), pp.2016-2030. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41477-023-01558-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04431974v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joint control of meiotic crossover patterning by the synaptonemal complex and HEI10 dosage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qichao Lian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juli Jing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Ernst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Grelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (1), pp.5999. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-022-33472-w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04302040v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The synaptonemal complex imposes crossover interference and heterochiasmy in Arabidopsis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laia Capilla-Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Hurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qichao Lian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 118 (12), pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2023613118⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03331710v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conservation and divergence of meiotic DNA double strand break forming mechanisms in &amp;lt;i&amp;gt;Arabidopsis thaliana&amp;lt;/i&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Vrielynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katja Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason Sims</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 49 (17), pp.9821 - 9835. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkab715⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03852634v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">AXR1 affects DNA methylation independently of its role in regulating meiotic crossover localization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Christophorou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenjing She</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jincheng Long</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Hurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Beaubiat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 16 (6), pp.e1008894. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1008894⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03024379v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Arabidopsis Cdk1/Cdk2 homolog CDKA;1 controls chromosome axis assembly during plant meiosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chao Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kostika Sofroni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Wijnker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuki Hamamural</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lena Carstens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EMBO Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15252/embj.2019101625⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02622062v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">POLQ plays a key role in the repair of CRISPR/Cas9-induced double-stranded breaks in the moss Physcomitrella patens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kostlend Mara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Charlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouchka Guyon Debast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier G. Schaefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Collonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 222 (3), pp.1380-1391. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nph.15680⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02628938v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identification of ASYNAPTIC4, a component of the meiotic chromosome axis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allan West</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vezon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Horlow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud de Muyt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 178 (1), pp.233-246. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.17.01725⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02626388v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The HEM Lines: a new library of homozygous &amp;lt;em&amp;gt;Arabidopsis thaliana&amp;lt;/em&amp;gt; EMS mutants and its potential to detect meiotic phenotypes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laia Capilla-Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Solier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Portemer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Hurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2018.01339⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02621030v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">FIGL1 and its novel partner FLIP form a conserved complex that regulates homologous recombination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joiselle Blanche Fernandes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Duhamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Seguéla-Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Froger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 14 (4), pp.e1007317. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1007317⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04432010v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A cytological approach to studying meiotic recombination and chromosome dynamics in Arabidopsis thaliana male meiocytes in three dimensions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Hurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dylan Phillips</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Vrielynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Mézard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Grelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 95 (2), pp.385-396. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tpj.13942⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02622140v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">TopoVIL : a molecular scissor essential for reproduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard de Massy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Grelon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Médecine/Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 33 (5), pp.512-518. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/medsci/20173305015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01540316v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meiotic recombination mechanisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Grelon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptes Rendus. Biologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 339 (7-8), pp.247-251. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crvi.2016.04.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04432057v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A new light on the meiotic DSB catalytic complex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Vrielynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Mézard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard de Massy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Grelon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Seminars in Cell and Developmental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 54, pp.165-176. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.semcdb.2016.02.025⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01320053v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A DNA topoisomerase VI-like complex initiates meiotic recombination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Vrielynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie A. Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vezon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie L. Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liudmila L. Chelysheva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 351 (6276), pp.939-943. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.aad5196⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02637684v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Where to cross? New insights into the location of meiotic crossovers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Mezard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Tagliaro Jahns</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Grelon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Trends in Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 31 (7), pp.393-401. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tig.2015.03.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01204201v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Homoeologous chromosome sorting and progression of meiotic recombination in [i]Brassica napus[/i]: ploidy does matter!</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Grandont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nieves Cunado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Coriton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Huteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Eber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 26 (4), pp.1448-1463. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1105/tpc.114.122788⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01204069v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">RAD51B plays an essential role during somatic and meiotic recombination in Physcomitrella</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Charlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liudmila Chelysheva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasuko Kamisugi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Vrielynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouchka Guyon Debast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 42 (19), pp.11965 - 11978. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gku890⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01204143v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Crossover localisation is regulated by the neddylation posttranslational regulatory pathway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Tagliaro Jahns</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vezon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Falque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 12 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pbio.1001930⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01204105v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sufficient amounts of functional HOP2/MND1 complex promote interhomolog DNA repair but are dispensable for intersister DNA repair during meiosis in Arabidopsis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clemens Uanschou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Ronceret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mona von Harder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud de Muyt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vezon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 25 (12), pp.4924-4940. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1105/tpc.113.118521⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01204161v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Arabidopsis HEI10 Is a New ZMM Protein Related to Zip3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liudmila Chelysheva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vezon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Chambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislaine Gendrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 8 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1002799⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190765v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Epigenetic remodeling of meiotic crossover frequency in [i]Arabidopsis thaliana[/i] DNA methyltransferase mutants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nataliya E. Yelina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kyuha Choi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liudmila Chelysheva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malcolm Macaulay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastiaan de Snoo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 8 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1002844⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190760v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An easy protocol for studying chromatin and recombination protein dynamics during Arabidopsis thaliana meiosis: immunodetection of cohesins, histones and MLH1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liudmila Chelysheva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Grandont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Vrielynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Le Guin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cytogenetic and Genome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 129 (1-3), pp.143-153. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1159/000314096⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01203932v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Arabidopsis proteasome RPT5 subunits are essential for gametophyte development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc J.-L. Gallois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouchka Guyon-Debast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain A. Lecureuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vezon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comparative Biochemistry and Physiology - Part A: Molecular and Integrative Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 150 (3), pp.S 178. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cbpa.2008.04.474⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02657516v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">AtPRD1 is required for meiotic double strand break formation in Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud de Muyt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vezon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislaine G. Gendrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc J.-L. Gallois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Stevens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EMBO Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 26 (18), pp.4126-4137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/sj.emboj.7601815⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02655389v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">AtREC8 and AtSCC3 are essential to the monopolar orientation of the kinetochores during meiosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liudmila L. Chelysheva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vezon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislaine G. Gendrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Vrielynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Cell Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 118, pp.4621-4632. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1242/jcs.02583⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02682870v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Two meiotic crossover classes cohabit in Arabidopsis : one is dependent on MER3, whereas the other one is not</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël R. Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie S. Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vezon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emelyne Huppe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liudmila L. Chelysheva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 15 (8), pp.692-701. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cub.2005.02.056⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02676829v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A CDC45 homolog in Arabidopsis is essential for meiosis, as shown by RNA interference-induced gene silencing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Stevens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Grelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vezon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">- Jae Sung Oh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 16 (1), pp.99-113</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02679778v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Arabidopsis MEI1 gene encodes a protein with five BRCT domains that is involved in meiosis-specific DNA repair events independent of SPO11 -induced DSBs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Grelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislaine Gendrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vezon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 35, pp.465-475</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02672965v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">AtSPO11-1 is necessary for efficient meiotic recombination in plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Grelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vezon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislaine Gendrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EMBO Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 20 (3), pp.589-600</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02681071v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How to characterize meiotic functions in plants?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël R. Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Grelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vezon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Horlow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 83 (11-12), pp.1023-1028</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02671646v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The restorer Rfo gene acts post-translationally on the stability of the ORF138 Ogura CMS-associated protein in reproductive tissues of rapeseed cybrids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bellaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Grelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Budar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 40, pp.893-902</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02687238v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cloning and characterization of MS5 from Arabidopsis : a gene critical in male meiosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerry Glover</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Grelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Craig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Chaudhury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth Dennis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 15 (3), pp.345-356</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02695744v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ogura cytoplasmic male-sterility (CMS)-associated orf138 is translated into a mitochondrial membrane polypeptide in male-sterile Brassica cybrids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Grelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Budar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine S. Bonhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular and General Genetics MGG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 243, pp.540-547</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02704066v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards the modelling of chromosome movements during meiotic prophase I in Arabidopsis thaliana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anca-Georgina Caranfil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Cromer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Lefranc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Cromer</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Mariana Tiscareno-Andrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of Life 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2025, Harrogate, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05063498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards the modeling of chromosome movements during meiotic prophase I in Arabidopsis thaliana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anca-Georgina Caranfil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Cromer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Lefranc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Andrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IJPB Symposium 2024. Plant Modeling: Opportunities and Challenges</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05063521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SCEP1 and SCEP2 are two novel components of the Synaptonemal Complex in Arabidopsis thaliana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Vrielynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Peuch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mézard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gordon Research Conference on Meiosis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, New London (New Hampshire), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04500798v1</w:t>
-              </w:r>
-[...4879 lines deleted...]
-                <w:t xml:space="preserve">hal-02704066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (28)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5386,51 +5386,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapid prophase chromosome movements: a telomere perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Meiosis - Ile de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5455,51 +5455,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapid chromosome movement during meiotic prophase: Understanding How and Why.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant genome stability and change 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EMBO, Jun 2024, Olomouc, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5524,51 +5524,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapid chromosome movement during meiotic prophase : Understanding How and Why</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Meiosis Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Adam Mickiewicz University in Poznań, Poland, Sep 2024, Poznan, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5593,103 +5593,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling meiotic prophase I chromosome movements in Arabidopsis thaliana: what does it take to move a chromosome?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anca-Georgina Caranfil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Lefranc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Cromer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Andrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Postdocs and Students Meiosis Workshop 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Thomas Robert and Chloé Girard, Dec 2023, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5714,51 +5714,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapid prophase chromosome movements in Arabidopsis: characterization and mechanisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMBO workshop on meiosis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EMBO, Jun 2023, Pamhagen, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5783,51 +5783,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of the interplay between meiotic recombination and rapid prophase chromosome movements in Arabidopsis thaliana.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gordon Research Meiosis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Gordon Research Conferences, Jun 2022, New London (New Hampshire), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5852,51 +5852,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conservation and divergence of the meiotic DNA DSB forming machinery - the case of AtREC114</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MAYosis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Meiosis Community in Covid time, May 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5921,51 +5921,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of the interplay between recombination and rapid chromosome movements during Arabidopsis thaliana meiosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant genome stability and change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EMBO, Dec 2021, On Line, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5990,51 +5990,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conservation and divergence of meiotic recombination initiation mechanisms: Insights from Arabidopsis thaliana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Versailles-Cologne symposium on Meiosis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IJPB-Versailles and MPIPZ-Cologne, Nov 2020, On line, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6059,51 +6059,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conservation and divergence of meiotic recombination initiation mechanisms: Insights from Arabidopsis thaliana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chromopalooza: A festival to celebrate chromosome biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Doctoral Program Chromosome Dynamics of the University of Vienna, Feb 2020, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6122,195 +6122,195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04495522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional insights into the mechanisms of meiotic DSB formation in Arabidopsis thaliana</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Understanding the mechanisms that shape the distribution of crossovers along chromosomes during meiosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Genetic Recombination and Genome Rearrangements Conference   </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, FASEB Science Research Conferences, Jul 2019, Steamboat Springs, United States</w:t>
+              <w:t xml:space="preserve">2nd COST INDEPTH meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, COST INDEPTH, Dec 2019, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04495500v1</w:t>
+                <w:t xml:space="preserve">hal-04495492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding the mechanisms that shape the distribution of crossovers along chromosomes during meiosis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Functional insights into the mechanisms of meiotic DSB formation in Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd COST INDEPTH meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, COST INDEPTH, Dec 2019, Madrid, Spain</w:t>
+              <w:t xml:space="preserve">The Genetic Recombination and Genome Rearrangements Conference   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FASEB Science Research Conferences, Jul 2019, Steamboat Springs, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04495492v1</w:t>
+                <w:t xml:space="preserve">hal-04495500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What can we learn from mutants that mis-localize COs ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Multi-National Workshop on Cereal Recombination</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Harpenden, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6335,103 +6335,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The neddylation pathway regulates the localization of meiotic CO, the pairing of homologous chromosomes and the level of DNA methylation in Arabidopsis thaliana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Christophorou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Hurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Tagliaro-Jahns</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Vezon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Meiosis Gordon conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Monica Colaiacovo, Jun 2018, New London (New Hampshire), United States</w:t>
@@ -6454,251 +6454,251 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04500853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The neddylation pathway regulates the localization of meiotic CO, the pairing of homologous chromosomes and the level of DNA methylation in Arabidopsis thaliana</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Meiotic-induced DSBs in plants : mechanisms and regulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Grelon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium on Chromosome Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Rachel Wang, Dec 2018, Taipei (Taiwan), Taiwan</w:t>
+              <w:t xml:space="preserve">Journée Réparation/Recombinaison de l'ADN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Orsay Paris Sud, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04500881v1</w:t>
+                <w:t xml:space="preserve">hal-04495326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meiotic-induced DSBs in plants : mechanisms and regulations</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The neddylation pathway regulates the localization of meiotic CO, the pairing of homologous chromosomes and the level of DNA methylation in Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Christophorou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Hurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassir Idir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Tagliaro-Jahns</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vezon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Réparation/Recombinaison de l'ADN</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Orsay Paris Sud, France</w:t>
+              <w:t xml:space="preserve">Symposium on Chromosome Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Rachel Wang, Dec 2018, Taipei (Taiwan), Taiwan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04495326v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04500881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meiotic-induced DSBs in plants: mechanisms and regulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mini-Symposium on Chromosome biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Taipei, Taiwan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6762,64 +6762,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouchka Debast Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Lecureuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Vezon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Meeting of the Society-for-Experimental-Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2008, Marseille, France</w:t>
@@ -6848,90 +6848,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meiosis in plants requires a SPO11 ortholog</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Vezon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Gendrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Pelletier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Gordon Research Conference on Meiosis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2000, New London, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6956,103 +6956,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isolation and characterization of Arabidopsis thaliana mutants exhibiting alterations in meiosis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Vezon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Horlow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Gendrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Pelletier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Meiosis Gordon Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 1998, New London, United States. n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7077,90 +7077,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gènes mitochondriaux et stérilité mâle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Budar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bellaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine S. Bonhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">- Pelletier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7323,51 +7323,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Engineering of cytoplasmic male sterility in vegetables by protoplast fusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Madina Ferault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7448,90 +7448,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ogura CMS associated ORF38 is translated into a mitochondrial membrane polypeptide in male-sterile Brassica cybrids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Budar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine S. Bonhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Pelletier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. International congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 1994, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7556,90 +7556,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular basis of Ogura cytoplasmic male sterility in rapeseed cybrids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Budar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine S. Bonhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Pelletier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15. International Botanical Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 1993, Yokohama, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7664,90 +7664,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular analysis of a mitochondrial DNA fragment correlated with Ogura cytoplasmic male sterility in Brassica cybrids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine S. Bonhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Budar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Pelletier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International workshop : Molecular control of flower development plant reproduction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 1992, Amsterdam, Netherlands. pp.42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7772,90 +7772,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular analysis of a mitochondrial DNA fragment correlated with Ogura cytoplasmic male sterility in Brassica cybrids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine S. Bonhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Budar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Pelletier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13. Congres EUCARPIA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 1992, Angers, France. pp.63-64</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7880,90 +7880,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular analysis of a mitochondrial DNA fragment correlated with Ogura cytoplasmic male sterility in Brassica cybrids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine S. Bonhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Budar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Pelletier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interactions of 3 genomes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 1992, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8020,446 +8020,446 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapid prophase chromosome movements during Arabidopsis thaliana meiosis : Mechanisms and Functional insights</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05195379v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dual control of meiotic crossover patterning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qichao Lian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juli Jing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Ernst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Grelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03744286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plant meiosis: A fertile field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Springer Nature Link. Plant Reproduction, collection, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05195418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plant meiosis, methods and protocols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wojciech P. Pawlowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Grelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susan Armstrong</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Humana press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 990, 238p., 2013, Methods in Molecular Biology, 978-1-62703-332-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-1-62703-333-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wojciech P. Pawlowski</w:t>
-[...68 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-01204085v1</w:t>
-              </w:r>
-[...148 lines deleted...]
-                <w:t xml:space="preserve">hal-03744286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8477,103 +8477,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Molecular Biology of Meiosis in Plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mezard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Jenczewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Macaisne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annu Rev Plant Biol.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 66, ANNUAL REVIEWS, pp.31, 2015, Annual Review of Plant Biology, 978-0-8243-0666-3. </w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8607,77 +8607,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La méiose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mézard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Macaisne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La reproduction animale et humaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Quae, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8702,77 +8702,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Immunolocalization of meiotic proteins in Brassicaceae: method 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liudmila Chelysheva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Grandont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Meiosis, Methods and Protocols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 990, Springer, 2013, Methods in Molecular Biology, 1940-6029. </w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8838,51 +8838,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude du déterminisme de la stérilité mâle cytoplasmique ogura chez les brassicacées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Grelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université Paris Sud - Paris 11, 1995. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -9078,51 +9078,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05063498v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anca-Georgina Caranfil" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Cromer" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lefranc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Tiscareno-Andrade" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Grelon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05063521v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Andrey" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04500798v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vrielynck" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Peuch" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chambon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine M&#233;zard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05207508v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bowei Cai" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanru Luo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fei Cao" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-025-02043-4" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04569399v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hsin-Wen Chen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hsin-Yi Yeh" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chih-Chiang Chang" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Chen Kuo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheng-Wei Lin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkae181" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04628359v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heejin Kim" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaeil Kim" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Namil Son" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pallas Kuo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Morgan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-024-01633-y" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495019v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Hurel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-50169-4" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431974v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Durand" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qichao Lian" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-023-01558-y" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04302040v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juli Jing" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Ernst" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-33472-w" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03852634v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Schneider" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Rodriguez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Sims" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkab715" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03331710v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laia Capilla-P&#233;rez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2023613118" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024379v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Christophorou" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenjing She" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jincheng Long" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Beaubiat" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1008894" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622062v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Yang" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kostika Sofroni" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Wijnker" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuki Hamamural" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Carstens" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embj.2019101625" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628938v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kostlend Mara" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Charlot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouchka Guyon Debast" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier G. Schaefer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Collonnier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15680" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621030v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laia Capilla-Perez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Solier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Portemer" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.01339" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432010v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joiselle Blanche Fernandes" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Duhamel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Segu&#233;la-Arnaud" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Froger" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Girard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1007317" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626388v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan West" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vezon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Horlow" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud de Muyt" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.17.01725" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622140v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Phillips" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.13942" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540316v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Robert" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard de Massy" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Grelon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20173305015" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320053v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Vrielynck" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C M&#233;zard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.semcdb.2016.02.025" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432057v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2016.04.003" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637684v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie A. Chambon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie L. Pereira" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liudmila L. Chelysheva" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aad5196" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204201v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mezard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Tagliaro Jahns" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tig.2015.03.008" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204143v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liudmila Chelysheva" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasuko Kamisugi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gku890" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204069v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Grandont" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nieves Cunado" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coriton" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Huteau" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Eber" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.114.122788" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204105v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Pereira" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Falque" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.1001930" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204161v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemens Uanschou" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ronceret" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona von Harder" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.113.118521" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190765v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Gendrot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1002799" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190760v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliya E. Yelina" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyuha Choi" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcolm Macaulay" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastiaan de Snoo" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1002844" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203932v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Le Guin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Mercier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000314096" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657516v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc J.-L. Gallois" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouchka Guyon-Debast" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Lecureuil" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Carpentier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpa.2008.04.474" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GRL7LV8D-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655389v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine G. Gendrot" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Stevens" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.emboj.7601815" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682870v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Diallo" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.02583" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676829v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l R. Mercier" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Jolivet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emelyne Huppe" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2005.02.056" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679778v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Jae Sung Oh" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Meyer" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672965v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pelletier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681071v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671646v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687238v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bellaoui" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Budar" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695744v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerry Glover" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Craig" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chaudhury" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Dennis" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704066v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine S. Bonhomme" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05195298v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05195312v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05195321v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05063562v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495577v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495572v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495565v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495558v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495552v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495522v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495500v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495492v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495478v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04500853v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Tagliaro-Jahns" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04500881v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassir Idir" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495326v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495334v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01600978v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gallois" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouchka Debast Guyon" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lecureuil" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769657v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839012v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767874v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Pelletier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775706v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Renard" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Delourme" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Vall&#233;e" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Morice" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pierre" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777301v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madina Ferault" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lancelin" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Boulidard" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dore" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776247v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772137v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02844142v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02843948v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02773889v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05195379v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05195418v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204085v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech P. Pawlowski" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Armstrong" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/276917.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-62703-333-6" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03744286v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204185v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jenczewski" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Macaisne" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-arplant-050213-035923" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204084v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204089v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-62703-333-6_9" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02851809v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05207508v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bowei Cai" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Tiscareno-Andrade" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanru Luo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fei Cao" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chambon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-025-02043-4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04628359v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heejin Kim" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaeil Kim" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Namil Son" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pallas Kuo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Morgan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-024-01633-y" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04569399v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hsin-Wen Chen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hsin-Yi Yeh" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chih-Chiang Chang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Chen Kuo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheng-Wei Lin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkae181" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495019v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Cromer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lefranc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Hurel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-50169-4" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431974v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vrielynck" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Peuch" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Durand" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qichao Lian" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-023-01558-y" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04302040v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juli Jing" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Ernst" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Grelon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-33472-w" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03331710v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laia Capilla-P&#233;rez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2023613118" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03852634v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Schneider" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Rodriguez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Sims" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkab715" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024379v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Christophorou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenjing She" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jincheng Long" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Beaubiat" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1008894" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622062v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Yang" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kostika Sofroni" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Wijnker" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuki Hamamural" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Carstens" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embj.2019101625" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628938v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kostlend Mara" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Charlot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouchka Guyon Debast" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier G. Schaefer" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Collonnier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15680" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626388v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan West" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vezon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Horlow" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud de Muyt" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.17.01725" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621030v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laia Capilla-Perez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Solier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Portemer" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.01339" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432010v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joiselle Blanche Fernandes" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Duhamel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Segu&#233;la-Arnaud" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Froger" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Girard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1007317" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622140v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Phillips" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine M&#233;zard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.13942" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540316v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Robert" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard de Massy" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Grelon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20173305015" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432057v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2016.04.003" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320053v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Vrielynck" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C M&#233;zard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.semcdb.2016.02.025" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637684v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie A. Chambon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie L. Pereira" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liudmila L. Chelysheva" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aad5196" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204201v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mezard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Tagliaro Jahns" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tig.2015.03.008" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204069v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Grandont" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nieves Cunado" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coriton" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Huteau" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Eber" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.114.122788" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204143v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liudmila Chelysheva" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasuko Kamisugi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gku890" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204105v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Pereira" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Falque" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.1001930" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204161v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemens Uanschou" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ronceret" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona von Harder" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.113.118521" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190765v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Gendrot" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1002799" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190760v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nataliya E. Yelina" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyuha Choi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcolm Macaulay" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastiaan de Snoo" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1002844" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203932v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Le Guin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Mercier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000314096" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657516v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc J.-L. Gallois" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouchka Guyon-Debast" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Lecureuil" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Carpentier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpa.2008.04.474" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GRL7LV8D-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655389v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine G. Gendrot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Stevens" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.emboj.7601815" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682870v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Diallo" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.02583" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676829v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l R. Mercier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie S. Jolivet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emelyne Huppe" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2005.02.056" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679778v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Jae Sung Oh" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Meyer" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672965v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pelletier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681071v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671646v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02687238v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bellaoui" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Budar" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695744v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerry Glover" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Craig" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chaudhury" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Dennis" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704066v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine S. Bonhomme" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05063498v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anca-Georgina Caranfil" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05063521v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Andrey" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04500798v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05195298v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05195312v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05195321v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05063562v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495577v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495572v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495565v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495558v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495552v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495522v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495492v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495500v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495478v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04500853v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Tagliaro-Jahns" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495326v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04500881v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassir Idir" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495334v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01600978v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gallois" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouchka Debast Guyon" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lecureuil" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769657v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839012v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02767874v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Pelletier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775706v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Renard" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Delourme" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Vall&#233;e" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Morice" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pierre" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777301v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madina Ferault" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lancelin" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Boulidard" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dore" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02776247v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02772137v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02844142v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02843948v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02773889v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05195379v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03744286v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05195418v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204085v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wojciech P. Pawlowski" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Armstrong" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/276917.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-62703-333-6" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204185v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jenczewski" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Macaisne" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-arplant-050213-035923" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204084v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204089v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-62703-333-6_9" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02851809v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>