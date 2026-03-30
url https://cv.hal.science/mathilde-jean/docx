--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Mathilde JEAN </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Assistant Professor, Anthropology and PrehistoryUniversity Paris Nanterre</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mathilde-jean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pottery Making in the First Oases: Comparison Between Bat and Bisya Domestic and Tower Assemblages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Swerida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arabian Archaeology and Epigraphy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 36 (1), pp.81-107. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/aae.12270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05382237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights on Bronze Age funerary monuments in the Ḥajar foothills: surveys and excavations at Bisya (Ad-Dākhilīyyah, Sultanate of Oman)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Munoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaïna Rointru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Paola Pellegrino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Renaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Seminar for Arabian Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Papers from the fifty-sixth meeting of the Seminar for Arabian Studies held in Aarhus 4–6 August 2023, 53, pp.173-193. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.32028/psas.v53i⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04616330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pottery craft in the early urban world: two EB IVA traditions in focus in Tell Mishrifeh-Qatna, Hypogeum IV (Syria)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Levant: The Journal of the Council for British Research in the Levant </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 56 (1), pp.22-49. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00758914.2023.2292419⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05382246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Early Bronze Age in the Hajar oases: new investigations of the settlement, funerary and monumental site of al-Dhabi 2 (Bisya, Oman)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Munoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria de Castéja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Mespoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Seminar for Arabian Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 52, pp.189-204</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04279945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracing Palaeolithic Populations across the Horn of Arabia: northern Oman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amir Beshkani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tara Beuzen-Waller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seolmin Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paléorient</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 49 (1), pp.29-61. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/paleorient.3173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04196805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Médiation scientifique. Pour une archéologie en partage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03220952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pottery production at Tell Arqa (Lebanon) during the 3rd millennium BC: preliminary results of petrographic analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Levant: The Journal of the Council for British Research in the Levant </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 52 (1-2), pp.136-159. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00758914.2018.1454239⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03215208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New evidence of Iron Age ritual practices in central Oman: 2017 excavations in Mudhmar East, near Adam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Paola Pellegrino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gernez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Seminar for Arabian Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Papers from the fifty-first meeting of the Seminar for Arabian Studies held at the British Museum, London, 4th to 6th August 2017, 48, pp.125-140</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03215251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revealing traditional oasis villages in central Oman: 2025 excavations and survey at Harat al-Hawashim (Adam oasis)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Mespoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Hamood Al-Mahrooqi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salomé Sepeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irini Biezeveld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Brummelhuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">58th Seminar for Arabian Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Zayed National Museum, Dec 2025, Abou Dhabi, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05417484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Umm an-Nar period at Bisya from the regional to the settlement scale: results from 2022-2023 survey and excavations of the French archaeological mission in Central Oman (FAMCO)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Mespoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselin Pinot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">56th Seminar for Arabian Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Aarhus, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights on ritual practices during the Iron Age in Oman through the faunal remains of Mudhmar East II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Decruyenaere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sévin-Allouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gernez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjan Mashkour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CJCM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05035298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Early Bronze Age in the Hajar Oases. New investigations of the settlement, funerary and monumental site of Al-Dhabi 2 (Bisya, Oman)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Munoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria de Castéja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Mespoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar for Arabian Studies, Humboldt Universität</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The largest tower in Oman&amp;quot;: Recent excavations in the Al Dhabi 2 monumental site (Bisya)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Mespoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Audebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselin Pinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayoub Al-Oufi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">57th Seminar for Arabian Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04630467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Another Brick in the Wall. Mélanges en l’honneur de Martin Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zahra Hashemi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaury Havé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Mespoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Naccaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brepols, 2026, Subartu LIV, 978-2-503-61921-7. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1484/M.SUBART-EB.5.150078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05499392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les collections d’enseignement et de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Duplouy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincenzo Capozzoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Christensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Giligny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alain Duplouy et Alain Schnapp (éd.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Unie dans sa diversité. L’École d’histoire de l’art et d’archéologie de la Sorbonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions de la Sorbonne, pp.105-127, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05031876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French Archaeological Mission to Central Oman (2023): Explorations in Bisya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Athar: Bulletin of Archaeological Research in the Sultanate of Oman, Issue 1. Field Season 2022-2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022-2023 (1), </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ministry of Heritage and Tourism, Sultanate of Oman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.118-126, 2025, 978-99992-1-097-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Black Wheelmade Ware in Lebanon: A View from the North</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermann Genz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Badreshany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transition, Urbanism and Collapse in the Bronze Age. Essays in Honor of Suzanne Richard</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 978-1781797204</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03868684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Excavations of an Iron Age Site near Adam in Central Oman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gernez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Archaeology of the Arabian Peninsula 2 - Connecting the Evidence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.149-161, 2021, 978-3-7001-8630-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03600272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mezcla ! Un festin chez les anciens Mayas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarissa Cagnato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poteries des terres du Nil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Lorre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jade Bajeot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daphné Mavrocordatos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petite leçon de hiéroglyphes égyptiens (série Past and Curious)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Gallois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parures néolithiques : quand la pierre se fait perle (série Past and Curious)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hala Alarashi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une journée dans la peau d'Homo heidelbergensis (série Past and Curious)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sol Sanchez-Dehesa Galan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les premiers bûcherons d'Armorique (série Past and Curious)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Bénéteaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Past and Curious, la série de dessins animés d’archéologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03468722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Past & Curious, la série de dessins animés d'archéologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03599861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Begho, un marché en Afrique de l'Ouest au XVIe siècle (série Past and Curious)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Kumah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Funérailles mérovingiennes : l'habit fait-il le mort ? (série Past and Curious)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wendy Bougraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'agriculture néolithique à la loupe (série Past and Curious)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiona Pichon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A table ! Cuisiner il y a 8000 ans (série Past and Curious)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drieu Léa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apicius et l'antique fromage normand (série Past and Curious)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Spiesser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sous les jupes des pyramides mayas (série Past and Curious)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Hiquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le feu chez les Iñupiat (Alaska) (série Past and Curious)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Vanlandeghem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une année dans les campagnes de Gaule romaine (série Past and Curious)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Huitorel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Venise du Nouveau Monde (série Past and Curious)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Biar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les monastères bouddhiques oubliés de Haḍḍa (série Past and Curious)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Vanleene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La tablette et le calame : à l'école des scribes mésopotamiens (série Past and Curious)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Touillon-Ricci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the Oasis to the Great Desert: Settlement Dynamics in the Hajar Mountains Foothill (Oman). Short preliminary report on the January-February 2024 campaign at Bisya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria de Castéja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tara Beuzen-Waller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Casanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS; UMR 7041 Arscan; UMR 8215 Trajectoires; Université Paris 1 - Panthéon Sorbonne. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04942594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the oasis to the great desert. Settlement Dynamics in the Hajjar Mountains Foothill (Oman). The Bisya Oasis from the Palaeolithic to the Bronze Age. Short preliminary report on the January-February 2023 campaign at Bisya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria de Casteja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amir Beshkani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bonilauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ministère de l’Europe et des Affaires étrangères. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04355841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the Oasis to the Great Desert settlement dynamics in the Hajjar Foothills (Oman) .Case Study: The Bisya Oasis Preliminary report on the January 2022 campaign at Bisya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria de Castéja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Munoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaïna Rointru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">UMR 7041 Arscan; UMR 8215 Trajectoires; Université de Paris 1 Panthéon-Sorbonne; Paris Sorbonne Université; Ministère de l'Europe et des Affaires Etrangères - Commission consultative des recherches archéologiques à l’étranger. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03833482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoires de terres. L'urbanisation du Levant nord au IIIe millénaire par la pétrographie céramique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Archéologie et Préhistoire. Université Paris 1 Panthéon-Sorbonne, 2019. Français. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02996831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId114"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Mathilde JEAN </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Assistant Professor, Anthropology and PrehistoryUniversity Paris Nanterre</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mathilde-jean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pottery Making in the First Oases: Comparison Between Bat and Bisya Domestic and Tower Assemblages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Swerida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arabian Archaeology and Epigraphy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 36 (1), pp.81-107. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/aae.12270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05382237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pottery craft in the early urban world: two EB IVA traditions in focus in Tell Mishrifeh-Qatna, Hypogeum IV (Syria)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Levant: The Journal of the Council for British Research in the Levant </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 56 (1), pp.22-49. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00758914.2023.2292419⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05382246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights on Bronze Age funerary monuments in the Ḥajar foothills: surveys and excavations at Bisya (Ad-Dākhilīyyah, Sultanate of Oman)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Munoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaïna Rointru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Paola Pellegrino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Renaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Seminar for Arabian Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Papers from the fifty-sixth meeting of the Seminar for Arabian Studies held in Aarhus 4–6 August 2023, 53, pp.173-193. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.32028/psas.v53i⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04616330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracing Palaeolithic Populations across the Horn of Arabia: northern Oman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amir Beshkani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tara Beuzen-Waller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seolmin Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Paléorient</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 49 (1), pp.29-61. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/paleorient.3173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04196805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Early Bronze Age in the Hajar oases: new investigations of the settlement, funerary and monumental site of al-Dhabi 2 (Bisya, Oman)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Munoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria de Castéja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Mespoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Seminar for Arabian Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 52, pp.189-204</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04279945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Médiation scientifique. Pour une archéologie en partage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03220952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pottery production at Tell Arqa (Lebanon) during the 3rd millennium BC: preliminary results of petrographic analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Levant: The Journal of the Council for British Research in the Levant </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 52 (1-2), pp.136-159. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00758914.2018.1454239⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03215208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New evidence of Iron Age ritual practices in central Oman: 2017 excavations in Mudhmar East, near Adam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Paola Pellegrino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gernez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Seminar for Arabian Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Papers from the fifty-first meeting of the Seminar for Arabian Studies held at the British Museum, London, 4th to 6th August 2017, 48, pp.125-140</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03215251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revealing traditional oasis villages in central Oman: 2025 excavations and survey at Harat al-Hawashim (Adam oasis)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Mespoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Hamood Al-Mahrooqi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salomé Sepeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irini Biezeveld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Brummelhuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">58th Seminar for Arabian Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Zayed National Museum, Dec 2025, Abou Dhabi, United Arab Emirates</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05417484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Umm an-Nar period at Bisya from the regional to the settlement scale: results from 2022-2023 survey and excavations of the French archaeological mission in Central Oman (FAMCO)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Mespoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselin Pinot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">56th Seminar for Arabian Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Aarhus, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194552v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights on ritual practices during the Iron Age in Oman through the faunal remains of Mudhmar East II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Decruyenaere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sévin-Allouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gernez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjan Mashkour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CJCM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05035298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Early Bronze Age in the Hajar Oases. New investigations of the settlement, funerary and monumental site of Al-Dhabi 2 (Bisya, Oman)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Munoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria de Castéja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Mespoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar for Arabian Studies, Humboldt Universität</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The largest tower in Oman&amp;quot;: Recent excavations in the Al Dhabi 2 monumental site (Bisya)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Mespoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Audebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselin Pinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayoub Al-Oufi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">57th Seminar for Arabian Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04630467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Another Brick in the Wall. Mélanges en l’honneur de Martin Sauvage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zahra Hashemi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaury Havé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Mespoulet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Naccaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brepols, 2026, Subartu LIV, 978-2-503-61921-7. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1484/M.SUBART-EB.5.150078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05499392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French Archaeological Mission to Central Oman (2023): Explorations in Bisya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Athar: Bulletin of Archaeological Research in the Sultanate of Oman, Issue 1. Field Season 2022-2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022-2023 (1), </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ministry of Heritage and Tourism, Sultanate of Oman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.118-126, 2025, 978-99992-1-097-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les collections d’enseignement et de recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Duplouy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincenzo Capozzoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Christensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Giligny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alain Duplouy et Alain Schnapp (éd.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Unie dans sa diversité. L’École d’histoire de l’art et d’archéologie de la Sorbonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions de la Sorbonne, pp.105-127, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05031876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Black Wheelmade Ware in Lebanon: A View from the North</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermann Genz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Badreshany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transition, Urbanism and Collapse in the Bronze Age. Essays in Honor of Suzanne Richard</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 978-1781797204</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03868684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Excavations of an Iron Age Site near Adam in Central Oman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gernez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Archaeology of the Arabian Peninsula 2 - Connecting the Evidence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.149-161, 2021, 978-3-7001-8630-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03600272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mezcla ! Un festin chez les anciens Mayas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarissa Cagnato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poteries des terres du Nil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Lorre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jade Bajeot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daphné Mavrocordatos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petite leçon de hiéroglyphes égyptiens (série Past and Curious)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Gallois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parures néolithiques : quand la pierre se fait perle (série Past and Curious)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hala Alarashi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une journée dans la peau d'Homo heidelbergensis (série Past and Curious)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sol Sanchez-Dehesa Galan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Begho, un marché en Afrique de l'Ouest au XVIe siècle (série Past and Curious)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Kumah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Past and Curious, la série de dessins animés d’archéologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03468722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les premiers bûcherons d'Armorique (série Past and Curious)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Bénéteaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Past & Curious, la série de dessins animés d'archéologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03599861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Funérailles mérovingiennes : l'habit fait-il le mort ? (série Past and Curious)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wendy Bougraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'agriculture néolithique à la loupe (série Past and Curious)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiona Pichon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A table ! Cuisiner il y a 8000 ans (série Past and Curious)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drieu Léa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apicius et l'antique fromage normand (série Past and Curious)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Spiesser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sous les jupes des pyramides mayas (série Past and Curious)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Hiquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le feu chez les Iñupiat (Alaska) (série Past and Curious)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Vanlandeghem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une année dans les campagnes de Gaule romaine (série Past and Curious)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Huitorel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Venise du Nouveau Monde (série Past and Curious)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Biar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les monastères bouddhiques oubliés de Haḍḍa (série Past and Curious)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Vanleene</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La tablette et le calame : à l'école des scribes mésopotamiens (série Past and Curious)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Rueff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Debels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Beaulieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Touillon-Ricci</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the Oasis to the Great Desert: Settlement Dynamics in the Hajar Mountains Foothill (Oman). Short preliminary report on the January-February 2024 campaign at Bisya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria de Castéja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tara Beuzen-Waller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Casanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CNRS; UMR 7041 Arscan; UMR 8215 Trajectoires; Université Paris 1 - Panthéon Sorbonne. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04942594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the oasis to the great desert. Settlement Dynamics in the Hajjar Mountains Foothill (Oman). The Bisya Oasis from the Palaeolithic to the Bronze Age. Short preliminary report on the January-February 2023 campaign at Bisya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria de Casteja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amir Beshkani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bonilauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ministère de l’Europe et des Affaires étrangères. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04355841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the Oasis to the Great Desert settlement dynamics in the Hajjar Foothills (Oman) .Case Study: The Bisya Oasis Preliminary report on the January 2022 campaign at Bisya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Sauvage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria de Castéja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Munoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaïna Rointru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">UMR 7041 Arscan; UMR 8215 Trajectoires; Université de Paris 1 Panthéon-Sorbonne; Paris Sorbonne Université; Ministère de l'Europe et des Affaires Etrangères - Commission consultative des recherches archéologiques à l’étranger. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03833482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoires de terres. L'urbanisation du Levant nord au IIIe millénaire par la pétrographie céramique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Jean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Archéologie et Préhistoire. Université Paris 1 Panthéon-Sorbonne, 2019. Français. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02996831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId114"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FD440240"/>
+    <w:nsid w:val="CFF87AC3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathilde-jean" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382237v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Swerida" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Jean" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/aae.12270" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04616330v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Munoz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ka&#239;na Rointru" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Paola Pellegrino" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Renaux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32028/psas.v53i" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382246v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00758914.2023.2292419" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279945v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Sauvage" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria de Cast&#233;ja" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Mespoulet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196805v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Beshkani" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tara Beuzen-Waller" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seolmin Kim" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleorient.3173" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220952v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Beaulieu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Rueff" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Debels" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215208v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00758914.2018.1454239" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215251v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gernez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417484v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Hamood Al-Mahrooqi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Sepeau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irini Biezeveld" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Brummelhuis" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194552v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Pinot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035298v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Decruyenaere" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe S&#233;vin-Allouet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Mashkour" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03850176v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630467v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Audebert" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Al-Oufi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499392v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Hashemi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Hav&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Naccaro" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.SUBART-EB.5.150078" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031876v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Duplouy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Capozzoli" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Christensen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Giligny" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126247v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mht.gov.om/Documents/Ar/ATHAR%201%20-%202022-23%20Web.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868684v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermann Genz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Badreshany" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03600272v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412298v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarissa Cagnato" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412314v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lorre" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Bajeot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Mavrocordatos" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864521v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gallois" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864528v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Alarashi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864557v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol Sanchez-Dehesa Galan" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864540v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie B&#233;n&#233;teaud" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468722v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03599861v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864533v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Kumah" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864561v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Bougraud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864566v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Pichon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864571v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drieu L&#233;a" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865082v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Spiesser" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865068v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hiquet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864583v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Vanlandeghem" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864574v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Huitorel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864548v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Biar" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865038v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Vanleene" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864580v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Touillon-Ricci" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04942594v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Casanova" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355841v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria de Casteja" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bonilauri" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03833482v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02996831v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathilde-jean" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382237v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Swerida" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Jean" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/aae.12270" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382246v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00758914.2023.2292419" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04616330v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Munoz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ka&#239;na Rointru" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Paola Pellegrino" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Renaux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32028/psas.v53i" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196805v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Beshkani" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tara Beuzen-Waller" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seolmin Kim" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Sauvage" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/paleorient.3173" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279945v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria de Cast&#233;ja" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Mespoulet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220952v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Beaulieu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Rueff" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Debels" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215208v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00758914.2018.1454239" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215251v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gernez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417484v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Hamood Al-Mahrooqi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Sepeau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irini Biezeveld" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Brummelhuis" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194552v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Pinot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035298v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Decruyenaere" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe S&#233;vin-Allouet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjan Mashkour" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03850176v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630467v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Audebert" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Al-Oufi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499392v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Hashemi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Hav&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Naccaro" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.SUBART-EB.5.150078" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126247v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mht.gov.om/Documents/Ar/ATHAR%201%20-%202022-23%20Web.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031876v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Duplouy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Capozzoli" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Christensen" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Giligny" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868684v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermann Genz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Badreshany" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03600272v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412298v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarissa Cagnato" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412314v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lorre" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Bajeot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Mavrocordatos" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864521v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gallois" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864528v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Alarashi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864557v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol Sanchez-Dehesa Galan" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864533v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Kumah" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468722v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864540v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie B&#233;n&#233;teaud" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03599861v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864561v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Bougraud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864566v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Pichon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864571v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drieu L&#233;a" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865082v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Spiesser" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865068v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hiquet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864583v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Vanlandeghem" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864574v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Huitorel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864548v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Biar" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865038v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Vanleene" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864580v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Touillon-Ricci" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04942594v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Casanova" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355841v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria de Casteja" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bonilauri" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03833482v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02996831v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>