--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -972,1221 +972,1221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03840464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« Plädoyer für das Chaos » ? Les mutations de la littérature allemande pour la jeunesse autour de 1968</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Strenae - Recherches sur les livres et objets culturels de l’enfance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/strenae.1827⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03840443v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Entendre la voix de l’enfant. À propos d’un moment ferenczien de la littérature française (Quignard, Sarraute, Bergounioux)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Seurat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déborah Lévy-Bertherat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Lévêque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Critique de Fixxion Française Contemporaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 17, Non spécifié</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02616362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">« Plädoyer für das Chaos » ? Les mutations de la littérature allemande pour la jeunesse autour de 1968</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Prince, Sylvie Servoise (dir.), Les personnages mythiques dans la littérature de jeunesse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Lévêque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Strenae - Recherches sur les livres et objets culturels de l’enfance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 13, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/strenae.1827⟩</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/strenae.1780⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Prince, Sylvie Servoise (dir.), Les personnages mythiques dans la littérature de jeunesse</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03840481v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regards sur la critique de la littérature pour la jeunesse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Meyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Strenae - Recherches sur les livres et objets culturels de l’enfance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 13, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/strenae.1780⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/strenae.1696⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...27 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03840483v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les « Childhood studies » débarquent », Revue des livres pour enfants, n°295, 2017, p.176-181.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La revue des livres pour enfants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03840467v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand les souris dînent au clair de lune et que les chats font des chiens : réflexions sur le statut de l’œuvre originale dans quelques albums traduits pour la jeunesse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Lévêque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trans : Revue de Littérature Générale et Comparée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/trans.1706⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03840446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Regards sur la critique de la littérature pour la jeunesse</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aux origines de la « Collection Maïa » chez Stock (1925-1926)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Lévêque</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Virginie Meyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Strenae - Recherches sur les livres et objets culturels de l’enfance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 12, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/strenae.1696⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/strenae.1618⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">« Les « Childhood studies » débarquent », Revue des livres pour enfants, n°295, 2017, p.176-181.</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03840448v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cette petite sorcière est-elle si délicieuse ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Lévêque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La revue des livres pour enfants</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Itinéraires. Littérature, textes, cultures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 2015-2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/itineraires.2839⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03840455v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traduire pour la jeunesse en France, 2000-2015</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Lévêque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mediazioni. Rivista online du studi interdisciplinari su lingue e culture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03840453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Aux origines de la « Collection Maïa » chez Stock (1925-1926)</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Nous voulions trouver un Jules Verne plus franchement chrétien » : Juliette Charoy (1840-1898), première traductrice de Karl May</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Lévêque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Strenae - Recherches sur les livres et objets culturels de l’enfance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 11, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/strenae.1618⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/strenae.1433⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...98 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Lévêque</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03840457v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Struve-Debeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Leveque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Strenae - Recherches sur les livres et objets culturels de l’enfance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 9, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/strenae.1433⟩</w:t>
+              <w:t xml:space="preserve">, 2013, Littérature pour la jeunesse de l’entre-deux-guerres: renouveau et mutations, 6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/strenae.1043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Anne Struve-Debeaux</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01410491v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les formes de la fiction dans la culture pour la jeunesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Letourneux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Leveque</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Lévêque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Strenae - Recherches sur les livres et objets culturels de l’enfance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, Littérature pour la jeunesse de l’entre-deux-guerres: renouveau et mutations, 6, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/strenae.1043⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/strenae.434⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...22 lines deleted...]
-            </w:r>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05434005v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Voyage en « Stimmland » : les textes radiophoniques pour la jeunesse de Walter Benjamin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Lévêque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Strenae - Recherches sur les livres et objets culturels de l’enfance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 2, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/strenae.434⟩</w:t>
+              <w:t xml:space="preserve">, 2010, 1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/strenae.86⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03840460v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vier spanische Jungen de Ruth Rewald : l'unique roman allemand pour la jeunesse sur la guerre d'Espagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Leveque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aden. Paul Nizan et les années trente : revue du GIEN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 9, p.61-73</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00559124v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Voïart, petit écrivain modèle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Leveque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers séguriens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 9, p.64-71</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00559125v1</w:t>
-              </w:r>
-[...145 lines deleted...]
-                <w:t xml:space="preserve">hal-00559124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour le cœur et pour l'esprit, tous les hommes sont frères : Edy-Legrand, Claude Aveline, Blaise Cendrars et Léopold Chauveau, littérateurs pour la jeunesse</w:t>
               </w:r>
@@ -2447,151 +2447,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00855415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le Chanoine Schmid, un classique européen tombé dans l'oubli.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Leveque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00560839v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Des livres, des enfants et des colonies: une mémoire oubliée ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Leveque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00650018v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-00560839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article de blog scientifique (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3240,182 +3240,182 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04964395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Histoire de la littérature allemande pour la jeunesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Leveque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Thierry Marchaisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Collection Octets, 978-2-36280-083-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04965027v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Enfants sauvages : savoirs et représentations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déborah Lévy-Bertherat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Leveque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.266, 2017, 2705694315, 978-2705694319</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03303814v1</w:t>
-              </w:r>
-[...69 lines deleted...]
-                <w:t xml:space="preserve">halshs-04965027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Écrire pour la jeunesse</w:t>
               </w:r>
@@ -3653,461 +3653,461 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03840472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Des petites filles venues d’ailleurs : une épopée internationale des romans pour la jeunesse traduits en français à la fin des années 1960 »</w:t>
+                <w:t xml:space="preserve">« La littérature de jeunesse en traduction : l’exemple de Heidi »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Leveque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Déborah Lévy-Bertherat et Françoise Zamour. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">Benédicte Milland-Bove et Marie Sorel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La littérature de jeunesse par ses textes. Analyser les textes de jeunesse à l’université</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de la Sorbonne Nouvelle, collection « Les Fondamentaux », p.79-86, 2020, 978-2-37906-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04964407v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Des petites filles venues d’ailleurs : une épopée internationale des romans pour la jeunesse traduits en français à la fin des années 1960 », in L’épopée des petites filles, Déborah Lévy-Bertherat et Françoise Zamour, Editions l’Improviste, 2020, p.163-174.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’épopée des petites filles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Editions l’Improviste, p.163-174, 2020, 978-2-913764- 68-2</w:t>
+              <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">« La littérature de jeunesse en traduction : l’exemple de Heidi »</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03840471v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Des petites filles venues d’ailleurs : une épopée internationale des romans pour la jeunesse traduits en français à la fin des années 1960 »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Leveque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Benédicte Milland-Bove et Marie Sorel. </w:t>
-[...69 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">Déborah Lévy-Bertherat et Françoise Zamour. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’épopée des petites filles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020</w:t>
+              <w:t xml:space="preserve">, Editions l’Improviste, p.163-174, 2020, 978-2-913764- 68-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03840471v1</w:t>
+                <w:t xml:space="preserve">hal-04964412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Traductions pour la jeunesse, logiques sérielles et logiques genrées autour de 1968 en France »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Leveque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Adele D’Arcangelo; Chiara Elefante; Valeria Illuminati. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Translating for Children beyond Stereotypes. Traduire pour la jeunesse au-delà des stéréotypes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bononia University Press, p.45-58, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04966928v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Paul Vaillant-Couturier, écrivain et raconteur pour l’enfance et la jeunesse »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Leveque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Denis Pernot. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Paul Vaillant-Couturier, écriture et politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions universitaires de Dijon, p.83-95, 2019, 978-2-36441-327-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04966907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une liberté sous contrôle : la loi de 1949 sur les publications destinées à la jeunesse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Lévêque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sieglinde Borvitz, Yasmin Temelli (Hrsg.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Liberté e(s)t choix. Verhandlungen von Freiheit in der französischen Literatur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Erich Schmidt Verlag, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02288242v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-04966928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Littérature de jeunesse »</w:t>
               </w:r>
@@ -5140,51 +5140,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enfances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Leveque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déborah Lévy-Bertherat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Critique de Fixxion Française Contemporaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 17, 2018, </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5218,51 +5218,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enfances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déborah Lévy-Bertherat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Leveque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5313,51 +5313,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regards sur la critique de la littérature pour la jeunesse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Leveque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Meyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Strenae - Recherches sur les livres et objets culturels de l’enfance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 12, 2017, </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6206,165 +6206,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00629406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Quand les lièvres s'envolent : le dialogue entre les écrivains allemands et français pour la jeunesse dans l'entre-deux-guerres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Leveque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontres européennes de la littérature pour la jeunesse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, Paris, France. p.33-40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00560178v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les prémices de l'anticolonialisme dans la littérature pour la jeunesse de l'entre-deux-guerres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Leveque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'études " Enfance et littérature : Colonies et colonisation "</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00629405v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-00560178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les livres français pour la jeunesse traduits à l'étranger : esquisses d'une enquête</w:t>
               </w:r>
@@ -6625,51 +6625,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1BFF79A6"/>
+    <w:nsid w:val="3EA24CA0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6856,51 +6856,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathilde-leveque" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1020-175X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/119987546" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969628v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Leveque" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Pederzoli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Illuminati" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965230v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04964375v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/acta.18671" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969609v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840479v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.9153" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840462v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840480v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.2475" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967070v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/equiv.2019.1553" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840478v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840464v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02616362v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Seurat" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah L&#233;vy-Bertherat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840443v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.1827" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840481v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.1780" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840446v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/trans.1706" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840483v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Meyer" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.1696" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840467v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840453v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840448v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.1618" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840455v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/itineraires.2839" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840457v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.1433" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01410491v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Struve-Debeaux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.1043" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-05434005v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Letourneux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.434" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00559125v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840460v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.86" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00559124v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00629274v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541087v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Bellicha" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Roucous" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Garnier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Maurice" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855415v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650018v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560839v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04965046v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/vwsd" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04964383v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/12fch" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969931v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/r6y2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964424v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bourdille" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964418v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840476v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967044v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04964395v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-15123-4" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03303814v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04965027v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-marchaisse.fr/collection-octets-catalogue-8203histoire-de-la-litterature-allemande-pour-la-jeunesse.html" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964436v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.38210" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969999v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34632/9789725408308" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840472v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964412v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964407v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840471v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966907v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288242v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966928v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966997v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967014v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06530-2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119063v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119059v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119072v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169583v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Boulaire" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01599308v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Nieres-Chevrel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Litaudon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Weinmann" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667114v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560541v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02021832v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Langlet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.39479" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560203v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04964431v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966849v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/fixxion.5649" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03010614v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966878v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.1686" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966863v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Parfait" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/itineraires.2797" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01410492v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.1038" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966868v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.320" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969913v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Boisson" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00629618v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00629616v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01119051v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01378922v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strenae.revues.org/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00629406v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00629405v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560178v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560195v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Beau" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00204455v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathilde-leveque" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1020-175X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/119987546" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969628v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Leveque" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Pederzoli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Illuminati" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965230v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04964375v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/acta.18671" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969609v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840479v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.9153" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840462v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840480v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.2475" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967070v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/equiv.2019.1553" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840478v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840464v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840443v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.1827" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02616362v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Seurat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah L&#233;vy-Bertherat" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840481v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.1780" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840483v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Meyer" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.1696" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840467v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840446v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/trans.1706" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840448v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.1618" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840455v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/itineraires.2839" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840453v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840457v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.1433" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01410491v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Struve-Debeaux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.1043" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-05434005v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Letourneux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.434" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840460v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.86" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00559124v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00559125v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00629274v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541087v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Bellicha" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Roucous" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Garnier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Maurice" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855415v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560839v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00650018v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04965046v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/vwsd" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04964383v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/12fch" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969931v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/r6y2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964424v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bourdille" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964418v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840476v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967044v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04964395v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-15123-4" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04965027v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-marchaisse.fr/collection-octets-catalogue-8203histoire-de-la-litterature-allemande-pour-la-jeunesse.html" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ens.hal.science/hal-03303814v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964436v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.38210" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969999v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34632/9789725408308" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840472v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964407v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840471v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964412v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966928v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966907v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288242v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966997v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967014v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06530-2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119063v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119059v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119072v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169583v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Boulaire" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01599308v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Nieres-Chevrel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Litaudon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Weinmann" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667114v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560541v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02021832v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Langlet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.39479" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560203v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04964431v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966849v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/fixxion.5649" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03010614v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966878v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.1686" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966863v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Parfait" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/itineraires.2797" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01410492v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.1038" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04966868v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.320" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969913v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Boisson" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00629618v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00629616v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01119051v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01378922v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://strenae.revues.org/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00629406v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560178v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00629405v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560195v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Beau" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00204455v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>