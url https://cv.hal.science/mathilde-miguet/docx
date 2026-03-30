--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -100,216 +100,216 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'introduction des outils numériques en contexte de classe : Entre compensation et nouvelles dynamiques pédagogiques (GTnum - EvalNumInclus)</w:t>
+                <w:t xml:space="preserve">Appréhender des usages numériques en contexte inclusif : une approche par l’observation (GTnum #EvalNumInclus)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Laëtitia Pierrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mathilde Miguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Catherine Lemonnier</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cendrine Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05540246v1</w:t>
+                <w:t xml:space="preserve">hal-05537967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Appréhender des usages numériques en contexte inclusif : une approche par l’observation (GTnum - EvalNumInclus)</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">L'introduction des outils numériques en contexte de classe : Entre compensation et nouvelles dynamiques pédagogiques (GTnum #EvalNumInclus)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Miguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lemonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laëtitia Pierrot</w:t>
-[...64 lines deleted...]
-                <w:t xml:space="preserve">hal-05537967v1</w:t>
+                <w:t xml:space="preserve">hal-05540246v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -327,51 +327,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transition vers un habitat inclusif partagé : les défis d'une démarche participative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Miguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transition(s) XXIVe Congrès de la SFSIC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SFSIC en partenariat avec le PREFICS, Jun 2025, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -422,51 +422,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Cretin-Pirolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Pirolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Miguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Collet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -517,51 +517,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le dispositif « 2+4H Kids and co». Une opportunité de formation pour les parents dans la société numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnauld Séjourné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Miguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chen Yu Chen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -724,51 +724,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Logiques sociales et TICES : l’approche par les procédés d’écriture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Miguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Collet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -819,51 +819,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi par internet d'un cours de maîtrise à distance : entre individualisation et mutualisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Mangenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Miguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cinquième colloque Hypermédias et apprentissages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2001, Grenoble, France. pp.259-266</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -914,265 +914,265 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La communication écrite à l’université, un enseignement polymorphe à la croisée de la réussite étudiante et de la professionnalisation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">DMS-DMK aujourd’hui ? Enquête de lectorat 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Paquienséguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Miguet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Pirolli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communication &amp; professionnalisation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14428/rcompro.v13i13.65393⟩</w:t>
+              <w:t xml:space="preserve">Distances et Médiations des Savoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 39, http://journals.openedition.org/dms/8073. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/dms.8073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03959280v1</w:t>
+                <w:t xml:space="preserve">hal-03963604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DMS-DMK aujourd’hui ? Enquête de lectorat 2021</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">La communication écrite à l’université, un enseignement polymorphe à la croisée de la réussite étudiante et de la professionnalisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Cretin-Pirolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Miguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Pirolli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Distances et Médiations des Savoirs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 39, http://journals.openedition.org/dms/8073. </w:t>
+              <w:t xml:space="preserve">Communication &amp; professionnalisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/dms.8073⟩</w:t>
+                <w:t xml:space="preserve">⟨10.14428/rcompro.v13i13.65393⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03963604v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03959280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’évolution de l’environnement numérique des musées. Des CD-Rom aux applications muséales et autres e-albums</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Miguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Paquienséguy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interfaces numériques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 1-2, pp.79-92. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1206,51 +1206,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Depuis une décennie, la FAD dans les universités françaises, Au croisement des discours de modernisation et du terrain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Miguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Distances et savoirs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, pp.331-347. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1284,51 +1284,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modernisation universitaire : le rôle supposé des TICE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Miguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Enjeux de l'information et de la communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, pp.0-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1353,51 +1353,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les TICE en tant que techniques de l'information et de la communication - Bilan d'une 2ème phase de recherches (2003-2006)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Miguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel Benchenna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1510,64 +1510,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Lectorat Numérique aujourd'hui : pratiques et usages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Paquienséguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Miguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions des archives contemporaines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 9782813001382</w:t>
             </w:r>
           </w:p>
@@ -1586,51 +1586,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01212547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (1)</w:t>
+        <w:t xml:space="preserve">Rapport (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -1665,51 +1665,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Brûlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miège Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Miguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1719,58 +1719,208 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Ministère délégué à l'Enseignement supérieur et à la Recherche. 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01152848v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CACTUS: Computer Algebra and Conferencing in the Teaching of undergraduate Scientific subjects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Paquienséguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Miguet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2, Gresec, Université Grenoble Alpes (France). 1998</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561684v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Computer Algebra and Conferencing in the Teaching of Undergraduate Scientific Subject</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Paquienséguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Miguet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1, Gresec, Université Grenoble Alpes (France). 1998</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId49"/>
+      <w:footerReference w:type="default" r:id="rId51"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1917,51 +2067,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540246v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Miguet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bourdon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lemonnier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537967v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Pierrot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Mercier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131856v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142627v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Cretin-Pirolli" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Pirolli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Collet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03454688v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnauld S&#233;journ&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Yu Chen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000575v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norma Fernandez Arriaga" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Perez Fragoso" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Godinet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Mi&#232;ge" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01831219v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000466v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mangenot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959280v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14428/rcompro.v13i13.65393" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963604v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Paquiens&#233;guy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.8073" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148413v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/LCN.13.1-2.69-93" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-00975774v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ds.9.331-347" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-00975788v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-00975812v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Benchenna" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Brulois" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxana Ologeanu-Taddei" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212547v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.archivescontemporaines.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01152848v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Br&#251;lois" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mi&#232;ge Bernard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537967v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Pierrot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Miguet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bourdon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Mercier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540246v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lemonnier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131856v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142627v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Cretin-Pirolli" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Pirolli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Collet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03454688v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnauld S&#233;journ&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Yu Chen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000575v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norma Fernandez Arriaga" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Perez Fragoso" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Godinet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Mi&#232;ge" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_01831219v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000466v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mangenot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963604v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Paquiens&#233;guy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.8073" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959280v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14428/rcompro.v13i13.65393" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148413v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/LCN.13.1-2.69-93" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-00975774v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ds.9.331-347" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-00975788v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-00975812v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Benchenna" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Brulois" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxana Ologeanu-Taddei" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212547v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.archivescontemporaines.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01152848v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Br&#251;lois" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mi&#232;ge Bernard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561684v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561692v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>