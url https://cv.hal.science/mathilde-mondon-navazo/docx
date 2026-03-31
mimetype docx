--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -386,235 +386,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04564767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Representing Solo Self-Employed Workers: The Strengthening of Relations between Traditional and New Collective Actors in Industrial Relations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La zone grise du travail indépendant économiquement dépendant en France et au Brésil. Des voies possibles d’émancipation ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Mondon-Navazo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Petr Mezihorak</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Mondon-Navazo</w:t>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Work, Employment and Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/09500170211061227⟩</w:t>
+              <w:t xml:space="preserve">Socio-économie du travail </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2 (12), pp.31-62. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-16435-7.p.0031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04564752v1</w:t>
+                <w:t xml:space="preserve">halshs-04564774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La zone grise du travail indépendant économiquement dépendant en France et au Brésil. Des voies possibles d’émancipation ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Representing Solo Self-Employed Workers: The Strengthening of Relations between Traditional and New Collective Actors in Industrial Relations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petr Mezihorak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annalisa Murgia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Borghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Mondon-Navazo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Socio-économie du travail </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 2 (12), pp.31-62. </w:t>
+              <w:t xml:space="preserve">Work, Employment and Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 37 (4), pp.1013-1031. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-16435-7.p.0031⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/09500170211061227⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04564774v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04564752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In search of alternatives for individualised workers: A comparative study of freelance organisations</w:t>
               </w:r>
@@ -626,64 +626,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Mondon-Navazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annalisa Murgia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Borghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petr Mezihorak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, pp.135050842110417. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
@@ -890,51 +890,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hadrien Clouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Mondon-Navazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Mondes du travail </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 26, pp.83-98</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -959,90 +959,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mind the gap between discourses and practices: Platform workers’ representation in France and Italy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Borghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annalisa Murgia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Mondon-Navazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petr Mezihorak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Industrial Relations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, pp.095968012110042. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1115,51 +1115,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rossella Bozzon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Digennaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petr Mezihorak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Mondon-Navazo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1540,51 +1540,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annalisa Murgia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Bagnardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Borghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Bottalico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1988,51 +1988,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05036477v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Mondon-Navazo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Murgia" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14747731.2025.2485788" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04564777v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5209/crla.89268" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04564767v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah de Heusch" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1285/i20356609v17i1p210" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04564752v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Mezihorak" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Borghi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09500170211061227" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04564774v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-16435-7.p.0031" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03364471v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13505084211041709" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03364365v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Cozza" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Gherardi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Graziano" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Johansson" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Mondon&#8208;navazo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gwao.12524" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264540v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lezig Bigi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Clouet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03364464v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09596801211004268" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03364482v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossella Bozzon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierluigi Digennaro" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsoc.2019.00086" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385293v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bouffartigue" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Monchatre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine D&#8217;amours" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cingolani" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nrt.3997" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540948v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01504354v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04986472v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Bagnardi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bottalico" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003353645" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01507315v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01507319v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05036477v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Mondon-Navazo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Murgia" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14747731.2025.2485788" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04564777v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5209/crla.89268" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04564767v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah de Heusch" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1285/i20356609v17i1p210" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04564774v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-16435-7.p.0031" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04564752v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Mezihorak" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Borghi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09500170211061227" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03364471v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13505084211041709" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03364365v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Cozza" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Gherardi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Graziano" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Johansson" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Mondon&#8208;navazo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gwao.12524" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264540v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lezig Bigi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Clouet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03364464v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09596801211004268" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03364482v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossella Bozzon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierluigi Digennaro" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsoc.2019.00086" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385293v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bouffartigue" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Monchatre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine D&#8217;amours" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cingolani" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nrt.3997" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540948v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01504354v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04986472v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Bagnardi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bottalico" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003353645" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01507315v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01507319v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>