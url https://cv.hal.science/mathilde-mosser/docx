--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -2119,652 +2119,652 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05480510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimising spheroid-based extracellular vesicle production in stirred-tank bioreactors: Challenges and Strategies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The mouse lymph node as a new tool for the study of extracellular vesicle-mediated immune responses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alicia Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Dubreil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Sourice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence de Beaurepaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Dauphin</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Karine Haurogné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Mobility for Vesicles Research in Europe (MOVE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Belgrade (Serbie), Serbia</w:t>
+              <w:t xml:space="preserve">7th Congress of the FSEV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Strasbourg (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05006210v1</w:t>
+                <w:t xml:space="preserve">hal-05006984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scalable production of small extracellular vesicles derived from a human beta cell line cultured in stirred tank bioreactor with high yield and purity</w:t>
+                <w:t xml:space="preserve">Optimising spheroid-based extracellular vesicle production in stirred-tank bioreactors: Challenges and Strategies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Dauphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence de Beaurepaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apolline Salama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Claire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Haurogné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th Congress of the FSEV</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">2nd Mobility for Vesicles Research in Europe (MOVE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Belgrade (Serbie), Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05052858v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05006210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scalability of spheroid-derived small extracellular vesicles production in stirred systems</w:t>
+                <w:t xml:space="preserve">Scalable production of small extracellular vesicles derived from a human beta cell line cultured in stirred tank bioreactor with high yield and purity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Dauphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Sophie Sourice</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriane Binet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Pruvost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Makula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Claire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th ESACT Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Edinburgh, Scotland, United Kingdom</w:t>
+              <w:t xml:space="preserve">7th Congress of the FSEV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05006273v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05052858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementation of a scalable downstream processing of immunoregulatory small extracellular vesicles</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Scalability of spheroid-derived small extracellular vesicles production in stirred systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Dauphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Floriane Binet</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence de Beaurepaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apolline Salama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Haurogné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Sourice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th ESACT Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Edinburgh, Scotland, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05006713v1</w:t>
+                <w:t xml:space="preserve">hal-05006273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The mouse lymph node as a new tool for the study of extracellular vesicle-mediated immune responses</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laurence de Beaurepaire</w:t>
+                <w:t xml:space="preserve">Implementation of a scalable downstream processing of immunoregulatory small extracellular vesicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Pruvost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Dauphin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Claire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Lalanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriane Binet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th Congress of the FSEV</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Strasbourg (FR), France</w:t>
+              <w:t xml:space="preserve">28th ESACT Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Edinburgh, Scotland, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05006984v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05006713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scalable production of small extracellular vesicles (sEV) for immune therapy: integrating management of cellular stress in upstream processing</w:t>
               </w:r>
@@ -3306,51 +3306,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729007v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Marquette" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Chastagnier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin da Sousa" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Chocarro-Wrona" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin-Joffrey Courtial" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bprint.2024.e00351" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774005v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mour&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sawsen Bekir" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Bacou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Pruvost" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Haurogn&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-07887-w" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412034v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda K.A. Silva" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Morille" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Piffoux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Surendar Arumugam" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phlippe Mauduit" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addr.2021.114001" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03188750v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfred Joseph Tector" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Mosser" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Tector" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Bach" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2020.00622" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02989716v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khem Raj Giri" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence de Beaurepaire" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Jegou" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Lavy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2020.01814" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151667v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffi Bosch" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Salama" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.26913" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01563129v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Perota" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Judor" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db16-1060" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02343236v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Kapel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chevalot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Olmos" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Marc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/btpr.2110" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5CCN00FK-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01278701v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Blanchard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10616-012-9519-1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00777444v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Aymes" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent-Michel Bonanno" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2012.04.015" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G182M72G-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052871v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Dauphin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Dupont" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-04543512v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Mignot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03429289v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05384213v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Charrier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sourice" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lion" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dubreil" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05480510v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05006210v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Claire" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052858v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Binet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Makula" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05006273v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05006713v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lalanne" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05006984v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053703v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Boursier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Nouguier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Laubert" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jev2.12224" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052834v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01749367v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012LORR0170" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729007v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Marquette" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Chastagnier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin da Sousa" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Chocarro-Wrona" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin-Joffrey Courtial" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bprint.2024.e00351" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774005v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mour&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sawsen Bekir" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Bacou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Pruvost" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Haurogn&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-07887-w" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412034v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda K.A. Silva" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Morille" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Piffoux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Surendar Arumugam" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phlippe Mauduit" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addr.2021.114001" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03188750v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfred Joseph Tector" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Mosser" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Tector" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Bach" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2020.00622" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02989716v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khem Raj Giri" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence de Beaurepaire" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Jegou" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Lavy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2020.01814" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151667v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffi Bosch" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Salama" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.26913" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01563129v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Perota" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Judor" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db16-1060" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02343236v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Kapel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chevalot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Olmos" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Marc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/btpr.2110" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5CCN00FK-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01278701v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Blanchard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10616-012-9519-1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00777444v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Aymes" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent-Michel Bonanno" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2012.04.015" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G182M72G-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052871v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Dauphin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Dupont" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-04543512v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Mignot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03429289v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05384213v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Charrier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sourice" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lion" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dubreil" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05480510v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05006984v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05006210v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Claire" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052858v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Binet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Makula" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05006273v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05006713v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lalanne" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053703v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Boursier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Nouguier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Laubert" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jev2.12224" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052834v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01749367v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012LORR0170" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>