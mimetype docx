--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -141,1917 +141,1917 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Commentaire de l’'Histoire d’un voyage faict en la terre du Brésil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Mougin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Pochmalicki</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Khâgnes 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Atlande, pp.19-94, 2025, 9782384280575</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05498030v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La vie à bord de l’Écueil : d’ennuyeuses &amp;quot;bagatelles&amp;quot;, ou la transfiguration aventureuse du quotidien ? »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Mougin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Geneviève Artigas-Menant; Marc-André Bernier; Christophe Martin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Robert Challe et l’aventure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 623, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Classiques Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Rencontre, 978-2-406-16755-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-16757-0.p.0163⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04700247v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Stratégies littéraires et enjeux de la représentation du dégoût »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Bordes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Mougin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laura Bordes; Ilona Carmona; Pierre Léger; Mathilde Mougin; Emmanuel Porte. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jusqu'à la nausée. Approche pluridisciplinaire du dégoût aux époques moderne et contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUP, pp. 69-76, 2022, 9791032003862</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04013124v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L’humanisme à l’épreuve du voyage au XVIIe siècle français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Mougin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sylvie Requemora; Huguette Krief; Lou-Andréa Piana. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les défis de l’humanisme littéraire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUP, 2022, 9791032004067</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04013059v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avant-propos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Mougin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Bordes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Porte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilona Carmona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jusqu'à la nausée. Approche pluridisciplinaire du dégoût aux époques moderne et contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PUP</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp. 5-8, 2022, Corps et âmes, 9791032003862</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04013098v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les variations de l'intimité dans les récits de voyage de Montaigne et Jean-Baptiste Tavernier »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Mougin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marilina Gianico; Christine Hammann-Décoppet. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Geste autobiographique. Écrire sa vie (XVIIe-XVIIIe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques Garnier, 2021, Rencontres, 978-2-406-12058-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04011947v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L’expérience de la laideur dans le récit de voyage du XVIIe siècle »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Mougin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Florence Bancaud. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Fabrique de la laideur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUP, 2021, 9791032003473</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04013034v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L’expérience de la déshonnêteté dans le Journal de voyage de Robert Challe (1721) : une mise à l’épreuve libertine de l’honnêteté ? »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Mougin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marcella Leopizzi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’honnêteté au Grand Siècle : belles manières et Belles Lettres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Narr, 2020, 978-3-8233-9380-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04021091v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« De l’usage des sensations dans les récits de voyage de l’époque moderne »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Mougin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Papers on French Seventeenth Century Literature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, LII (102), p. 15-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05265178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Les scènes de sérail de Bernier et Tavernier : d’une esthétique de la turquerie à un laboratoire de pensée politique »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Mougin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astrolabe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 56, https://crlv.org/articles/scenes-serail-bernier-tavernier-dune-esthetique-turquerie-a-laboratoire-pensee-politique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05148388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« De la blancheur à la blanchité dans les Portugaiz infortunés (1608) de Nicolas Chrestien des Croix, ou l’inversion du topos de la noirceur », Topiques. Études satoriennes, décembre 2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Mougin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Topiques, études satoriennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 8, https://journals.openedition.org/topiques/307</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05273863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Corps indiens : imaginaire médical, politique et philosophique des représentations de l’Indien dans l’œuvre de Bernier »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Mougin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Viatica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, HS (7), pp.4287. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/11rh8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04700289v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte rendu de l’ouvrage : Rachel Lauthelier-Mourier, &amp;quot;Le Voyage en Perse à l’âge classique. Lieux rhétoriques et géographiques&amp;quot;, Paris, Gallimard, « Lire le XVIIe siècle », série « Voyages réels et voyages imaginaires », 2020</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Mougin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d'histoire littéraire de la France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 2 (122), pp.454-457</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04012055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léry et la pensée mythique : une difficile rencontre de l’Autre dans l’&amp;quot;Histoire d’un voyage faict en la terre du Bresil&amp;quot; (1578)</w:t>
+                <w:t xml:space="preserve">« De l’indifférence à l’expérience d’une compassion interculturelle. Les émotions des voyageurs face aux supplices en Orient (Bernier, Tavernier, La Martinière) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Mougin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Verger</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Bouquet XXV</w:t>
+              <w:t xml:space="preserve">Histoire, médecine et santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11, pp. 73-91</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04011976v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04012207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« De l’indifférence à l’expérience d’une compassion interculturelle. Les émotions des voyageurs face aux supplices en Orient (Bernier, Tavernier, La Martinière) »</w:t>
+                <w:t xml:space="preserve">Léry et la pensée mythique : une difficile rencontre de l’Autre dans l’&amp;quot;Histoire d’un voyage faict en la terre du Bresil&amp;quot; (1578)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Mougin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Histoire, médecine et santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 11, pp. 73-91</w:t>
+              <w:t xml:space="preserve">Le Verger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Bouquet XXV</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04012207v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04011976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Holtz, Jean-Claude Laborie, Frank Lestringant (éd.), Voyageurs de la Renaissance, Paris, Gallimard, coll. « Folio classique », 2019, 576 p., ISBN : 9782070424474.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Mougin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Viatica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Voyages inaboutis, 8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04012102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La réduction de l’Amérindien dans l’espace hégémonique du récit de voyage chez Léry (1578) et Lescarbot (1609) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Mougin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers d'Etudes Romanes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Altérité et marginalité La représentation des Autochtones et des noirs en Amérique latine, 43, pp.19 - 35. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/etudesromanes.12988⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04012290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte rendu de l'ouvrage de Gilles Bertrand, Daniel Chartier, Alain Guyot, Marie Mossé et Anne-Elisabeth Spica (dir.), &amp;quot;Voyages illustrés aux pays froids (XVIe-XIXe siècle), Clermont-Ferrand, Presses universitaires Blaise-Pascal, 2020.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Mougin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Textimage : revue d'étude du dialogue texte-image </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04012078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Mougin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les chantiers de la création</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, "La mise à l'épreuve du corps" (12), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/lcc.2694⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04012239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte rendu de l'ouvrage de Juliette Morice, &amp;quot;Le Monde ou la Bibliothèque. Voyage et éducation à l’âge classique&amp;quot;, Paris, Les Belles Lettres, 2016</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Mougin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Viatica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04012117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La sublimation du Nord américain La sublimation du Nord américain dans le récit de Marc Lescarbot (1609) »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Mougin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Viaggiatori : Circolazioni, scambi ed esilio (secoli XII-XX)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Voyages vers le Nord, voyages vers les pays froids, Anno 3 (1), pp.41-68. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.26337/2532-7623/MOUGIN⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02476382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entretien avec Elisabeth Leuvrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amina Lamghari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Mougin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Voke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Leuvrey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les chantiers de la création</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/lcc.1933⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04012227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« L'expérience de l'altérité dans le Journal de voyage de Montaigne : une entreprise d'exotisation du familier »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Mougin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Malice, le Magazine des Littératures et des Cultures à l'ère numérique </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02475771v1</w:t>
-              </w:r>
-[...719 lines deleted...]
-                <w:t xml:space="preserve">hal-04021091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2069,103 +2069,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jusqu'à la nausée.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilona Carmona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Leger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Mougin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Porte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PUP, 2022, 9791032003862</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2273,51 +2273,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7B6F278F"/>
+    <w:nsid w:val="24AF44CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2504,51 +2504,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathilde-mougin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9115-8409" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265178v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Mougin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148388v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273863v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700289v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11rh8" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012055v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011976v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012207v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012102v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012290v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesromanes.12988" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012078v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012239v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lcc.2694" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012117v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02476382v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26337/2532-7623/MOUGIN" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012227v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Lamghari" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Voke" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Leuvrey" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lcc.1933" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475771v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498030v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Pochmalicki" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700247v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/index.php/robert-challe-et-l-aventure-la-vie-a-bord-de-l-ecueil.html" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-16757-0.p.0163" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013124v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bordes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013059v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013098v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Porte" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilona Carmona" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre L&#233;ger" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/jusqua-nausee" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011947v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013034v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021091v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03141551v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leger" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathilde-mougin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9115-8409" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498030v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Mougin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Pochmalicki" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700247v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/index.php/robert-challe-et-l-aventure-la-vie-a-bord-de-l-ecueil.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-16757-0.p.0163" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013124v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bordes" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013059v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013098v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Porte" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilona Carmona" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre L&#233;ger" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/jusqua-nausee" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011947v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013034v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021091v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265178v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148388v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273863v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700289v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11rh8" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012055v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012207v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011976v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012102v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012290v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesromanes.12988" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012078v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012239v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lcc.2694" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012117v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02476382v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26337/2532-7623/MOUGIN" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04012227v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Lamghari" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Voke" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Leuvrey" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lcc.1933" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475771v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03141551v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Leger" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>