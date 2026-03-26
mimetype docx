--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -147,5608 +147,5608 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (32)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transcriptomic dataset of Malus domestica young leaves in response to acibenzolar-S-methyl (ASM) and/or nitrogen nutrition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Térance Mobarak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Delaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Brisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Orsel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 55, pp.110727. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2024.110727⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04722914v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparison of cell wall chemical evolution during the development of fruits of two contrasting quality from two members of the Rosaceae family: Apple and sweet cherry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafae Tabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Delaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Orsel-Baldwin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Physiology and Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 168, pp.93-104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.plaphy.2021.10.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03382665v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pre-harvest Climate and Post-Harvest Acclimation to Cold Prevent From Superficial Scald Development in Granny Smith Apples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Marc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Cournol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Hanteville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Charlotte Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), 15 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-63018-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02797159v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Technical benefit on apple fruit of controlled atmosphere influenced by 1-MCP at molecular levels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camila Francine Paes Nunes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isadora Rubin de Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiane Timm Storch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesar Valmor Rombaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Orsel-Baldwin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular Genetics and Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 295 (6), pp.1443-1457. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00438-020-01712-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02962396v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apple Supplementation Improves Hemodynamic Parameter and Attenuates Atherosclerosis in High-Fat Diet-Fed Apolipoprotein E-Knockout Mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaella Soleti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Trenteseaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Fizanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Coué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Hilairet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biomedicines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (11), pp.495. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biomedicines8110495⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05204283v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Systems-Based Approaches to Unravel Networks and Individual Elements Involved in Apple Superficial Scald</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evangelos Karagiannis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgia Tanou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Scossa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina Samiotaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michail Michailidis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2020.00008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02476834v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Metabolic profiling and functional metabolomics of senescence and stress response in plants: a case study in the Brassicaceae species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bouchereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Duchaumet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Albert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J-C Avice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Berardocco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FEBS Open Bio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8, pp.27-28</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02186068v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genome-wide expression analysis suggests a role for jasmonates in the resistance to blue mold in apple</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masoud Ahmadi-Afzadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Orsel Baldwin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Cournol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Proux-Wéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Growth Regulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 85 (3), pp.375-387. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10725-018-0388-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02621078v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Screening of ordinary commercial varieties of apple fruits under different storage conditions for their potential vascular and metabolic protective properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaella Soleti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Hilairet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Mallegol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Dourguia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Frifra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Food and Function</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (11), pp.5855-5867. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C8FO00967H⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01958474v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrasting transcriptional programs control postharvest development of apples (&amp;lt;em&amp;gt;Malus x domestica&amp;lt;/em&amp;gt; Borkh.) submitted to cold storage and ethylene blockage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiane Timm Storch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taciane Finatto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Cournol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Orsel-Baldwin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Renou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 65 (35), pp.7813-7826. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.7b01425⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02628941v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cell wall dynamics during apple development and storage involves hemicellulose modifications and related expressed genes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Dheilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Charlotte Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Renou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Plant Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 16 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12870-016-0887-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01398854v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A profiling approach of the natural variability of foliar N remobilization at the rosette stage gives clues to understand the limiting processes involved in the low N use efficiency of winter oilseed rape</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Gironde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Poret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Trouverie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bouchereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 66 (9), pp.2461-2473. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/erv031⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01455972v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molecular evolution and transcriptional regulation of the oilseed rape proline dehydrogenase genes suggest distinct roles of proline catabolism during development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Faës</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Deleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkader Aïnouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Le Cahérec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Montes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Planta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 241 (2), pp.403-419. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00425-014-2189-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01088770v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The contrasting N management of two oilseed rape genotypes reveals the mechanisms of proteolysis associated with leaf N remobilization and the respective contributions of leaves and stems to N storage and remobilization during seed filling.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Girondé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Trouverie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bouchereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Le Cahérec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Plant Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 15 (1), pp.59. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12870-015-0437-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01392652v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sixteen cytosolic glutamine synthetase genes identified in the Brassica napus L. genome are differentially regulated depending on nitrogen regimes and leaf senescence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Orsel Baldwin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Moison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Clouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Leprince</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 65 (14), pp.3927-3947. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/eru041⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01204074v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multiscale investigation of mealiness in apple: an atypical role for a pectin methylesterase during fruit maturation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Mikol-Segonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Bruneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Celton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Francin-Allami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Plant Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 14, article 375 (18 p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12870-014-0375-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210007v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genetic control of yield and yield components in winter oilseed rape ([i]Brassica napus[/i] L.) grown under nitrogen limitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Bouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Nesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Bissuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Bregeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Lariepe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Euphytica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 199 (1-2), pp.183-205. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10681-014-1130-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01208748v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The [i]Arabidopsis[/i] nitrate transporter NRT2.4 plays a double role in roots and shoots of nitrogen-starved plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takatoshi T. Kiba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana-Belen A.B. Feria-Bourrellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence F. Lafouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina L. Lezhneva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie S. Boutet-Mercey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 24 (1), pp.245-258. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1105/tpc.111.092221⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01001188v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arabidopsis roots and shoots show distinct temporal adaptation patterns toward nitrogen starvation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annemarie A. Krapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard R. Berthomé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Orsel Baldwin Orsel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Boutet-Mercey Mercey-Boutet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes A. Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 157 (3), pp.1255-1282. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.111.179838⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01001248v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Plant homologs of the Plasmodium falciparum chloroquine-resistance transporter, PfCRT, are required for glutathione homeostasis and stress responses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spencer C. Maughan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maciej Pasternak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Narelle Cairns</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Kiddle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thorsten Brach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 107 (5), pp.2331-2336. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.0913689107⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02666686v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leaf nitrogen remobilisation for plant development and grain filling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Masclaux Daubresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Reisdorf-Cren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Orsel Baldwin Orsel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 10, pp.23-26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02656698v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nitrate transport and signalling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony J. Miller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaorong Fan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Orsel Baldwin Orsel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susan J. Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darren M. Wells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 58 (9), pp.2297-2306. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/erm066⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02664315v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nitrate signaling and the two component high affinity uptake system in Arabidopsis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Orsel Baldwin Orsel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Leleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susan J. Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annemarie Krapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Signaling and Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 2 (4), pp.260-262. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4161/psb.2.4.3870⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02660883v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Arabidopsis ATNRT2.7 nitrate transporter controls nitrate content in seeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Orsel Baldwin Orsel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-France Dorbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien F. Chardon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hoai Nam Truong Cellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 19 (5), pp.1590-1602. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1105/tpc.107.050542⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02668421v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Absorption and assimilation of nitrate and recycling of organic nitrogen in plants: importance for oilseed rape.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Francois Morot-Gaudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Orsel Baldwin Orsel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Diaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Vedele Daniel-Vedele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Masclaux Daubresse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Oléagineux, Corps Gras, Lipides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 13 (6), pp.393-402</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02665624v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characterization of a two-component high-affinity nitrate uptake system in Arabidopsis. Physiology and protein-protein interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Orsel Baldwin Orsel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Chopin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Leleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susan J. Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annemarie Krapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 142 (3), pp.1304-1317. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.106.085209⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02663617v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Differential regulation of the Chlamydomonas Nar1 gene family by carbon and nitrogen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vicente Mariscal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Orsel Baldwin Orsel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony J. Miller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilio Fernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Protist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 157 (4), pp.421-433. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.protis.2006.06.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02662580v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Disruption of the nitrate transporter genes AtNRT2.1 and AtNRT2.2 restricts growth at low external nitrate concentration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Orsel Baldwin Orsel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Eulenburg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annemarie A. Krapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Vedele Daniel-Vedele</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Planta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 219 (4), pp.714-721. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00425-004-1266-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02681888v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analysis of the NRT2 nitrate transporter family in Arabidopsis. Structure and gene expression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Orsel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annemarie Krapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Daniel Vedele</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 129, pp.886-896. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.005280⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02682474v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nitrate transport in plants: which gene and which control ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Orsel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Filleur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Fraisier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Daniel Vedele</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 53 (370), pp.825-833</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02681729v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An Arabidopsis T-DNA mutant affected in Nrt2 genes is impaired in nitrate uptake</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Filleur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.F. Dorbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Cerezo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Orsel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Granier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FEBS Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 489 (2-3), pp.220-224. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0014-5793(01)02096-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02682100v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tagging of a cryptic promoter that confers root-specific gus expression in Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Mollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Hoffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Orsel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Cell Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 19, pp.1076-1083</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02689816v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nitrodefense : When low nitrogen status improves apple response to plant resistance inducers.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Térance Mobarak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Brisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Delaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Orsel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant BioProTech &amp; IOBC-IR 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Castellon de la Plana, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04722924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apple firmness relies on cell wall architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Delaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Orsel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Falourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Foucat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXXI International Horticultural Congress (IHC2022): International Symposium on Integrative Approaches to Product Quality in Fruits and Vegetables</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISHS, Aug 2023, Angers (FR), France. pp.19-28, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17660/ActaHortic.2022.1353.3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03972041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de l’interaction entre le statut azoté du pommier et l’efficacité de protection des SDP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Térance Mobarak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Delaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Orsel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ENVIE, Impact of Environment on plant immunity and pathogen virulence.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Sète (34200), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04722938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pre-harvest climate and post-harvest acclimation to cold prevent from superficial scald development in Granny smith apples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Orsel-Baldwin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Marc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Orsel-Baldwin</w:t>
+                <w:t xml:space="preserve">Maryline Cournol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Marc</w:t>
+                <w:t xml:space="preserve">Sylvain Hanteville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th ROSACEAE GENOMICS CONFERENCE (virtual 2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Barcelone, Spain. pp.Abstract C0183</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03098595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apple cell division and elongation during fruit development is associated with marked changes in hemicelluloses composition, structure and related gene expression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Dheilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Delaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Renou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. International Rosaceae Genomics Conference (RGC8)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Institut de Recherche en Horticulture et Semences (1345)., Jun 2016, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02793255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetics of resistance to blue mould in apple: inoculation-based screening, transcriptomics and biochemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ahmadi-Afzadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Rumpunen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Renou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Orsel Baldwin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29. International Horticultural Congress on Horticulture: Sustaining Lives, Livelihoods and Landscapes (IHC2014)/International Symposium on Plant Breeding in Horticulture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, International Society for Horticultural Science (ISHS). INT., Sep 2014, Brisbane, Australia. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17660/ActaHortic.2016.1127.10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01608462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution des propriétés mécaniques de la paroi au cours de la maturation de la pomme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Dheilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adelin Barbacci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Orsel Baldwin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Renou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées du Réseau Français des Parois</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Picardie Jules Verne (UPJV). Amiens, FRA., Jul 2014, Amiens, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01209991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution des propriétés mécaniques de la paroi lors de la maturation de la pomme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Dheilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adelin Barbacci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Orsel Baldwin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre J.-P. Renou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. Congrès Réseau Français des Parois</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Amiens, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02800621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Response of Leaf Area Index of 96 Oilseed Rape Genotypes submitted to limiting or non limiting Nitrogen input</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bissuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Andrianasolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.C. Viera de Oliviera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Orsel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th International GCIRC Rapeseed Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Prague (CZ), Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00849122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leaf Area Index, a good functional trait for screening genetic diversity of Winter Oil Seed Rape response to N constraint : Study of a panel of 95 genotypes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bissuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Guernec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Andrianasolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. C. Viera de Oliviera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Prague13th International Rapeseed Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Prague (CZ), Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00849121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular physiology of nitrate transport in Arabidopsis thaliana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Daniel-Vedele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Dechorgnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Chopin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Orsel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana-Belen Feria-Bourrellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Society for Experimental Biology Annual Main Meeting28th June—1st July 2009, Glasgo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Glasgow, United Kingdom. pp.S186, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cbpa.2009.04.408⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03142745v1</w:t>
-              </w:r>
-[...4165 lines deleted...]
-                <w:t xml:space="preserve">hal-02689816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5923,64 +5923,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structuration de la diversité génétique d’une collection de colza : Comparaison d’une analyse basée sur des caractères phénotypiques et des marqueurs SSR.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bissuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6041,77 +6041,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nitrogen remobilization efficiency for oilseed rape yield improvement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Orsel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Laperche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bissuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bregeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6249,51 +6249,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E62D32D9"/>
+    <w:nsid w:val="0C6AF11B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6480,51 +6480,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathilde-orsel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0837-6796" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/O-3732-2019" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722924v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;rance Mobarak" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Brisset" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Delaire" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Orsel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03972041v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lahaye" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delaire" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Orsel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Falourd" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Foucat" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2022.1353.3" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722938v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03098595v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Orsel-Baldwin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Marc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Cournol" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Hanteville" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Poisson" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793255v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Dheilly" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Gall" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Bonnin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Renou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608462v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ahmadi-Afzadi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Rumpunen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Orsel Baldwin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Pelletier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2016.1127.10" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209991v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adelin Barbacci" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800621v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre J.-P. Renou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00849122v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bissuel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laperche" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Andrianasolo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Viera de Oliviera" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00849121v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Guernec" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. C. Viera de Oliviera" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142745v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Daniel-Vedele" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dechorgnat" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Chopin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Belen Feria-Bourrellier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpa.2009.04.408" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SPHQ41XS-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722914v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2024.110727" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03382665v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafae Tabi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Le Bot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2021.10.002" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02797159v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Marc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Guillou" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-63018-3" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962396v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Francine Paes Nunes" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isadora Rubin de Oliveira" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiane Timm Storch" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Valmor Rombaldi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00438-020-01712-7" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204283v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Soleti" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Trenteseaux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Fizanne" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cou&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Hilairet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines8110495" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02476834v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelos Karagiannis" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgia Tanou" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Scossa" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Samiotaki" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michail Michailidis" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2020.00008" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02186068v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bouchereau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Duchaumet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Albert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-C Avice" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Berardocco" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621078v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoud Ahmadi-Afzadi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Proux-W&#233;ra" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10725-018-0388-2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01958474v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Mallegol" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dourguia" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Frifra" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8FO00967H" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628941v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taciane Finatto" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.7b01425" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398854v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Charlotte Guillou" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-016-0887-0" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01088770v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Fa&#235;s" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Deleu" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader A&#239;nouche" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Le Cah&#233;rec" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Montes" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-014-2189-9" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455972v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gironde" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Poret" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Etienne" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Trouverie" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erv031" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392652v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Girond&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-015-0437-1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208748v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Bouchet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Nesi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bregeon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lariepe" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10681-014-1130-4" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204074v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Moison" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Clouet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Thomas" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Leprince" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eru041" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210007v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mikol-Segonne" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Bruneau" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Celton" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Francin-Allami" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-014-0375-3" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001188v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takatoshi T. Kiba" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Belen A.B. Feria-Bourrellier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence F. Lafouge" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina L. Lezhneva" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie S. Boutet-Mercey" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.111.092221" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001248v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annemarie A. Krapp" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard R. Berthom&#233;" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Orsel Baldwin Orsel" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Boutet-Mercey Mercey-Boutet" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes A. Yu" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.111.179838" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666686v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spencer C. Maughan" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Pasternak" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narelle Cairns" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Kiddle" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten Brach" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0913689107" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656698v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Masclaux Daubresse" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Reisdorf-Cren" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664315v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony J. Miller" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaorong Fan" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan J. Smith" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darren M. Wells" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erm066" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660883v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Leleu" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annemarie Krapp" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/psb.2.4.3870" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668421v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Dorbe" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien F. Chardon" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoai Nam Truong Cellier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.107.050542" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665624v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Morot-Gaudry" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Diaz" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Vedele Daniel-Vedele" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663617v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.106.085209" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662580v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Mariscal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Moulin" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.protis.2006.06.003" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8MW52KLH-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681888v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Eulenburg" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-004-1266-x" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-NFR1J7J0-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682474v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Daniel Vedele" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.005280" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681729v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Filleur" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fraisier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682100v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Dorbe" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cerezo" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Granier" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0014-5793(01)02096-8" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689816v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Mollier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hoffmann" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pelletier" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01858693v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Thierry" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Boumaza" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Buitink" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Land&#232;s" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Leprince" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00849120v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Falentin" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ollivier" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Renard" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00849119v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bregeon" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bloquel" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathilde-orsel" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0837-6796" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/O-3732-2019" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722914v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;rance Mobarak" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Delaire" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Brisset" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Orsel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2024.110727" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03382665v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lahaye" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafae Tabi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Le Bot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Orsel-Baldwin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2021.10.002" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02797159v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Marc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Cournol" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Hanteville" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Poisson" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Guillou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-63018-3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962396v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Francine Paes Nunes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isadora Rubin de Oliveira" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiane Timm Storch" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Valmor Rombaldi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00438-020-01712-7" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204283v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Soleti" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Trenteseaux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Fizanne" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cou&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Hilairet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines8110495" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02476834v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelos Karagiannis" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgia Tanou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Scossa" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Samiotaki" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michail Michailidis" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2020.00008" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02186068v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bouchereau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Duchaumet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Albert" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-C Avice" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Berardocco" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621078v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoud Ahmadi-Afzadi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Orsel Baldwin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Pelletier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Proux-W&#233;ra" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10725-018-0388-2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01958474v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Mallegol" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dourguia" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Frifra" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8FO00967H" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628941v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taciane Finatto" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Renou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.7b01425" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398854v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Dheilly" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Gall" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Charlotte Guillou" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Bonnin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-016-0887-0" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455972v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gironde" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Poret" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Etienne" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Trouverie" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erv031" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01088770v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Fa&#235;s" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Deleu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader A&#239;nouche" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Le Cah&#233;rec" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Montes" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-014-2189-9" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392652v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Girond&#233;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-015-0437-1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204074v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Moison" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Clouet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Thomas" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Leprince" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eru041" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210007v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mikol-Segonne" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Bruneau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Celton" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Francin-Allami" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-014-0375-3" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208748v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Bouchet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Nesi" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bissuel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bregeon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lariepe" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10681-014-1130-4" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001188v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takatoshi T. Kiba" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Belen A.B. Feria-Bourrellier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence F. Lafouge" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina L. Lezhneva" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie S. Boutet-Mercey" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.111.092221" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001248v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annemarie A. Krapp" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard R. Berthom&#233;" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Orsel Baldwin Orsel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Boutet-Mercey Mercey-Boutet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes A. Yu" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.111.179838" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666686v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spencer C. Maughan" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Pasternak" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narelle Cairns" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Kiddle" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten Brach" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0913689107" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656698v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Masclaux Daubresse" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Reisdorf-Cren" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664315v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony J. Miller" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaorong Fan" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan J. Smith" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darren M. Wells" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erm066" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660883v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Chopin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Leleu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annemarie Krapp" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/psb.2.4.3870" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668421v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Dorbe" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien F. Chardon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoai Nam Truong Cellier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.107.050542" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665624v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Morot-Gaudry" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Diaz" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Vedele Daniel-Vedele" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663617v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.106.085209" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662580v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Mariscal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Moulin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.protis.2006.06.003" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8MW52KLH-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681888v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Eulenburg" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-004-1266-x" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-NFR1J7J0-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682474v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Daniel Vedele" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.005280" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681729v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Filleur" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fraisier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682100v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Dorbe" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cerezo" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Granier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0014-5793(01)02096-8" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689816v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Mollier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hoffmann" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pelletier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722924v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03972041v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delaire" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Orsel" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Falourd" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Foucat" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2022.1353.3" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722938v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03098595v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Marc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793255v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608462v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ahmadi-Afzadi" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Rumpunen" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2016.1127.10" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209991v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adelin Barbacci" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800621v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre J.-P. Renou" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00849122v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laperche" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Andrianasolo" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Viera de Oliviera" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00849121v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Guernec" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. C. Viera de Oliviera" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142745v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Daniel-Vedele" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Dechorgnat" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Belen Feria-Bourrellier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpa.2009.04.408" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SPHQ41XS-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-01858693v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Thierry" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Boumaza" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Buitink" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Land&#232;s" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Leprince" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00849120v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Falentin" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ollivier" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Renard" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00849119v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bregeon" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bloquel" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>