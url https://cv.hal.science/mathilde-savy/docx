--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,180 +66,587 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évaluation de l’impact du dispositif « Passerelle Plus » sur l’insécurité alimentaire et le bien-être de ménages en situation de précarité en France : un essai randomisé contrôlé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Perignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Eymard-Duvernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Darmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Somaraki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Francophones de Nutrition 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Lyon, France. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554524v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How and why can a “Cash Plus” programme impact on food insecurity and well-being of vulnerable households in France? A Programme Impact Pathways analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Somaraki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Savy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Eymard-Duvernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandra Giraldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IUNS-ICN 2025 International Congress of Nutrition - Sustainable Food for Global Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Paris, France. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05554354v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une recherche-action autour du dispositif Passerelle Plus : expérimentation d’une allocation non fléchée couplée à une orientation sociale et un atelier collectif sur l’alimentation durable. Quels effets sur l’alimentation, le bien-être et la satisfaction des besoins?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Perignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vigdis Gosset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Eymard-Duvernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Somaraki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. Rencontres Sciences-Société pour des Solidarités Alimentaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05001183v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The multisectoral value of school meals programmes beyond nutrition: examples from Europe and Africa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Avallone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Nicklaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Akparibo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Liguori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Savy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IUNS-ICN 2025 : International Congress of Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05474358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -249,2394 +656,2237 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Food insecurity, feeding practices and associated factors of acute malnutrition among children under 5 years of age in a post-conflict context in the Kasai region, Democratic Republic of Congo: a community-based case-control study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victoire Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K Phelan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L I Bozama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Boubacar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Tshibangu Sakubu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 11 (1), pp.106. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s40795-025-01096-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05151101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prevalence of food insecurity during pregnancy in Latin American and the Caribbean countries: a systematic review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia. Basurko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Savy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Suzanne. Galindo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire. Gatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lindsay. Osei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 155 (1), pp.250-259. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.tjnut.2024.09.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04701626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prevalence and risk factors of food insecurity during pregnancy: a multicenter survey in French Guiana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Basurko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Lyonnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlys Proquot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glwadys Forsans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Najeh Hcini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Public Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 25 (1), pp.1910. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12889-025-23173-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05478145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nutritional quality and diversity in Ghana’s school feeding programme: a mixed-methods exploration through caterer interviews in the Greater Accra Region</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Defining a dichotomous indicator for population-level assessment of dietary diversity among pregnant adolescent girls and women : a secondary analysis of quantitative 24-h recalls from rural settings in Bangladesh, Burkina Faso, India and Nepal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric O Verger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Eymard-Duvernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dang Bahya-Batinda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giles T Hanley-Cook</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alemayehu Argaw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40795-024-00936-9⟩</w:t>
+              <w:t xml:space="preserve">Current Developments in Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 8 (1), pp.102053. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cdnut.2023.102053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04714683v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04322954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How do publicly procured school meals programmes in sub-Saharan Africa improve nutritional outcomes for children and adolescents: a mixed-methods systematic review</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Nutritional quality and diversity in Ghana’s school feeding programme: a mixed-methods exploration through caterer interviews in the Greater Accra Region</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Liguori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gideon Senyo Amevinya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Holdsworth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Savy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amos Laar</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Public Health Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S1368980024001939⟩</w:t>
+              <w:t xml:space="preserve">BMC Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10 (1), pp.127. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40795-024-00936-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04748360v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04714683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Defining a dichotomous indicator for population-level assessment of dietary diversity among pregnant adolescent girls and women : a secondary analysis of quantitative 24-h recalls from rural settings in Bangladesh, Burkina Faso, India and Nepal</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alemayehu Argaw</w:t>
+                <w:t xml:space="preserve">How do publicly procured school meals programmes in sub-Saharan Africa improve nutritional outcomes for children and adolescents: a mixed-methods systematic review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Liguori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hibbah Araba Osei-Kwasi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Savy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silver Nanema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amos Laar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Developments in Nutrition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cdnut.2023.102053⟩</w:t>
+              <w:t xml:space="preserve">Public Health Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 27 (1), pp.e213. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1368980024001939⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04322954v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04748360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qualitative analysis of the perceptions of rural communities about the use of awareness‐raising videos in nutrition and health programs in Benin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fifali Sam Ulrich Bodjrenou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Waliou Amoussa Hounkpatin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Merveille Bada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simplice Davo Vodouhe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Termote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Science &amp; Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 11 (5), pp.2372-2381. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/fsn3.3246⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03991746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hunger in French Guiana’s vulnerable urban neighborhoods: a neglected consequence of COVID-19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celia Basurko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Dupart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Savy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Obert-Marby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Mvogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food and Nutrition Bulletin -United Nations University-</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 44 (1), pp.3-11. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/03795721231156641⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04010147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of local agrobiodiversity to complementary foods for 6 to 23 months old children in southern rural Benin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Koukou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W Amoussa-Hounkpatin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Savy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G D Ntandou-Bouzitou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M I Mitchodigni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">African Journal of Food, Agriculture, Nutrition and Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 22 (5), pp.20498-20522. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.18697/ajfand.110.21485⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03879478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of a food voucher program in alleviating household food insecurity in two cities in Senegal during a food price crisis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Savy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Fortin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Kameli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Security</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 12 (2), pp.465-478. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s12571-019-00996-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03740563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of an unconditional cash transfer program targeting children's first-1,000-days linear growth in rural Togo: A cluster-randomized controlled trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Briaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Martin-Prevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Carles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Fortin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Kameli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 17 (11), pp.e1003388. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pmed.1003388⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03165338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determining factors associated with breastfeeding and complementary feeding practices in rural Southern Benin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fifali Sam Ulrich Bodjrènou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Waliou Amoussa Hounkpatin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Termote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffroy Dato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Savy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Science &amp; Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 9 (1), pp.135 - 144. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/fsn3.1971⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03740530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conditional cash transfer and/or lipid-based nutrient supplement targeting the first 1000 d of life increased attendance at preventive care services but did not improve linear growth in young children in rural Mali: results of a cluster-randomized controlled trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Adubra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Le Port</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Kameli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnes Le Port</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sonia Fortin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanimoune Mahamadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The American Journal of Clinical Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 110 (6), pp.1476-1490. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/ajcn/nqz238⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03740589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A propensity score to match exposed and unexposed groups when evaluating a food voucher programme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Fortin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Kameli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Gamli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Amouzou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Nutrition and Metabolism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Annals of Nutrition and Metabolism, Suppl. 3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04768043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
+        <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une recherche-action autour du dispositif Passerelle Plus : expérimentation d’une allocation non fléchée couplée à une orientation sociale et un atelier collectif sur l’alimentation durable. Quels effets sur l’alimentation, le bien-être et la satisfaction des besoins?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Maria Somaraki</w:t>
+                <w:t xml:space="preserve">Public procurement for school meal programmes in Sub-Saharan Africa: nutritional outcomes, implementation challenges and programme enablers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Liguori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hibbah Araba Osei-Kwasi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Savy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silver Nanema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amos Laar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Rencontres Sciences-Société pour des Solidarités Alimentaires</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-05001183v1</w:t>
+              <w:t xml:space="preserve">14. European Nutrition Conference (FENS 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Belgrade, Serbia. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 91, MDPI, pp.51, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/proceedings2023091051⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04297170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Healthy diet metrics: a suitability assessment of indicators for global and national monitoring purposes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric O. Verger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Savy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Martin-Prevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Coates</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edward Frongillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">World Heath Organization; UNICEF; FAO. 2023, 84 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04167728v1</w:t>
-              </w:r>
-[...175 lines deleted...]
-                <w:t xml:space="preserve">hal-04297170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId105"/>
+      <w:footerReference w:type="default" r:id="rId109"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2783,51 +3033,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-05474358v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Avallone" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nicklaus" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Akparibo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Liguori" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Savy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151101v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoire Hubert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Phelan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L I Bozama" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Boubacar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Tshibangu Sakubu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40795-025-01096-0" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04701626v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia. Basurko" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Suzanne. Galindo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire. Gatti" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay. Osei" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tjnut.2024.09.005" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05478145v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Basurko" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lyonnais" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lys Proquot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glwadys Forsans" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najeh Hcini" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-025-23173-6" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04714683v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gideon Senyo Amevinya" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Holdsworth" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amos Laar" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40795-024-00936-9" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748360v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hibbah Araba Osei-Kwasi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silver Nanema" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1368980024001939" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04322954v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric O Verger" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Eymard-Duvernay" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dang Bahya-Batinda" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giles T Hanley-Cook" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alemayehu Argaw" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cdnut.2023.102053" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03991746v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fifali Sam Ulrich Bodjrenou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waliou Amoussa Hounkpatin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merveille Bada" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simplice Davo Vodouhe" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Termote" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fsn3.3246" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04010147v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Basurko" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Dupart" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Obert-Marby" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Mvogo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/03795721231156641" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03879478v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Koukou" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Amoussa-Hounkpatin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G D Ntandou-Bouzitou" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M I Mitchodigni" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18697/ajfand.110.21485" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740563v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Savy" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fortin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Kameli" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Renault" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Couderc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12571-019-00996-x" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165338v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Briaux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Martin-Prevel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Carles" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Fortin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Kameli" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pmed.1003388" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740530v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fifali Sam Ulrich Bodjr&#232;nou" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Dato" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fsn3.1971" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740589v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Adubra" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Le Port" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanimoune Mahamadou" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ajcn/nqz238" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768043v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gamli" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Amouzou" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05001183v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Perignon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vigdis Gosset" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dubois" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Somaraki" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04167728v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric O. Verger" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Coates" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Frongillo" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04297170v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proceedings2023091051" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05554524v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Perignon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Eymard-Duvernay" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dubois" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Darmon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Somaraki" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05554354v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Savy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Giraldo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05001183v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vigdis Gosset" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-05474358v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Avallone" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nicklaus" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Akparibo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Liguori" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05151101v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoire Hubert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Phelan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L I Bozama" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Boubacar" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Tshibangu Sakubu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40795-025-01096-0" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04701626v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia. Basurko" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Suzanne. Galindo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire. Gatti" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay. Osei" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tjnut.2024.09.005" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05478145v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Basurko" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lyonnais" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lys Proquot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glwadys Forsans" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najeh Hcini" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-025-23173-6" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04322954v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric O Verger" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dang Bahya-Batinda" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giles T Hanley-Cook" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alemayehu Argaw" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cdnut.2023.102053" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04714683v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gideon Senyo Amevinya" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Holdsworth" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amos Laar" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40795-024-00936-9" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748360v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hibbah Araba Osei-Kwasi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silver Nanema" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1368980024001939" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03991746v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fifali Sam Ulrich Bodjrenou" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waliou Amoussa Hounkpatin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merveille Bada" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simplice Davo Vodouhe" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Termote" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fsn3.3246" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04010147v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Basurko" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Dupart" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Obert-Marby" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Mvogo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/03795721231156641" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03879478v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Koukou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Amoussa-Hounkpatin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G D Ntandou-Bouzitou" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M I Mitchodigni" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18697/ajfand.110.21485" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740563v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Savy" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fortin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Kameli" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Renault" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Couderc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12571-019-00996-x" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165338v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Briaux" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Martin-Prevel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Carles" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Fortin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Kameli" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pmed.1003388" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740530v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fifali Sam Ulrich Bodjr&#232;nou" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Dato" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fsn3.1971" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740589v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Adubra" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Le Port" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanimoune Mahamadou" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ajcn/nqz238" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768043v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gamli" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Amouzou" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04297170v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proceedings2023091051" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04167728v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric O. Verger" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Coates" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Frongillo" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>