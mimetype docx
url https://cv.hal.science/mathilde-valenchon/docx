--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -300,459 +300,459 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05459552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les technologies numériques en élevage : de la mesure à l’évaluation comportementale du bien-être de chaque animal</w:t>
+                <w:t xml:space="preserve">Pilot study on the resocialisation of stallions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Masoomeh Taghipoor</w:t>
+                <w:t xml:space="preserve">Anna Flamand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Madouasse</w:t>
+                <w:t xml:space="preserve">Camille Eyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Bonneau</w:t>
+                <w:t xml:space="preserve">Valentine Llopis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Lardy</w:t>
+                <w:t xml:space="preserve">Lucas Frantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Hazard</w:t>
+                <w:t xml:space="preserve">Frédérique Cuir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 38 (4), pp.8324. </w:t>
+              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 283, pp.106528. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.20870/productions-animales.2025.38.4.8324⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.applanim.2025.106528⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05444004v1</w:t>
+                <w:t xml:space="preserve">hal-05019535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Welfare assessment of racehorses provides a baseline for continued monitoring</w:t>
+                <w:t xml:space="preserve">Les technologies numériques en élevage : de la mesure à l’évaluation comportementale du bien-être de chaque animal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachel Annan</w:t>
+                <w:t xml:space="preserve">Masoomeh Taghipoor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leah Trigg</w:t>
+                <w:t xml:space="preserve">Aurélien Madouasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kate Allen</w:t>
+                <w:t xml:space="preserve">Mathieu Bonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joanna Hockenhull</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Valenchon</w:t>
+                <w:t xml:space="preserve">Romain Lardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Hazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Equine Veterinary Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/evj.14510⟩</w:t>
+              <w:t xml:space="preserve">INRAE Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 38 (4), pp.8324. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/productions-animales.2025.38.4.8324⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05201133v1</w:t>
+                <w:t xml:space="preserve">hal-05444004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pilot study on the resocialisation of stallions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Welfare assessment of racehorses provides a baseline for continued monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Eyraud</w:t>
+                <w:t xml:space="preserve">Rachel Annan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentine Llopis</w:t>
+                <w:t xml:space="preserve">Leah Trigg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucas Frantz</w:t>
+                <w:t xml:space="preserve">Kate Allen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédérique Cuir</w:t>
+                <w:t xml:space="preserve">Joanna Hockenhull</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Valenchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Animal Behaviour Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 283, pp.106528. </w:t>
+              <w:t xml:space="preserve">Equine Veterinary Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.applanim.2025.106528⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/evj.14510⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05019535v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05201133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can repeated exposure to music mitigate horses' reactions to sudden and unexpected stimuli?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Eyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Valenchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -829,90 +829,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Racehorse welfare across a training season</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Annan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leah E. Trigg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jo Hockenhull</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kate Allen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah Butler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1982,234 +1982,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01129745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les performances d'apprentissage dépendent du tempérament de chaque cheval</w:t>
+                <w:t xml:space="preserve">Stress modulates instrumental learning performances in horses (Equus caballus) in interaction with temperament</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Valenchon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Prunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Porte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Equ'idée</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8 (4), pp.1-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0062324⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02642218v1</w:t>
+                <w:t xml:space="preserve">hal-01129726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stress modulates instrumental learning performances in horses (Equus caballus) in interaction with temperament</w:t>
+                <w:t xml:space="preserve">Les performances d'apprentissage dépendent du tempérament de chaque cheval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Valenchon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Equ'idée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Décembre 2013, pp.1-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0062324⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01129726v1</w:t>
+                <w:t xml:space="preserve">hal-02642218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimensions of temperament modulate cue-controlled behavior: A study on Pavlovian to instrumental transfer in horses (Equus caballus)</w:t>
               </w:r>
@@ -3191,260 +3191,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02742074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le tempérament influence les performances d'apprentissage et de mémoire chez le cheval</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les effets positifs de l'enrichissement du milieu chez le poney révélés par une évaluation génomique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Foury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Lansade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Valenchon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Neveux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Layé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Journées d'Animation Scientifique du département Phase (JAS Phase 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Paris, France. 2013</w:t>
+              <w:t xml:space="preserve">39. Colloque de la Société de Neuroendocrinologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Fès, Maroc. 2013, 39ème Colloque de la Société de Neuroendocrinologie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02809741v1</w:t>
+                <w:t xml:space="preserve">hal-02749873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les effets positifs de l'enrichissement du milieu chez le poney révélés par une évaluation génomique</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le tempérament influence les performances d'apprentissage et de mémoire chez le cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Lansade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Valenchon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">39. Colloque de la Société de Neuroendocrinologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Fès, Maroc. 2013, 39ème Colloque de la Société de Neuroendocrinologie</w:t>
+              <w:t xml:space="preserve">5. Journées d'Animation Scientifique du département Phase (JAS Phase 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Paris, France. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02749873v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02809741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influences du tempérament sur l’acquisition, la mémorisation à long terme et l’extinction d’apprentissages instrumentaux chez le cheval</w:t>
               </w:r>
@@ -4032,51 +4032,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La diffusion de musique, un outil de gestion du stress au quotidien ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Eyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Valenchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4134,534 +4134,534 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02388320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le comportement d'exploration chez les poulets élevés en plein air : un trait de personnalité associé à des différences de capacité cognitives ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoît Peuteman</w:t>
+                <w:t xml:space="preserve">Exploration behavior in free range chickens: personality trait related to differences in cognitive abilities?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Guesdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Calandreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Karine K. Germain</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Leterrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Lansade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque National de la SFECA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française pour l'Etude du Comportement Animal (SFECA). FRA., Mar 2016, Caen, France</w:t>
+              <w:t xml:space="preserve">8. European Conference on Behavioural Biology (ECBB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Societies for Behavioural Biology. AUT., Jul 2016, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02743855v1</w:t>
+                <w:t xml:space="preserve">hal-02739881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sress affects instrumental learning based on positive or negative reinforcement in interaction with personality in domestic horses</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">La musique classique réduit les manifestations de stress aigu chez le cheval domestique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Ferard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Neveux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Dickel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Bouët</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. International Equitation Science Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Society for Equitation Science (ISES). INT., Jun 2016, Saumur, France. 164 p</w:t>
+              <w:t xml:space="preserve">46ème Colloque Annuel de la SFECA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française pour l'Etude du Comportement Animal; EA4259 GMPc, Mar 2016, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02743254v1</w:t>
+                <w:t xml:space="preserve">hal-02434158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La musique classique réduit les manifestations de stress aigu chez le cheval domestique</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Odile Petit</w:t>
+                <w:t xml:space="preserve">Le comportement d'exploration chez les poulets élevés en plein air : un trait de personnalité associé à des différences de capacité cognitives ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Peuteman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine K. Germain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Leterrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Lansade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46ème Colloque Annuel de la SFECA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française pour l'Etude du Comportement Animal; EA4259 GMPc, Mar 2016, Caen, France</w:t>
+              <w:t xml:space="preserve">Colloque National de la SFECA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française pour l'Etude du Comportement Animal (SFECA). FRA., Mar 2016, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02434158v1</w:t>
+                <w:t xml:space="preserve">hal-02743855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploration behavior in free range chickens: personality trait related to differences in cognitive abilities?</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christine Leterrier</w:t>
+                <w:t xml:space="preserve">Sress affects instrumental learning based on positive or negative reinforcement in interaction with personality in domestic horses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Valenchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal C. Moussu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Lansade</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. European Conference on Behavioural Biology (ECBB)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Societies for Behavioural Biology. AUT., Jul 2016, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">12. International Equitation Science Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Society for Equitation Science (ISES). INT., Jun 2016, Saumur, France. 164 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02739881v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02743254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La personnalité influence les capacités cognitives : synthèse d'une série d'expérimentations chez les chevaux</w:t>
+                <w:t xml:space="preserve">Personality influences cognitive capacities in horses: synthesis of a series of experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Lansade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lévy</w:t>
@@ -4696,323 +4696,323 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Vidament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44. Colloque de la Société Française pour l'Etude du Comportement Animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française pour l'Etude du Comportement Animal (SFECA). FRA., Jul 2014, Nanterre, France. 112 p</w:t>
+              <w:t xml:space="preserve">10. International Equitation Science Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Society for Equitation Science (ISES). INT., Aug 2014, Tjele, Denmark. 130 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02743726v1</w:t>
+                <w:t xml:space="preserve">hal-02740104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enrichir l’environnement des chevaux permet d’améliorer leur bien-être, diminuer leur émotivité et améliorer leurs performances d’apprentissage tout en favorisant la sécurité des manipulateurs</w:t>
+                <w:t xml:space="preserve">La personnalité influence les capacités cognitives : synthèse d'une série d'expérimentations chez les chevaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Lansade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Fortin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Vidament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Equi-meeting Infrastructures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut Français du Cheval et de l'Equitation (IFCE). FRA., Oct 2014, Le Lion d'Angers, France. 144 p</w:t>
+              <w:t xml:space="preserve">44. Colloque de la Société Française pour l'Etude du Comportement Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française pour l'Etude du Comportement Animal (SFECA). FRA., Jul 2014, Nanterre, France. 112 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02742892v1</w:t>
+                <w:t xml:space="preserve">hal-02743726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Personality influences cognitive capacities in horses: synthesis of a series of experiments</w:t>
+                <w:t xml:space="preserve">Enrichir l’environnement des chevaux permet d’améliorer leur bien-être, diminuer leur émotivité et améliorer leurs performances d’apprentissage tout en favorisant la sécurité des manipulateurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Lansade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Valenchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Foury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Neveux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lévy</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marianne Vidament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. International Equitation Science Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Society for Equitation Science (ISES). INT., Aug 2014, Tjele, Denmark. 130 p</w:t>
+              <w:t xml:space="preserve">Equi-meeting Infrastructures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Français du Cheval et de l'Equitation (IFCE). FRA., Oct 2014, Le Lion d'Angers, France. 144 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02740104v1</w:t>
+                <w:t xml:space="preserve">hal-02742892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Horses living in an enriched environment have better welfare and stronger relationships with humans</w:t>
               </w:r>
@@ -5540,243 +5540,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02745140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimensions of temperament modulate cue-controlled behavior: a study on Pavlovian to instrumental transfer in horses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Horses under an enrichement program showed better welfare, strongler relationships with humans and less fear</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Valenchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Neveux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Lansade</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Valenchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Stress and Cognition: From Molecules to Behavior</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ecole Polytechnique Fédérale de Lausanne (EPFL). LAUSANNE, CHE., Sep 2012, Ascona, Switzerland</w:t>
+              <w:t xml:space="preserve">1. International Symposium of Veterinary Ethology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Européenne d'Ethologie Vétérinaire des animaux Domestiques. Paris, FRA., Sep 2011, Maisons-Alfort, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02805671v1</w:t>
+                <w:t xml:space="preserve">hal-02747586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Horses under an enrichement program showed better welfare, strongler relationships with humans and less fear</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dimensions of temperament modulate cue-controlled behavior: a study on Pavlovian to instrumental transfer in horses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Lansade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gersende Baranger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Calandreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Valenchon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Léa Lansade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. International Symposium of Veterinary Ethology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Européenne d'Ethologie Vétérinaire des animaux Domestiques. Paris, FRA., Sep 2011, Maisons-Alfort, France</w:t>
+              <w:t xml:space="preserve">Frontiers in Stress and Cognition: From Molecules to Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole Polytechnique Fédérale de Lausanne (EPFL). LAUSANNE, CHE., Sep 2012, Ascona, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02747586v1</w:t>
+                <w:t xml:space="preserve">hal-02805671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrichir l'environnement des chevaux permet de diminuer le mal-être, de diminuer leur émotivité et d'augmenter la sécurité des manipulateurs</w:t>
               </w:r>
@@ -6713,51 +6713,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C77E5739"/>
+    <w:nsid w:val="AF3BFE91"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6944,51 +6944,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathilde-valenchon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0226-8433" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459552v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Valenchon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Reigner" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefort" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Adriaensen" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gesbert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-66729-1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05444004v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoomeh Taghipoor" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Madouasse" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bonneau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lardy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hazard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2025.38.4.8324" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05201133v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Annan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leah Trigg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Allen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Hockenhull" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evj.14510" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05019535v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Flamand" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Eyraud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Llopis" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Frantz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Cuir" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2025.106528" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813188v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Cairo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Adam" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Petit" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04525148v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leah E. Trigg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo Hockenhull" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Butler" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2023.1208744" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818611v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Deneubourg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Nesterova" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2022.104708" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021249v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Brand" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arno Lindner" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hartmut Gerhards" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jevs.2020.103317" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492745v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline G&#233;rard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Poulin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10071-020-01361-8" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629384v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitor Hugo Bessa Ferreira" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Peuteman" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Lormant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Germain" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2019.103888" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627588v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Fortin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric L&#233;vy" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Calandreau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arnould" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/com0000091" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594548v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Porte" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Lansade" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0170783" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130493v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Foury" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Neveux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve W. Cole" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0114384" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129745v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra G&#243;recka-Bruzda" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10071-013-0648-5" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-0PRCL7VK-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642218v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129726v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Prunier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0062324" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129735v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Coutureau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Marchand" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gersende Baranger" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0064853" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129789v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leterrier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2013.09.026" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TZ1QW63N-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641783v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261697v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mauny" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Deneuville" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gauthier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Eymard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818670v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Romain" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Ravel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Pell&#233;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Demellier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743020v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ferard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Dickel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Bouet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02434067v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Bou&#235;t" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742074v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Coutureau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809741v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749873v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lay&#233;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807150v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal C. Moussu" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Simon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Holtz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804134v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Baranger" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109869v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clairvie Kergus" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vial" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05265426v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388321v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Hennes" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388320v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743855v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine K. Germain" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743254v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02434158v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739881v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Guesdon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743726v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Vidament" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742892v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740104v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745671v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749500v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749100v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749570v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745140v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Legoubey" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805671v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747586v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749324v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Yvon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745935v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749897v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805568v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750426v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Moussu" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05368868v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02803780v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathilde-valenchon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0226-8433" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459552v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Valenchon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Reigner" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Lefort" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Adriaensen" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gesbert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-66729-1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05019535v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Flamand" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Eyraud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Llopis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Frantz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Cuir" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applanim.2025.106528" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05444004v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoomeh Taghipoor" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Madouasse" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bonneau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lardy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hazard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2025.38.4.8324" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05201133v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Annan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leah Trigg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Allen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Hockenhull" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/evj.14510" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813188v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Cairo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Adam" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Petit" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04525148v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leah E. Trigg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo Hockenhull" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Butler" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2023.1208744" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818611v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Deneubourg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Nesterova" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2022.104708" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021249v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Brand" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arno Lindner" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hartmut Gerhards" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jevs.2020.103317" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492745v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline G&#233;rard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Poulin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10071-020-01361-8" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629384v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitor Hugo Bessa Ferreira" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Peuteman" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Lormant" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Germain" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2019.103888" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627588v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Fortin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric L&#233;vy" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Calandreau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Arnould" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/com0000091" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594548v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Porte" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Lansade" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0170783" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130493v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Foury" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Neveux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve W. Cole" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0114384" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129745v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra G&#243;recka-Bruzda" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10071-013-0648-5" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-0PRCL7VK-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129726v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Prunier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0062324" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642218v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129735v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Coutureau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Marchand" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gersende Baranger" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0064853" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129789v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leterrier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2013.09.026" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TZ1QW63N-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641783v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261697v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mauny" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Deneuville" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gauthier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Eymard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818670v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Romain" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Ravel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Pell&#233;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Demellier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743020v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ferard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Dickel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Bouet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02434067v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Bou&#235;t" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742074v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Coutureau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749873v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lay&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809741v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807150v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal C. Moussu" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Simon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Holtz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804134v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Baranger" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109869v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clairvie Kergus" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vial" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05265426v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388321v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Hennes" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388320v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739881v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Guesdon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02434158v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743855v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine K. Germain" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743254v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740104v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Vidament" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743726v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742892v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745671v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749500v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749100v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749570v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745140v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Legoubey" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747586v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805671v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749324v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Yvon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745935v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749897v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805568v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750426v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Moussu" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05368868v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02803780v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>