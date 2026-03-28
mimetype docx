--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -977,295 +977,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04171645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Holocene marine tephra offshore Ecuador and Southern Colombia: First trench‐to‐arc correlations and implication for magnitude of major eruptions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The eruptive chronology of the carihuairazo volcano (Ecuador): Recurrent sector collapses of a Middle Pleistocene stratovolcano of the northern andes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Samaniego</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Ordóñez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Bablon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">François Michaud</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minard Hall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Quidelleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2022GC010466⟩</w:t>
+              <w:t xml:space="preserve">Journal of South American Earth Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.103865. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsames.2022.103865⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03776996v1</w:t>
+                <w:t xml:space="preserve">hal-03689975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The eruptive chronology of the carihuairazo volcano (Ecuador): Recurrent sector collapses of a Middle Pleistocene stratovolcano of the northern andes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Holocene marine tephra offshore Ecuador and Southern Colombia: First trench‐to‐arc correlations and implication for magnitude of major eruptions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bablon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gueorgui Ratzov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Nauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Samaniego</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Xavier Quidelleur</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of South American Earth Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, pp.103865. </w:t>
+              <w:t xml:space="preserve">Geochemistry, Geophysics, Geosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23 (9), pp.e2022GC010466. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jsames.2022.103865⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2022GC010466⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03689975v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03776996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glass shard K-Ar dating of the Chalupas caldera major eruption: Main Pleistocene stratigraphic marker of the Ecuadorian volcanic arc</w:t>
               </w:r>
@@ -2940,51 +2940,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Quidelleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Samaniego</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gueorgui Ratzov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Seminario de presentación de resultados del LMI SVAN y perspectivas futuras</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Quito, Ecuador</w:t>
@@ -3052,51 +3052,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Saillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gueorgui Ratzov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Le Pennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3190,51 +3190,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Samaniego</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Devidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gueorgui Ratzov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Goldschmidt</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Lyon, France. </w:t>
@@ -3839,51 +3839,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Saillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gueorgui Ratzov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Nauret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3951,51 +3951,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Bablon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Saillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gueorgui Ratzov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4044,273 +4044,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03942942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New constraints on the geological and chronological evolution of the Cotacachi-Cuicocha Volcanic Complex (Ecuador)</w:t>
+                <w:t xml:space="preserve">Preservation of inherited argon in plagioclase crystals and implication for residence time after reservoir remobilization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Almeida</w:t>
+                <w:t xml:space="preserve">Aurélie Germa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selena Kimball</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abigail Martens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Bablon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Quidelleur</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Symposium on Andean Geodynamics (ISAG) 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Quito, Ecuador. 2019</w:t>
+              <w:t xml:space="preserve">AGU Fall Meeting 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, San Francisco, California, United States. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02419525v1</w:t>
+                <w:t xml:space="preserve">hal-02419541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preservation of inherited argon in plagioclase crystals and implication for residence time after reservoir remobilization</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">New constraints on the geological and chronological evolution of the Cotacachi-Cuicocha Volcanic Complex (Ecuador)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selena Kimball</w:t>
+                <w:t xml:space="preserve">Marco Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Bablon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abigail Martens</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Bablon</w:t>
+                <w:t xml:space="preserve">Daniel Andrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvana Hidalgo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Quidelleur</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGU Fall Meeting 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, San Francisco, California, United States. 2019</w:t>
+              <w:t xml:space="preserve">8th International Symposium on Andean Geodynamics (ISAG) 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Quito, Ecuador. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02419541v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of the Ecuadorian arc: construction periods, magmatic productivity and erosion rates</w:t>
               </w:r>
@@ -4632,51 +4632,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="19BE0ACC"/>
+    <w:nsid w:val="689C8781"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4863,51 +4863,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathildebablon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1548-4023" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05270001v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bablon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Saillard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Michaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Nauret" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Samaniego" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025GC012276" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05270003v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;luc Le Pennec" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025GC012278" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684468v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Santamar&#237;a" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Quidelleur" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Le Pennec" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00445-024-01767-z" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123001v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166917v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Almeida Vaca" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Daniel Andrade" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvana Hidalgo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsames.2023.104489" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171645v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Vlast&#233;lic" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2023.118283" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03776996v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gueorgui Ratzov" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022GC010466" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689975v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Ord&#243;&#241;ez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minard Hall" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsames.2022.103865" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495470v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Siani" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quageo.2020.101053" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02870871v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Baize" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Audin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Alvarado" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Jomard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2020.00193" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486974v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Santamaria" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00445-019-1346-1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02027965v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2018.12.010" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365845v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803423v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lahitte" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2018.05.007" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02419808v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324233v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324045v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324040v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699966v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639490v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299794v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Quidelleur" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299826v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943277v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792261v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03462620v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Devidal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/gold2021.7686" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419614v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357720v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Ancellin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvana Hidalgo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365938v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365962v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04468764v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942942v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Yves Collot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419525v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Almeida" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Andrade" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419541v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Germa" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selena Kimball" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abigail Martens" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365906v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595542v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathildebablon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1548-4023" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05270001v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bablon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Saillard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Michaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Nauret" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Samaniego" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025GC012276" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05270003v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;luc Le Pennec" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025GC012278" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684468v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Santamar&#237;a" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Quidelleur" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Le Pennec" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00445-024-01767-z" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123001v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166917v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Almeida Vaca" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Daniel Andrade" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvana Hidalgo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsames.2023.104489" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171645v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Vlast&#233;lic" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2023.118283" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03689975v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Ord&#243;&#241;ez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minard Hall" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsames.2022.103865" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03776996v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gueorgui Ratzov" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022GC010466" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495470v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Siani" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quageo.2020.101053" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02870871v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Baize" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Audin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Alvarado" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Jomard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2020.00193" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02486974v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Santamaria" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00445-019-1346-1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02027965v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2018.12.010" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365845v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803423v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lahitte" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvolgeores.2018.05.007" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02419808v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324233v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324045v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324040v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699966v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639490v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299794v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Quidelleur" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299826v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943277v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792261v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03462620v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Devidal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/gold2021.7686" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419614v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357720v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Ancellin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvana Hidalgo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365938v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365962v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04468764v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942942v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Yves Collot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419541v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Germa" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selena Kimball" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abigail Martens" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419525v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Almeida" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Andrade" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365906v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595542v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>