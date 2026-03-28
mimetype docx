--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -1099,563 +1099,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04750030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The future of global river health monitoring</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Causes, Responses, and Implications of Anthropogenic versus Natural Flow Intermittence in River Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Datry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lauren M Kuehne</w:t>
+                <w:t xml:space="preserve">Amélie Truchy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chris Dickens</w:t>
+                <w:t xml:space="preserve">Julian Olden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Tickner</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mathis L Messager</w:t>
+                <w:t xml:space="preserve">Michelle Busch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julian D Olden</w:t>
+                <w:t xml:space="preserve">Rachel Stubbington</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLOS Water</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 2 (9), pp.e0000101. </w:t>
+              <w:t xml:space="preserve">Freshwater Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 41 (2), pp.167-182. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pwat.0000101⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/biosci/biac098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04318858v1</w:t>
+                <w:t xml:space="preserve">hal-03946736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Causes, Responses, and Implications of Anthropogenic versus Natural Flow Intermittence in River Networks</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A metasystem approach to designing environmental flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Truchy</w:t>
+                <w:t xml:space="preserve">Mathis Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julian Olden</w:t>
+                <w:t xml:space="preserve">Julian D Olden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michelle Busch</w:t>
+                <w:t xml:space="preserve">Jonathan D Tonkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Stubbington</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachel Stubbington</w:t>
+                <w:t xml:space="preserve">Jane S Rogosch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Freshwater Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 41 (2), pp.167-182. </w:t>
+              <w:t xml:space="preserve">Bioscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 73 (9), pp.643-662. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/biosci/biac098⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/biosci/biad067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03946736v1</w:t>
+                <w:t xml:space="preserve">hal-04318862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A metasystem approach to designing environmental flows</w:t>
+                <w:t xml:space="preserve">How low can you go? Widespread challenges in measuring low stream discharge and a path forward</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathis Messager</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julian D Olden</w:t>
+                <w:t xml:space="preserve">Erin Seybold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Bergstrom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan D Tonkin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rachel Stubbington</w:t>
+                <w:t xml:space="preserve">C. Nathan Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jane S Rogosch</w:t>
+                <w:t xml:space="preserve">Amy Burgin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sam Zipper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/biosci/biad067⟩</w:t>
+              <w:t xml:space="preserve">Limnology and Oceanography Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8 (6), pp.804-811. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/lol2.10356⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04318862v1</w:t>
+                <w:t xml:space="preserve">hal-04318861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How low can you go? Widespread challenges in measuring low stream discharge and a path forward</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The future of global river health monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Nathan Jones</w:t>
+                <w:t xml:space="preserve">Lauren M Kuehne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amy Burgin</w:t>
+                <w:t xml:space="preserve">Chris Dickens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sam Zipper</w:t>
+                <w:t xml:space="preserve">David Tickner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathis L Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian D Olden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Limnology and Oceanography Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 8 (6), pp.804-811. </w:t>
+              <w:t xml:space="preserve">PLOS Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2 (9), pp.e0000101. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/lol2.10356⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pwat.0000101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04318861v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04318858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global hydro-environmental lake characteristics at high spatial resolution</w:t>
               </w:r>
@@ -1762,51 +1762,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Course‐based undergraduate research to advance environmental education, science, and resource management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathis Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Comte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1890,754 +1890,754 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04151846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fine-scale assessment of inequities in inland flood vulnerability</w:t>
+                <w:t xml:space="preserve">Low-cost biomonitoring and high-resolution, scalable models of urban metal pollution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathis Loïc Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ailene K. Ettinger</w:t>
+                <w:t xml:space="preserve">Ian P. Davies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phillip S. Levin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Geography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apgeog.2021.102492⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 767, pp.144280. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.144280⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04151736v1</w:t>
+                <w:t xml:space="preserve">hal-04151691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fenced off: Measuring growing restrictions on resource access for smallholders in the Argentine Chaco</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Global prevalence of non-perennial rivers and streams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathis Loïc Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernhard Lehner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Cockburn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivia del Giorgio</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nicolas Lamouroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Pella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Geography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apgeog.2021.102530⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 594 (7863), pp.391-397. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41586-021-03565-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04151757v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04151878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrologic classification of Tanzanian rivers to support national water resource policy</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Drought in intermittent river and ephemeral stream networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Sarremejane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathis Loïc Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Datry</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecohydrology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 14 (4), pp.e2282. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/eco.2282⟩</w:t>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/eco.2390⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04041631v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03525114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-cost biomonitoring and high-resolution, scalable models of urban metal pollution</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hydrologic classification of Tanzanian rivers to support national water resource policy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Olden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathis Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Tharme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Japhet Kashaigili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Munkyala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.144280⟩</w:t>
+              <w:t xml:space="preserve">Ecohydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (4), pp.e2282. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/eco.2282⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04151691v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04041631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drought in intermittent river and ephemeral stream networks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fine-scale assessment of inequities in inland flood vulnerability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathis Loïc Messager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ailene K. Ettinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Sarremejane</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">T. Datry</w:t>
+                <w:t xml:space="preserve">Maia Murphy-Williams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phillip S. Levin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecohydrology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, </w:t>
+              <w:t xml:space="preserve">Applied Geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 133, pp.102492. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/eco.2390⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apgeog.2021.102492⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03525114v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04151736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global prevalence of non-perennial rivers and streams</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fenced off: Measuring growing restrictions on resource access for smallholders in the Argentine Chaco</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia del Giorgio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathis Loïc Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Lamouroux</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Yann Le Polain de Waroux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 594 (7863), pp.391-397. </w:t>
+              <w:t xml:space="preserve">Applied Geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 134, pp.102530. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41586-021-03565-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apgeog.2021.102530⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04151878v1</w:t>
+                <w:t xml:space="preserve">hal-04151757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development and validation of in-situ and laboratory X-ray fluorescence (XRF) spectroscopy methods for moss biomonitoring of metal pollution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathis Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ian Davies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2723,51 +2723,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thiago Couto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathis Loïc Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julian Olden</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Sustainability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 4 (5), pp.409-416. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2886,222 +2886,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04151213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Individual-based models forecast the spread and inform the management of an emerging riverine invader</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
+                <w:t xml:space="preserve">Tracking the pulse of the Earth’s fresh waters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Ruhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathis Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julian Olden</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diversity and Distributions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ddi.12829⟩</w:t>
+              <w:t xml:space="preserve">Nature Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 1 (4), pp.198-203. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41893-018-0047-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04151195v1</w:t>
+                <w:t xml:space="preserve">hal-04151149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracking the pulse of the Earth’s fresh waters</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
+                <w:t xml:space="preserve">Individual-based models forecast the spread and inform the management of an emerging riverine invader</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathis Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julian Olden</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Sustainability</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 1 (4), pp.198-203. </w:t>
+              <w:t xml:space="preserve">Diversity and Distributions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 24 (12), pp.1816-1829. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41893-018-0047-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/ddi.12829⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04151149v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04151195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimating the volume and age of water stored in global lakes using a geo-statistical approach</w:t>
               </w:r>
@@ -3266,51 +3266,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Helling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Belletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathis Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3635,51 +3635,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Choisir des débits écologiques : quels compromis entre usages et milieux ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lamouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Alp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4051,51 +4051,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupler les données satellitaires aux données de terrain pour comprendre les dynamiques des socio-hydrosystèmes à différents niveaux d'organisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathis Messager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Domaizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4362,51 +4362,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F8F333CE"/>
+    <w:nsid w:val="2E769BC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4593,51 +4593,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathis-loic-messager" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3051-8068" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05538479v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Lo&#239;c Messager" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44221-025-00565-x" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05162840v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lysandre Journiac" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Jabot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Jacquet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika K&#252;nne" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2025.111136" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05538457v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahdi Abbasi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra D&#246;ll" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024EF005868" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04750033v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Nicholas Price" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Ann Zimmer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Bergstrom" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Jo Burgin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Cedar Seybold" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44221-024-00298-3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04592351v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis L Messager" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris W S Dickens" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nishadi Eriyagama" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca E Tharme" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ad1cb5" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667183v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Trautmann" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Lehner" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023WR036900" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04700243v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pella" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Datry" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.4c01859" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04750030v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penny Beames" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Mulligan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Zarfl" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca de Felice" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-024-03752-9" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318858v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren M Kuehne" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Dickens" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tickner" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian D Olden" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pwat.0000101" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03946736v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Truchy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Olden" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Busch" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Stubbington" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biosci/biac098" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318862v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Messager" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan D Tonkin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane S Rogosch" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biosci/biad067" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318861v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Seybold" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nathan Jones" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Burgin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Zipper" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lol2.10356" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03934274v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maartje C Korver" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Linke" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-022-01425-z" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151846v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Comte" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Ba Couto" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliot Koontz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Kuehne" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fee.2507" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151736v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ailene K. Ettinger" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maia Murphy-Williams" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillip S. Levin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeog.2021.102492" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151757v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia del Giorgio" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Polain de Waroux" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeog.2021.102530" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04041631v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Tharme" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Japhet Kashaigili" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Munkyala" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eco.2282" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151691v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian P. Davies" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.144280" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03525114v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Sarremejane" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eco.2390" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151878v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Cockburn" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lamouroux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-021-03565-5" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03813517v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Davies" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillip Levin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mex.2021.101319" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04750069v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Couto" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41893-020-00665-4" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151213v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian David Olden" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fwb.13295" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151195v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.12829" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151149v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Ruhi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41893-018-0047-7" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151085v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;nther Grill" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irena Nedeva" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Schmitt" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410254v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Helling" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Belletti" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Rey" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Parmentier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-18783" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175673v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04626618v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lauvernet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Berni" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Coquery" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Gauthier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis H&#233;raut" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-3462" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527059v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Alp" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#239;t Archambaud&#8208;suard" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Capra" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Cattan&#233;o" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1947/9782759240999/comment-partager-l-eau-en-france" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-4099-9" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151146v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Fluet-Chouinard" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Max Finlayson" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-6173-5_201-2" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04699448v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Datry" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457388v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Domaizon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dupuy" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Euzen" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Imfeld" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05239399v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024LYO10088" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mathis-loic-messager" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3051-8068" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05538479v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Lo&#239;c Messager" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44221-025-00565-x" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05162840v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lysandre Journiac" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Jabot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Jacquet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika K&#252;nne" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2025.111136" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05538457v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahdi Abbasi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra D&#246;ll" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024EF005868" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04750033v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Nicholas Price" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Ann Zimmer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Bergstrom" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Jo Burgin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Cedar Seybold" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44221-024-00298-3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04592351v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis L Messager" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris W S Dickens" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nishadi Eriyagama" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca E Tharme" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ad1cb5" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667183v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Trautmann" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Lehner" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023WR036900" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04700243v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pella" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Datry" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.4c01859" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04750030v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penny Beames" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Mulligan" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Zarfl" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca de Felice" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-024-03752-9" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03946736v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Truchy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Olden" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Busch" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Stubbington" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biosci/biac098" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318862v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Messager" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian D Olden" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan D Tonkin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane S Rogosch" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biosci/biad067" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318861v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Seybold" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nathan Jones" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Burgin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Zipper" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lol2.10356" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318858v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren M Kuehne" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Dickens" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tickner" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pwat.0000101" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03934274v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maartje C Korver" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Linke" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-022-01425-z" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151846v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Comte" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Ba Couto" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliot Koontz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Kuehne" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fee.2507" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151691v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian P. Davies" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillip S. Levin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.144280" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151878v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Cockburn" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lamouroux" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-021-03565-5" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03525114v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Sarremejane" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eco.2390" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04041631v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Tharme" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Japhet Kashaigili" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Munkyala" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eco.2282" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151736v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ailene K. Ettinger" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maia Murphy-Williams" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeog.2021.102492" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151757v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia del Giorgio" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Polain de Waroux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeog.2021.102530" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03813517v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Davies" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillip Levin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mex.2021.101319" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04750069v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Couto" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41893-020-00665-4" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151213v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian David Olden" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fwb.13295" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151149v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Ruhi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41893-018-0047-7" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151195v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.12829" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151085v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;nther Grill" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irena Nedeva" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Schmitt" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410254v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Helling" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Belletti" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Rey" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Parmentier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-18783" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175673v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04626618v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lauvernet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Berni" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Coquery" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Gauthier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis H&#233;raut" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-3462" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527059v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Alp" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#239;t Archambaud&#8208;suard" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Capra" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Cattan&#233;o" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1947/9782759240999/comment-partager-l-eau-en-france" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-4099-9" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151146v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Fluet-Chouinard" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Max Finlayson" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-6173-5_201-2" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04699448v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Datry" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457388v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Domaizon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dupuy" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Euzen" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Imfeld" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05239399v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024LYO10088" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>