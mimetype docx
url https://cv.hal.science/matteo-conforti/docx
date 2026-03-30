--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:108.16901408451px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> matteo conforti </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">matteo-conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-7158-9188</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">190495421</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> arXiv : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">conforti_m_1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/C-6181-2008</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (135)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laser self-injection locking to fiber Fabry-Perot resonator for frequency comb generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Bourcier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Balac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Lightwave Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 44 (1), pp.201-207</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05129708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brillouin-induced Kerr frequency comb in normal dispersion fiber Fabry Perot resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Llopis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 16 (1), pp.5160. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-025-60261-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05213428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental observation of self-frequency-shifting Raman quasisolitons in fiber Fabry-Perot resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 112 (3), pp.033535. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/xpk7-n3sv⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05371288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarization maintaining multi-segment dispersion-tailored fibers for frequency comb generation with 27 fs pulses at 10 GHz repetition rate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Boivinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Chatterjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Houard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sivankutty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APL Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10 (12), pp.564-569. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0297628⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05412139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amplifier enhanced gain-through-filtering instability in a hybrid Kerr cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minji Shi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Negrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Englebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Leo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 33, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/oe.579357⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05370519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast and accurate modeling of Kerr-Brillouin combs in Fabry-Perot resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auro M Perego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 112, pp.033526. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/1cfh-8c16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05371518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity Improvement in Dual Comb Spectroscopy With Time-Programmed Electro-Optic Frequency Combs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debanuj Chatterjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve-Line L Bancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siddharth Sivankutty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Rigneault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Lightwave Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 43 (10), pp.4648 - 4658. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/jlt.2025.3544461⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05371343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual-frequency comb in fiber Fabry–Perot resonator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debanuj Chatterjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APL Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10 (3), </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0248948⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05213450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Broadband Kerr frequency comb in fiber Fabry-Perot resonators induced by switching waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 109 (6), pp.063521. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.109.063521⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04758501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theory of modulation instability in Kerr Fabry-Perot resonators beyond the mean-field limit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoheir Ziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auro M Perego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 109 (1), pp.013507. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.109.013507⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04778611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low phase noise self-injection-locked diode laser with a high-Q fiber resonator: model and experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safia Mohand Ousaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Bourcier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Llopis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 49 (8), pp.1933-1936. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/ol.514778⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04522525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Random telegraph dispersion management: modulational instability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Armaroli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Optical Society of America B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 41 (4), pp.943. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAB.511931⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04779249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of a fiber Fabry–Perot resonator for low-threshold modulation instability Kerr frequency combs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Bourcier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safia Mohand Ousaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Balac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 49 (11), pp.3214-3217. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.523291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04599534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the nonlinear parametric instability gain in dispersion oscillating fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Vanderhaegen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Armaroli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 48, </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/ol.492479⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04247945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">28 THz soliton frequency comb in a continuous-wave pumped fiber Fabry-Pérot resonator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Ziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APL Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 9 (1), </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0176533⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04758519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coexistence of gain-through-filtering and parametric instability in a fiber ring cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Negrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Baptiste Ceppe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auro M Perego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 31, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/oe.498572⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04250890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">All-fiber frequency agile triple-frequency comb light source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve-Line Bancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Genier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Santagata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 14 (1), pp.7953. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-023-43734-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04779359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intra-envelope four-wave mixing in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve-Line Bancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Santagata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 31 (23), pp.37645. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.501616⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase-sensitive seeded modulation instability in passive fiber resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Bessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 5 (1), pp.6. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s42005-021-00776-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03554029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of the noise-driven thermalization of the Fermi-Pasta-Ulam-Tsingou recurrence in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Vanderhaegen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Armaroli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 106, </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/physreva.106.033519⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03796389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Label-free highly multimodal nonlinear endoscope</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Septier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Mytskaniuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Habert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Labat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Baudelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 30, </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/oe.462361⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03706852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic modulational instability in the nonlinear Schr\&amp;quot;odinger equation with colored random dispersion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Armaroli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.105.013511⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03456422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The piston Riemann problem in a photon superfluid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gang Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03699262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origin of spontaneous wave mixing processes in multimode GRIN fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Vanvincq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mas Arabí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (19), pp.30822. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.436229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03499891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theory of filter-induced modulation instability in driven passive optical resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auro M Perego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 103 (1), </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.103.013522⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03157341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Extraordinary” modulation instability in optics and hydrodynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Vanderhaegen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 118 (14), pp.e2019348118. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.2019348118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03215313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of short pulse Raman amplification with backward pumping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Vanderhaegen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Droques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 46 (19), pp.5019-5022. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.434956⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03374878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heterodyne Optical Time Domain Reflectometer Combined With Active Loss Compensation: A Practical Tool for Investigating Fermi Pasta Ulam Recurrence Process and Breathers Dynamics in Optical Fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Vanderhaegen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Martinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Droques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9, </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fphy.2021.637812⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03215323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doubly periodic solutions of the focusing nonlinear Schrödinger equation: Recurrence, period doubling, and amplification outside the conventional modulation-instability band</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nail Akhmediev</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101 (2), </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.101.023843⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02497328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stationary states and instabilities of a Möbius fiber resonator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calum Maitland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Biancalana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevResearch.2.043195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03019933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of doubly periodic solutions of the nonlinear Schrodinger equation in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Vanderhaegen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 45 (13), pp.3757-3760. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.394604⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of four Fermi-Pasta-Ulam-Tsingou recurrences in an ultra-low-loss optical fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Vanderhaegen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 28, </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.391560⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02937943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental characterization of recurrences and separatrix crossing in modulational instability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 44 (22), pp.5426. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.44.005426⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02384605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-Time Characterization of Period-Doubling Dynamics in Uniform and Dispersion Oscillating Fiber Ring Cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Bessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review X</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (4), </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevX.9.041030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02384745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Full-field characterization of breather dynamics over the whole length of an optical fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 44 (4), pp.763. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.44.000763⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02384566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantitative approach to breather pair appearance in nonlinear modulational instability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 44 (17), pp.4275. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.44.004275⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02384510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gain-through-filtering enables tuneable frequency comb generation in passive optical resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Bessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auro M Perego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kestutis Staliunas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergei Turitsyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10 (1), </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-019-12375-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02384525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation instability in dispersion oscillating fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Optics and Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (1), pp.1. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/AOP.10.000001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02384955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometric parametric instability in periodically modulated graded-index multimode fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mas Arabí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 97 (2), </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.97.023803⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02384714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fibre multi-wave mixing combs reveal the broken symmetry of Fermi–Pasta–Ulam recurrence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12 (5), pp.303-308. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41566-018-0136-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02385106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auto-modulation versus breathers in the nonlinear stage of modulational instability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sitai Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gino Biondini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 43 (21), pp.5291. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.43.005291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02385134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collision between a dark soliton and a linear wave in an optical fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Marest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Mas Arabí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Milián</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 26 (18), pp.23480. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.26.023480⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02385052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grayness-dependent emission of dispersive waves from dark solitons in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Marest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mas Mas Arabí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Milián</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 43 (7), pp.1511-1514. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.43.001511⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02384998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-resonant Lugiato–Lefever model :a new paradigm for cavity nonlinear optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Biancalana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 42 (18), pp.3666-3669. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.42.003666⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation instability in the weak normal dispersion region of passive fiber ring cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 42 (19), pp.3730-3733. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.42.003730⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation instability in the weak dispersion regime of a dispersion modulated passive fiber-ring cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 25 (10), pp.11283. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.25.011283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instabilities in passive dispersion oscillating fiber ring cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Biancalana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 71 (5), </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjd/e2017-80130-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispersive Dam-Break Flow of a Photon Fluid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gang Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 118 (25), </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.118.254101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of Turing and Faraday instabilities in a longitudinally modulated fiber-ring cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 42 (3), pp.435-438. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.42.000435⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectral broadening of picosecond pulses forming dispersive shock waves in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Parriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Fatome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 42 (15), pp.3044-3047. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.42.003044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast and accurate modeling of nonlinear pulse propagation in graded-index multimode fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Mas Arabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 42 (19), pp.4004. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.42.004004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Longitudinal soliton tunneling in optical fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Marest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavie Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Wabnitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 42 (12), pp.2350-2353. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.42.002350⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametric instabilities in modulated fiber ring cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 41 (21), pp.5027-5030. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.41.005027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02387264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple quasi-phase matched resonant radiations induced by modulation instability in dispersion oscillating fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Photonics Technology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 28 (7), pp.740-743. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LPT.2015.2507190⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02388793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Competing Turing and Faraday Instabilities in Longitudinally Modulated Passive Resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 116 (14), </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.116.143901⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02387388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solitonization of a dispersive wave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavie Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cassez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Kudlinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 41 (7), pp.1412-1415. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.41.001412⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02387375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficiency of four-wave mixing between orthogonally polarized linear waves and solitons in a birefringent fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Mas Arabí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Skryabin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94 (6), </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.94.063847⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heteroclinic structure of parametric resonance in the nonlinear Schrödinger equation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Rota Nodari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 117 (1), </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.117.013901⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01333882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical Dark Rogue Wave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Frisquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Kibler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6 (1), </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep20785⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02387166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emission of dispersive waves from a train of dark solitons in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Marest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Mas Arabí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Milián</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 41 (11), pp.2454. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.41.002454⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02387243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shock wave generation triggered by a weak background in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 41 (11), pp.2656-2659. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.41.002656⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulational instability in dispersion-kicked optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Rota Nodari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92 (1), </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.92.013810⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01250315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbulent dynamics of an incoherently pumped passive optical fiber cavity: Quasisolitons, dispersive waves, and extreme events</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Fatome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Picozzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Pitois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 91, pp.023823. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.91.023823⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01119133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baseband modulation instability as the origin of rogue waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shihua Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Grelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Wabnitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 91 (3), </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.91.033804⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarization modulation instability in a Manakov fiber system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Frisquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Kibler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Fatome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92 (5), </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.92.053854⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02388888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical event horizons from the collision of a soliton and its own dispersive wave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. F Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. L Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92 (2), </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.92.023837⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02388991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal frequency conversion in the nonlinear stage of modulation instability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 23 (24), pp.30861-30871. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.23.030861⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02388922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouncing of a dispersive wave in a solitonic cage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. F Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. L Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 40 (14), pp.3320-3323. </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.40.003320⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametric excitation of multiple resonant radiations from localized wavepackets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 5 (1), </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep09433⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical rogue waves in parametric three-wave mixing and coherent stimulated scattering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shihua Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. M Soto-Crespo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Grelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92 (3), </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.92.033847⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02388961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation instability in amplitude modulated dispersion oscillating fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Martinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 23 (4), pp.3869-3875. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.23.003869⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of the stepwise blue shift of a dispersive wave preceding its trapping by a soliton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 23 (13), pp.16595-16601. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.23.016595⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soliton annihilation into a polychromatic dispersive wave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. F Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 40 (9), pp.2142-2145. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.40.002142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispersive radiation induced by shock waves in passive resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefania Malaguti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 39 (19), pp.5626. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.39.005626⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generalized description of spectral incoherent solitons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gang Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselin Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Picozzi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 39 (14), pp.4192. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.39.004192⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disentangling electrons and lattice nonlinear optical response in metal-dielectric Bragg filters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dal Conte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Petti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Albisetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Longhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 89 (12), </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.89.125122⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulational instability in dispersion oscillating fiber ring cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 39 (14), pp.4200. </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.39.004200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zero focusing via competing nonlinearities in beta-barium-borate crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Krupa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Tonello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 39 (4), pp.925-928. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.39.000925⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exact cascading nonlinearity in quasi-phase-matched quadratic media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 39 (8), pp.2427. </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.39.002427⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radiative effects driven by shock waves in cavity-less four-wave mixing combs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 39 (19), pp.5760. </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.39.005760⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of cascaded resonant radiations in a dispersion-varying optical fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavie Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Barviau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 1 (4), pp.243-249. </w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OPTICA.1.000243⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Broadband parametric processes in χ^(2) nonlinear photonic crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Levenius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Gallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 39 (12), pp.3457. </w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.39.003457⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emission of multiple dispersive waves from a single Raman-shifting soliton in an axially-varying optical fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Billet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavie Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 22 (21), pp.25673-25678. </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.22.025673⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vector Rogue Waves and Baseband Modulation Instability in the Defocusing Regime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Degasperis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Onorato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 113 (3), </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.113.034101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resonant radiation shed by dispersive shock waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 89 (1), </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.89.013807⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negative-frequency dispersive wave generation in quadratic media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niclas Westerberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniele Faccio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 88 (1), </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.88.013829⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrafast nonlinear dynamics of surface plasmon polaritons in gold nanowires due to the intrinsic nonlinearity of metals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Marini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. y Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tr Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Journal of Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 15 (1), pp.013033. </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1367-2630/15/1/013033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interaction between optical fields and their conjugates in nonlinear media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Marini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Truong Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniele Faccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Biancalana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 21 (25), pp.31239. </w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.21.031239⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispersive wave emission from wave breaking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 38 (19), pp.3815. </w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.38.003815⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rogue Waves Emerging from the Resonant Interaction of Three Waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Degasperis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 111 (11), </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.111.114101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Broadly tunable femtosecond near- and mid-IR source by direct pumping of an OPA with a 417 MHz Yb:KGW oscillator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Krauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andy Steinmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Hegenbarth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harald Giessen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 21 (9), pp.11516. </w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.21.011516⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extreme high-intensity and ultrabroadband interactions in anisotropic β-BaB_2O_4 crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Optical Society of America B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 30 (4), pp.1041. </w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAB.30.001041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Competing wave-breaking mechanisms in quadratic media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 38 (10), pp.1648. </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.38.001648⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dark–antidark solitons in waveguide arrays with alternating positive–negative couplings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aldo Auditore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino de Angelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro B Aceves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 297, pp.125-128. </w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optcom.2013.01.068⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrafast Optical Mapping of Nonlinear Plasmon Dynamics in Cu 2– x Se Nanoparticles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Scotognella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajay Ram Srimath Kandada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margherita Zavelani-Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk Dorfs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4 (19), pp.3337-3344. </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jz401862v⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multistep quadratic cascading in broadband optical parametric generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Levenius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdas Pasiskevicius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fredrik Laurell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 37 (10), pp.1727. </w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.37.001727⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tunable light source from large band conversion of continuum in a quadratic crystal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C de Angelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Andreana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Tonello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laser Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9 (5), pp.359-362. </w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7452/lapl.201110139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulational stability and gap solitons of gapless systems: Continuous versus discrete limits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino de Angelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. R Akylas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro B Aceves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 85 (6), </w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.85.063836⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derivation of third-order nonlinear susceptibility of thin metal films as a delayed optical response</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Della Valle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 85 (24), </w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.85.245423⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-time optical mapping of the dynamics of nonthermal electrons in thin gold films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Cerullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Brida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 86 (15), </w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.86.155139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solutions of the Vector Nonlinear Schrödinger Equations: Evidence for Deterministic Rogue Waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Degasperis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Wabnitz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 109 (4), </w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.109.044102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispersive shock waves in phase-mismatched second-harmonic generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 37 (6), pp.1082. </w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.37.001082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Second and third order susceptibilities mixing for supercontinuum generation and shaping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino de Angelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniele Modotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Wabnitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Fiber Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 18 (5), pp.283-289. </w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.yofte.2012.07.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soliton dynamics in velocity matched ultrafast frequency conversion processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 64 (1), pp.115-118. </w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjd/e2011-20236-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of ultrabroadband and single-cycle phenomena in anisotropic quadratic crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino de Angelis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Optical Society of America B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 28 (5), pp.1231. </w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAB.28.001231⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theory and experiments on multistep parametric processes in nonlinear optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. de Angelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Marangoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Cerullo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Optical Society of America B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 28 (4), pp.892. </w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAB.28.000892⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soliton triads ensemble in frequency conversion: from inverse scattering theory to experimental observation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Andreana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Manili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 19 (14), pp.13192. </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.19.013192⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Three-Wave Resonant Interaction Equations: Spectral and Numerical Methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Degasperis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Wabnitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Lombardo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Letters in Mathematical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 96 (1-3), pp.367-403. </w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11005-010-0430-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy localization and transport in binary waveguide arrays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino de Angelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. R Akylas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 83 (4), </w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.83.043822⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasmon Dynamics in Colloidal Cu 2– x Se Nanocrystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajay Ram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Srimath Kandada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Scotognella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajay Ram Srimath Kandada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nano Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 11 (11), pp.4711-4717. </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/nl202390s⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulational instability of dark solitons in three wave resonant interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Degasperis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica D: Nonlinear Phenomena</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 240 (17), pp.1362-1369. </w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physd.2011.05.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complex dispersion relation of a double chain of lossy metal nanoparticles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimiliano Guasoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Optical Society of America B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 28 (5), pp.1019. </w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAB.28.001019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mode-locking operation of a flash-lamp-pumped Nd:YAG laser at 1.064µm with Zakharov-Manakov solitons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Andreana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Tonello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. de Angelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laser Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 8 (11), pp.795-798. </w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/lapl.201110071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light propagation in nonuniform plasmonic subwavelength waveguide arrays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimiliano Guasoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino de Angelis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 283 (6), pp.1161-1168. </w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optcom.2009.10.103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispersive properties of linear chains of lossy metal nanoparticles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimiliano Guasoni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Optical Society of America B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 27 (8), pp.1576-1582. </w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAB.27.001576⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02397510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear envelope equation for broadband optical pulses in quadratic media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino de Angelis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 81 (5), </w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.81.053841⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Velocity locked solitary waves in quadratic media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino de Angelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Degasperis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Andreana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 104 (11), 113902 (4p.). </w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.104.113902⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00567589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrabroadband Optical Phenomena in Quadratic Nonlinear Media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C de Angelis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Photonics Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 2 (4), pp.600-610. </w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JPHOT.2010.2051537⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of picosecond pulses by spectral compression and shaping of femtosecond pulses in engineered quadratic nonlinear media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Marangoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Brida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. D Capobianco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Manzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 34 (3), pp.241. </w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.34.000241⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02397636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frequency Generation and Solitonic Decay in Three Wave Interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Andreana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino De Angelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 17 (16), pp.13889-13894</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01321727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frequency Generation and Solitonic Decay in ThreeWave Interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Andreana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino de Angelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 17 (16), pp.13889. </w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.17.013889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02397602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectral shaping of femtosecond pulses in aperiodic quasi-phase-matched gratings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino De Angelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guido Sanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Pierleoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 281 (6), pp.1693-1697. </w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optcom.2007.11.046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02397826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three-wave trapponic solitons for tunable high-repetition rate pulse train generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Degasperis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Wabnitz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Quantum Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 44 (5-6), pp.542-546. </w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JQE.2008.917970⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00481863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subwavelength diffraction management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimiliano Guasoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino de Angelis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 33 (22), pp.2662-2664. </w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.33.002662⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02397799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of spectral drift in engineered quadratic nonlinear media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Marangoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Sanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Brida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Cirmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 93 (2), pp.021107. </w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.2955529⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02397760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pulse shaping via Backward Second Harmonic Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino de Angelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usman K Sapaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetano Assanto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 16 (3), pp.2115. </w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.16.002115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02397811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three-Wave Trapponic Solitons for Tunable High-Repetition Rate Pulse Train Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Degasperis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Wabnitz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Quantum Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 44 (6), pp.542-546. </w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JQE.2008.917970⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02397772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametric frequency conversion of short optical pulses controlled by a CW background</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Degasperis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Wabnitz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 15 (19), pp.12246-12251. </w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.15.012246⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00481870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaging Properties of Multimode Photonic Crystal Waveguides and Waveguide Arrays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniele Modotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Locatelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino de Angelis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Lightwave Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 25 (1), pp.402-409. </w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JLT.2006.886681⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experiment and theory of Tunable Broadband Parametric Gain in a Photonic Crystal Fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Wabnitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Tonello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pitois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Millot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Martynkyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of SPIE, the International Society for Optical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Vol.6612, pp.66120C</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00292825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of nonlinear wave coupling: Accelerated solitons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Degasperis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Wabnitz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Physical Journal. Special Topics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 147 (1), pp.233-252. </w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjst/e2007-00211-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-pulsing and bistability in nonlinear Bragg gratings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Parini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetano Bellanca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Locatelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Optical Society of America B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 24 (9), pp.2229. </w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAB.24.002229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From femtosecond infrared to picosecond visible pulses: temporal shaping with high-efficiency conversion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino De Angelis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 32 (13), pp.1779-1781. </w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.32.001779⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stable control of pulse speed in parametric three-wave solitons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Degasperis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Wabnitz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 97 (9), pp.093901. </w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.97.093901⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00437553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frequency tunable polarization and intermodal modulation instability in high birefringence holey fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Tonello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Pitois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Wabnitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Millot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Martynkien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 14 (1), pp.397-404</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00437573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (78)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génération de soliton de cavité par self-injection locking sur un résonateur Fabry-Perot fibré avec puissance de pompe sub-100 mW</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Bourcier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Balac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales d'Optique Guidée (JNOG) 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Sète, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05175717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brillouin-Kerr frequency combs in fiber Fabry-Perot resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FreQomb: Optical Frequency Combs Workshop 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interplay between cavity solitons and doubly resonant Brillouin lasing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc van Bellingen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">All-PM fiber frequency combs delivering 70 fs pulse at 10 GHz repetition rate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Boivinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debanuj Chatterjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Houard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siddharth Sivankutty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Munich, Germany. </w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/CLEO_SI.2025.SS171_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual-frequency Comb generation in Fiber Fabry-Perot Resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Cutrona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debanuj Chatterjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual-Comb Generation in Monolithic High-Q Fiber Fabry-Perot Resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Cutrona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debanuj Chatterjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 Conference on Lasers and Electro-Optics Europe & European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Munich, Germany. pp.1-1, </w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEO/Europe-EQEC65582.2025.11111647⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05246844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental observation of self-frequency-shifting Raman quasisolitons in fiber Fabry-Perot resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerr-Brillouin combs in fiber Fabry-Perot resonators: Theory &amp; Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimode Optics: from Optical Fibers to Nanophotonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, massimiliano guasoni, Mar 2025, Southampton (U.K.), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05371581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerr-Brillouin frequency combs in fiber Fabry-Perot resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Photonics Society Summer Topical Meeting Series (SUM2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Berlin (DE), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">10 GHz frequency combs of 70 fs duration in a simple all fiber polarization maintaining system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Boivinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debanuj Chatterjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Houard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siddharth Sivankutty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Long Beach, United States. pp.SS171_2, </w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/CLEO_SI.2025.SS171_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réduction du seuil d'instabilité de modulation d'un résonateur Fabry-Pérot fibré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Bourcier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safia Mohand Ousaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Balac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optique Normandie 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04687221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Spectral Purity Lasers Stabilized on Mini Fabry-Perot Fiber Resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safia Mohand Ousaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Bourcier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Llopis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 European Frequency and Time Forum (EFTF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Neuchâtel, France. pp.351-353, </w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EFTF61992.2024.10722751⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04762064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laser Brillouin stimulé à polarisations croisées dans un résonateur Fabry-Pérot fibré de dispersion anormale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Bourcier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safia Mohand Ousaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Balac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optique Normandie 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04687283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerr frequency comb generation in fiber Fabry-Pérot resonator: Technological locks and leveraging fiber properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Bourcier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safia Mohand Ousaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Balac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Optical Society Annual Meeting, EOSAM 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Naples, Italy. pp.12006, </w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjconf/202430912006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04766222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent progresses in Fiber Fabry Perot resonators for frequency comb generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoheir Ziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solvay workshop on Dissipative solitons, turbulence and extreme events in nonlinear photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimensionnement du seuil de déclenchement des instabilités de modulation dans un méso-résonateur Fabry-Pérot fibré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Bourcier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safia Mohand Ousaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Balac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales de l'Optique Guidée - JNOG 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04193296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fermi Pasta Ulam Tsingou recurrences in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Vanderhaegen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Extreme Waves (extrem23)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Dresden, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shock waves in photon superfluids: theory and experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Extreme Waves</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nail Akhmediev; Amin Chabchoub; Helmut Brand, Aug 2023, Dresde (Germany), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theory of Brillouin-Kerr combs in fiber Fabry-Perot resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frequency Comb France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Arnaud Mussot; Matteo Conforti; Christian Grillet, Jul 2023, Villeneuve d'Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unexpected phase-locked Brillouin Kerr Frequency comb in fiber Fabry Perot resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cleo Europe 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Munich, Germany. </w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEO/Europe-EQEC57999.2023.10232760⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unexpected Phase locked Brillouin assisted Kerr Combs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoheir Ziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIX Instabilities and Nonequilibrium Structures-INES 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Val Paraiso, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Label free highly multimodal nonlinear endoscope using hollow core fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Rigneault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Septier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Brévalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naveen Gajendra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Saucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photonics West 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, San Francisco, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03983240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical frequency combs induced by modulation instability in fiber Fabry-Pérot resonators: impact of the pump pulse duration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoheir Ziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Lasers and Electro-Optics/Europe – European Quantum Electronics Virtual Conferences (CLEO®/Europe-EQEC 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">All fiber triple frequency agile frequency comb light source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve-Line Bancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Genier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Santagata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraud Bouwmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 14th international Photonics and Optoelectronics meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Wuhan, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">All fiber triple frequency agile frequency comb light source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Genier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve-Line Bancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Santagata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraud Bouwmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Nonlinear Photonics and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Stochkolm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">All fiber triple frequency agile frequency comb light source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve Line Bancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Genier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Santagata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraud Bouwmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frequency combs Fundamentals &amp; Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Brussel, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of the noise-driven thermalization of the Fermi-Pasta-Ulam-Tsingou recurrences process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Vanderhaegen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Photonic Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Optica, Jul 2022, Maastricht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03836544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-invasive distributed characterization method in phase and intensity of breathers along an optical fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solvay Workshop on Dissipative solitons and optical frequency comb generation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Solvay, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">All fiber triple frequency agile frequency comb light source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve-Line Bancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Genier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Santagata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraud Bouwmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Frequency Combs Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Aston, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">All fiber triple frequency agile frequency comb light source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve Line Bancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Genier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Santagata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraud Bouwmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comb lidars workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gain through filtering in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Negrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auro M Perego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, San Jose (CA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fermi Pasta Ulam Tsingou recurences in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Vanderhaegen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Waves and Turbulence in Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Triple frequency comb generation in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve Line Bancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Genier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Santagata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraud Bouwmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th Workshop on longitudinal electron bunch Diagnostic</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Villeneuve d’Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04537020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micro-endoscopie multimodale à trois photons sur tissus non marqués</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Septier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vasyl Mytskaniuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Habert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Labat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andy Cassez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès général de la SFO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03770944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of the saturated regime of short pulse amplification in counter-pumped Raman amplifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Vanderhaegen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03442175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loss induced multiple symmetry breakings in the Fermi Pasta Ulam recurrence process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Vanderhaegen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03442169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of synchronization mismatch on modulation instability in passive fiber-ring cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Negrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saliya Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03442173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear stage of modulational instability: towards a global understanding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Szriftgiser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Laser Optics ICLO 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, St petersbourg, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of photon fluid flows driven by optical pistons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gang Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe-ECQE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase and power experimental study of seeded modulation instability in passive fiber ring cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Bessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe-EQEC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Realization of Riemann Problem in Nonlinear Fiber Optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Waikoloa Beach, France. pp.NTu1A.4, </w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/NLO.2019.NTu1A.4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of photon fluid flows driven by optical pistons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gang Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO: QELS_Fundamental Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, San Jose, United States. pp.FTh3B.5, </w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/CLEO_QELS.2019.FTh3B.5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of higher-order dispersion on geometric parametric instability in GRIN multimode fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Vanvincq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Mas Arabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe-EQEC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental evidence of gain-through-loss mechanism in passive fiber ring cavities : toward tunable frequency comb generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Bessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auro M Perego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kestutis Staliunas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergei Turitsyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO: QELS_Fundamental Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, San Jose, United States. pp.FF2D.4, </w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/CLEO_QELS.2019.FF2D.4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental validation in optical fibers of multiple Fermi-Pasta-Ulam-Tsingou recurrences theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe-ECQE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symmetry breaking of of FPUT in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">tresc: trends in spatiotemporal complexity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Villeneuve d'ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical frequency comb generation induced by gain-through-losses modulation instability in passive optical cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Bessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auro M Perego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kestutis Staliunas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergei Turitsyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe-ECQE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispersive decay of discontinuous pulses in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamics Days Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Loughborough, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symmetry breaking of the non nonlinear stage of modulation instability : a complete experimental characterization in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waves Cote d’Azur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear stage of modulational instability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PhotonIcs &amp; Electromagnetics Research Symposium PIERS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topographic fibers: a platform for fundamental physical phenomena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Microsystems OµS19</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Anacapri, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatio-temporal characterization of the electric field of breathers in an optical fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe-EQEC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical fiber analogous of the piston shock problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gang Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Zurich, Switzerland. pp.JTu6G.2, </w:t></w:r><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/BGPPM.2018.JTu6G.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-destructive phase and intensity distributed measurements of the nonlinear stage of modulation instability in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photonics West</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, San Francisco, United States. pp.14, </w:t></w:r><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2295714⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of the symmetry breaking of the Fermi Pasta Ulam recurrence in nonlinear optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Latin America Optics and Photonics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Lima, Peru</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04537001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dark solitons, dispersive waves and their collision in an optical fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Marest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mas Mas Arabí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Zurich, France. NpW4C.3, </w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/NP.2018.NpW4C.3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The multi-resonant Lugiato-Lefever model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Biancalana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Zurich, Switzerland. pp.JW3I.4, </w:t></w:r><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/IPRSN.2018.JW3I.4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Full characterisation in phase and amplitude of the Fermi–Pasta–Ulam recurrence process in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Days on Diffraction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, St. Petersburg, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of period-doubling dynamics of modulation instability in uniform and dispersion oscillating fiber-ring cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Bessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Zurich, Switzerland. NpW1C.4, </w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/NP.2018.NpW1C.4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispersive wave emission from dark solitons and their collision in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Marest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mas Arabí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Days on Diffraction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, St. Petersburg, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Dispersive Riemann Problem in Nonlinear Fiber Optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gang Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM conference on Nonlinear Waves and Coherent Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Anaheim, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of the symmetry breaking of the Fermi Pasta Ulam recurrence in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Zurich, Switzerland. NpW4C.6, </w:t></w:r><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/NP.2018.NpW4C.6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispersive shock waves in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gang Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mas Arabí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Marest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Days on Diffraction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, St. Petersburg, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometric parametric instability in modulated parabolic graded-index fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Mas Arabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Zurich, Switzerland. NpTh4G.7, </w:t></w:r><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/NP.2018.NpTh4G.7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient modelling of nonlinear propagation in multimode graded-index fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mas Mas Arabí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Zurich, France. NpTh3C.2, </w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/NP.2018.NpTh3C.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elargissement spectral d’impulsions par ondes de choc dispersives dans les fibres optiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Parriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Fatome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37èmes Journées Nationales d’Optique Guidée (JNOG 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01574577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear Stage of Modulation Instability in Dispersion Oscillating Fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Rota Nodari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Lasers and Electro-Optics (CLEO 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, San Jose, CA, United States. pp.JW2A.70, </w:t></w:r><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/CLEO_AT.2016.JW2A.70⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01470823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heteroclinic Structure of Parametric Resonance in Fibers with Periodic Dispersion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Rota Nodari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OSA Advanced Photonics Congress 2016 (APC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Sydney, Australia. pp.NTh4A.2, </w:t></w:r><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/NP.2016.NTh4A.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03541473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Demonstration of New Modulational Instability Bands in a Dispersion Oscillating Fiber Cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asia Communications and Photonics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Hong Kong, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02424987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental demonstration of modulation instability in dispersion oscillating fiber ring cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Quantum Electronics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02424983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbulent Dynamics of an Incoherently Pumped Passive Optical Fibre Cavity: quasi-solitons and dispersive waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Fatome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Pitois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Hammani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM Conference on Nonlinear Waves and Coherent Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01056113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of velocity-locked three-wave interaction solitons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rossana De Angelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Degasperis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Andreana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Laser Physics Workshop (LPHYS'10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Foz de Iguaçu, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00622275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental evidence of three-wave Zakharov-Manakov solitons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino De Angelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Degasperis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Wabnitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Evolution Equations and Dynamical Systems (NEEDS 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Sardaigne, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02469827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propagation and Stability of Novel Parametric Interaction Solitons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Degasperis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Wabnitz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laser Optics Conference 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, St Petersburg, Russia. pp.B6120-B6120</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00352916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propagation, Stability and Interactions of Novel Three-Wave Parametric Solitons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Degasperis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Wabnitz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Annual Meeting of the IEEE-Lasers-and-Electro-Optics-Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Montreal, Canada. pp.878-879</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00352882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélange à quatre photons dans les fibres optiques micro-structurées à haute biréfringence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Tonello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pitois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Wabnitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Millot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Martinkyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PAMO 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2006, Dijon, France. pp.53-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00350756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experiments and theory of tunable broadband parametric gain in photonic crystal fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Wabnitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Tonello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pitois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Millot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Martynkien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XII Conference on Lasers Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, St. Petersburg, Russia. pp./</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00350463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of Frequency Tunable Cross-Phase Modulation Instabilities in Highly Birefringent Photonic Crystal Fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Tonello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pitois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Wabnitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Millot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Martinkyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO-QELS 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2006, Long Beach, United States. paper CTuJ1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00350982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roadmap: Emerging Platforms and Applications of Optical Frequency Combs and Dissipative Solitons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitry Skryabin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arne Kordts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Zeltner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronald Holzwarth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Torres-Company</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05390495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId573"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:108.16901408451px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> matteo conforti </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">matteo-conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-7158-9188</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">190495421</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> arXiv : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">conforti_m_1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/C-6181-2008</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (135)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laser self-injection locking to fiber Fabry-Perot resonator for frequency comb generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Bourcier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Balac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Lightwave Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 44 (1), pp.201-207</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05129708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarization maintaining multi-segment dispersion-tailored fibers for frequency comb generation with 27 fs pulses at 10 GHz repetition rate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Boivinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Chatterjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Houard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Sivankutty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APL Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10 (12), pp.564-569. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0297628⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05412139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amplifier enhanced gain-through-filtering instability in a hybrid Kerr cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minji Shi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Negrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Englebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Leo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 33, </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/oe.579357⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05370519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental observation of self-frequency-shifting Raman quasisolitons in fiber Fabry-Perot resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 112 (3), pp.033535. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/xpk7-n3sv⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05371288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brillouin-induced Kerr frequency comb in normal dispersion fiber Fabry Perot resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Llopis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 16 (1), pp.5160. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-025-60261-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05213428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast and accurate modeling of Kerr-Brillouin combs in Fabry-Perot resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auro M Perego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 112, pp.033526. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/1cfh-8c16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05371518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensitivity Improvement in Dual Comb Spectroscopy With Time-Programmed Electro-Optic Frequency Combs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debanuj Chatterjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve-Line L Bancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siddharth Sivankutty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Rigneault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Lightwave Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 43 (10), pp.4648 - 4658. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/jlt.2025.3544461⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05371343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual-frequency comb in fiber Fabry–Perot resonator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debanuj Chatterjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APL Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10 (3), </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0248948⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05213450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low phase noise self-injection-locked diode laser with a high-Q fiber resonator: model and experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safia Mohand Ousaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Bourcier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Llopis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 49 (8), pp.1933-1936. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/ol.514778⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04522525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theory of modulation instability in Kerr Fabry-Perot resonators beyond the mean-field limit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoheir Ziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auro M Perego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 109 (1), pp.013507. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.109.013507⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04778611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Random telegraph dispersion management: modulational instability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Armaroli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Optical Society of America B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 41 (4), pp.943. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAB.511931⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04779249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of a fiber Fabry–Perot resonator for low-threshold modulation instability Kerr frequency combs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Bourcier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safia Mohand Ousaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Balac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 49 (11), pp.3214-3217. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.523291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04599534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Broadband Kerr frequency comb in fiber Fabry-Perot resonators induced by switching waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 109 (6), pp.063521. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.109.063521⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04758501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coexistence of gain-through-filtering and parametric instability in a fiber ring cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Negrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Baptiste Ceppe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auro M Perego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 31, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/oe.498572⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04250890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">All-fiber frequency agile triple-frequency comb light source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve-Line Bancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Genier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Santagata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 14 (1), pp.7953. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-023-43734-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04779359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">28 THz soliton frequency comb in a continuous-wave pumped fiber Fabry-Pérot resonator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Ziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APL Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 9 (1), </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0176533⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04758519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement of the nonlinear parametric instability gain in dispersion oscillating fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Vanderhaegen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Armaroli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 48, </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/ol.492479⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04247945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intra-envelope four-wave mixing in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve-Line Bancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Santagata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 31 (23), pp.37645. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.501616⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04257428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of the noise-driven thermalization of the Fermi-Pasta-Ulam-Tsingou recurrence in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Vanderhaegen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Armaroli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 106, </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/physreva.106.033519⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03796389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Label-free highly multimodal nonlinear endoscope</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Septier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Mytskaniuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Habert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Labat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Baudelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 30, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/oe.462361⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03706852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic modulational instability in the nonlinear Schr\&amp;quot;odinger equation with colored random dispersion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Armaroli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.105.013511⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03456422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The piston Riemann problem in a photon superfluid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gang Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03699262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase-sensitive seeded modulation instability in passive fiber resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Bessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 5 (1), pp.6. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s42005-021-00776-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03554029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of short pulse Raman amplification with backward pumping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Vanderhaegen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Droques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 46 (19), pp.5019-5022. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.434956⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03374878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Extraordinary” modulation instability in optics and hydrodynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Vanderhaegen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 118 (14), pp.e2019348118. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.2019348118⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03215313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theory of filter-induced modulation instability in driven passive optical resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auro M Perego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 103 (1), </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.103.013522⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03157341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heterodyne Optical Time Domain Reflectometer Combined With Active Loss Compensation: A Practical Tool for Investigating Fermi Pasta Ulam Recurrence Process and Breathers Dynamics in Optical Fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Vanderhaegen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Martinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Droques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9, </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fphy.2021.637812⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03215323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origin of spontaneous wave mixing processes in multimode GRIN fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Vanvincq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mas Arabí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (19), pp.30822. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.436229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03499891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Doubly periodic solutions of the focusing nonlinear Schrödinger equation: Recurrence, period doubling, and amplification outside the conventional modulation-instability band</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nail Akhmediev</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101 (2), </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.101.023843⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02497328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stationary states and instabilities of a Möbius fiber resonator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calum Maitland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Biancalana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevResearch.2.043195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03019933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of doubly periodic solutions of the nonlinear Schrodinger equation in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Vanderhaegen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 45 (13), pp.3757-3760. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.394604⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of four Fermi-Pasta-Ulam-Tsingou recurrences in an ultra-low-loss optical fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Vanderhaegen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 28, </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.391560⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02937943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantitative approach to breather pair appearance in nonlinear modulational instability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 44 (17), pp.4275. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.44.004275⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02384510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gain-through-filtering enables tuneable frequency comb generation in passive optical resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Bessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auro M Perego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kestutis Staliunas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergei Turitsyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10 (1), </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-019-12375-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02384525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-Time Characterization of Period-Doubling Dynamics in Uniform and Dispersion Oscillating Fiber Ring Cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Bessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review X</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (4), </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevX.9.041030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02384745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Full-field characterization of breather dynamics over the whole length of an optical fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 44 (4), pp.763. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.44.000763⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02384566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental characterization of recurrences and separatrix crossing in modulational instability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 44 (22), pp.5426. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.44.005426⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02384605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation instability in dispersion oscillating fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Optics and Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (1), pp.1. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/AOP.10.000001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02384955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometric parametric instability in periodically modulated graded-index multimode fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mas Arabí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 97 (2), </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.97.023803⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02384714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auto-modulation versus breathers in the nonlinear stage of modulational instability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sitai Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gino Biondini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 43 (21), pp.5291. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.43.005291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02385134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fibre multi-wave mixing combs reveal the broken symmetry of Fermi–Pasta–Ulam recurrence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12 (5), pp.303-308. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41566-018-0136-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02385106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collision between a dark soliton and a linear wave in an optical fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Marest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Mas Arabí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Milián</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 26 (18), pp.23480. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.26.023480⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02385052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grayness-dependent emission of dispersive waves from dark solitons in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Marest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mas Mas Arabí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Milián</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 43 (7), pp.1511-1514. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.43.001511⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02384998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of Turing and Faraday instabilities in a longitudinally modulated fiber-ring cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 42 (3), pp.435-438. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.42.000435⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation instability in the weak dispersion regime of a dispersion modulated passive fiber-ring cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 25 (10), pp.11283. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.25.011283⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation instability in the weak normal dispersion region of passive fiber ring cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 42 (19), pp.3730-3733. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.42.003730⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Instabilities in passive dispersion oscillating fiber ring cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Biancalana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 71 (5), </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjd/e2017-80130-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispersive Dam-Break Flow of a Photon Fluid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gang Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 118 (25), </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.118.254101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectral broadening of picosecond pulses forming dispersive shock waves in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Parriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Fatome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 42 (15), pp.3044-3047. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.42.003044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast and accurate modeling of nonlinear pulse propagation in graded-index multimode fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Mas Arabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 42 (19), pp.4004. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.42.004004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Longitudinal soliton tunneling in optical fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Marest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavie Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Wabnitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 42 (12), pp.2350-2353. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.42.002350⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-resonant Lugiato–Lefever model :a new paradigm for cavity nonlinear optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Biancalana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 42 (18), pp.3666-3669. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.42.003666⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficiency of four-wave mixing between orthogonally polarized linear waves and solitons in a birefringent fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Mas Arabí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Skryabin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 94 (6), </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.94.063847⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple quasi-phase matched resonant radiations induced by modulation instability in dispersion oscillating fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Photonics Technology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 28 (7), pp.740-743. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LPT.2015.2507190⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02388793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Competing Turing and Faraday Instabilities in Longitudinally Modulated Passive Resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 116 (14), </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.116.143901⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02387388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solitonization of a dispersive wave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavie Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Cassez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Kudlinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 41 (7), pp.1412-1415. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.41.001412⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02387375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical Dark Rogue Wave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Frisquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Kibler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6 (1), </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep20785⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02387166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emission of dispersive waves from a train of dark solitons in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Marest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Mas Arabí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Milián</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 41 (11), pp.2454. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.41.002454⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02387243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heteroclinic structure of parametric resonance in the nonlinear Schrödinger equation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Rota Nodari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 117 (1), </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.117.013901⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01333882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shock wave generation triggered by a weak background in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 41 (11), pp.2656-2659. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.41.002656⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02386570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametric instabilities in modulated fiber ring cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 41 (21), pp.5027-5030. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.41.005027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02387264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarization modulation instability in a Manakov fiber system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Frisquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Kibler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Fatome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92 (5), </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.92.053854⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02388888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical event horizons from the collision of a soliton and its own dispersive wave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. F Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. L Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92 (2), </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.92.023837⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02388991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bouncing of a dispersive wave in a solitonic cage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. F Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. L Zeng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 40 (14), pp.3320-3323. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.40.003320⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimal frequency conversion in the nonlinear stage of modulation instability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 23 (24), pp.30861-30871. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.23.030861⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02388922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulational instability in dispersion-kicked optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Rota Nodari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92 (1), </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.92.013810⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01250315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baseband modulation instability as the origin of rogue waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shihua Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Grelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Wabnitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 91 (3), </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.91.033804⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbulent dynamics of an incoherently pumped passive optical fiber cavity: Quasisolitons, dispersive waves, and extreme events</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Fatome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Picozzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Pitois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 91, pp.023823. </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.91.023823⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01119133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametric excitation of multiple resonant radiations from localized wavepackets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 5 (1), </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep09433⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of the stepwise blue shift of a dispersive wave preceding its trapping by a soliton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 23 (13), pp.16595-16601. </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.23.016595⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation instability in amplitude modulated dispersion oscillating fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Martinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 23 (4), pp.3869-3875. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.23.003869⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical rogue waves in parametric three-wave mixing and coherent stimulated scattering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shihua Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. M Soto-Crespo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Grelu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 92 (3), </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.92.033847⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02388961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soliton annihilation into a polychromatic dispersive wave</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. F Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 40 (9), pp.2142-2145. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.40.002142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zero focusing via competing nonlinearities in beta-barium-borate crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Krupa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Tonello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 39 (4), pp.925-928. </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.39.000925⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulational instability in dispersion oscillating fiber ring cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 39 (14), pp.4200. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.39.004200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exact cascading nonlinearity in quasi-phase-matched quadratic media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 39 (8), pp.2427. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.39.002427⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of cascaded resonant radiations in a dispersion-varying optical fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavie Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Barviau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 1 (4), pp.243-249. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OPTICA.1.000243⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radiative effects driven by shock waves in cavity-less four-wave mixing combs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 39 (19), pp.5760. </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.39.005760⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Broadband parametric processes in χ^(2) nonlinear photonic crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Levenius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Gallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 39 (12), pp.3457. </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.39.003457⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emission of multiple dispersive waves from a single Raman-shifting soliton in an axially-varying optical fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Billet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavie Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 22 (21), pp.25673-25678. </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.22.025673⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vector Rogue Waves and Baseband Modulation Instability in the Defocusing Regime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Degasperis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Onorato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 113 (3), </w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.113.034101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resonant radiation shed by dispersive shock waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 89 (1), </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.89.013807⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generalized description of spectral incoherent solitons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gang Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josselin Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Picozzi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 39 (14), pp.4192. </w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.39.004192⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispersive radiation induced by shock waves in passive resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefania Malaguti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 39 (19), pp.5626. </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.39.005626⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disentangling electrons and lattice nonlinear optical response in metal-dielectric Bragg filters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Dal Conte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Petti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Albisetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Longhi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 89 (12), </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.89.125122⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Broadly tunable femtosecond near- and mid-IR source by direct pumping of an OPA with a 417 MHz Yb:KGW oscillator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Krauth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andy Steinmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Hegenbarth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harald Giessen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 21 (9), pp.11516. </w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.21.011516⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extreme high-intensity and ultrabroadband interactions in anisotropic β-BaB_2O_4 crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Optical Society of America B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 30 (4), pp.1041. </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAB.30.001041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrafast nonlinear dynamics of surface plasmon polaritons in gold nanowires due to the intrinsic nonlinearity of metals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Marini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. y Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tr Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Journal of Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 15 (1), pp.013033. </w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1367-2630/15/1/013033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interaction between optical fields and their conjugates in nonlinear media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Marini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Truong Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniele Faccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Biancalana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 21 (25), pp.31239. </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.21.031239⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispersive wave emission from wave breaking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 38 (19), pp.3815. </w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.38.003815⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rogue Waves Emerging from the Resonant Interaction of Three Waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Degasperis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Lombardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 111 (11), </w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.111.114101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Competing wave-breaking mechanisms in quadratic media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 38 (10), pp.1648. </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.38.001648⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dark–antidark solitons in waveguide arrays with alternating positive–negative couplings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aldo Auditore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino de Angelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro B Aceves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 297, pp.125-128. </w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optcom.2013.01.068⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrafast Optical Mapping of Nonlinear Plasmon Dynamics in Cu 2– x Se Nanoparticles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Scotognella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajay Ram Srimath Kandada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margherita Zavelani-Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk Dorfs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 4 (19), pp.3337-3344. </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jz401862v⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negative-frequency dispersive wave generation in quadratic media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niclas Westerberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniele Faccio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 88 (1), </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.88.013829⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Derivation of third-order nonlinear susceptibility of thin metal films as a delayed optical response</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Della Valle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 85 (24), </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.85.245423⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tunable light source from large band conversion of continuum in a quadratic crystal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C de Angelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Andreana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Tonello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laser Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9 (5), pp.359-362. </w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7452/lapl.201110139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulational stability and gap solitons of gapless systems: Continuous versus discrete limits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino de Angelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. R Akylas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandro B Aceves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 85 (6), </w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.85.063836⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-time optical mapping of the dynamics of nonthermal electrons in thin gold films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Cerullo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Brida</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 86 (15), </w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.86.155139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solutions of the Vector Nonlinear Schrödinger Equations: Evidence for Deterministic Rogue Waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Degasperis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Wabnitz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 109 (4), </w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.109.044102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispersive shock waves in phase-mismatched second-harmonic generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 37 (6), pp.1082. </w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.37.001082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Second and third order susceptibilities mixing for supercontinuum generation and shaping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino de Angelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniele Modotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Wabnitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Fiber Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 18 (5), pp.283-289. </w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.yofte.2012.07.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multistep quadratic cascading in broadband optical parametric generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Levenius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valdas Pasiskevicius</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fredrik Laurell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 37 (10), pp.1727. </w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.37.001727⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02394933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soliton triads ensemble in frequency conversion: from inverse scattering theory to experimental observation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Andreana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriele Manili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 19 (14), pp.13192. </w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.19.013192⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Three-Wave Resonant Interaction Equations: Spectral and Numerical Methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Degasperis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Wabnitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Lombardo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Letters in Mathematical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 96 (1-3), pp.367-403. </w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11005-010-0430-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy localization and transport in binary waveguide arrays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino de Angelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. R Akylas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 83 (4), </w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.83.043822⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasmon Dynamics in Colloidal Cu 2– x Se Nanocrystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajay Ram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Srimath Kandada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Scotognella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ajay Ram Srimath Kandada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nano Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 11 (11), pp.4711-4717. </w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/nl202390s⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulational instability of dark solitons in three wave resonant interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Degasperis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica D: Nonlinear Phenomena</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 240 (17), pp.1362-1369. </w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physd.2011.05.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complex dispersion relation of a double chain of lossy metal nanoparticles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimiliano Guasoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Optical Society of America B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 28 (5), pp.1019. </w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAB.28.001019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mode-locking operation of a flash-lamp-pumped Nd:YAG laser at 1.064µm with Zakharov-Manakov solitons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Andreana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Tonello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. de Angelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laser Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 8 (11), pp.795-798. </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/lapl.201110071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of ultrabroadband and single-cycle phenomena in anisotropic quadratic crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino de Angelis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Optical Society of America B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 28 (5), pp.1231. </w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAB.28.001231⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theory and experiments on multistep parametric processes in nonlinear optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. de Angelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Marangoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Cerullo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Optical Society of America B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 28 (4), pp.892. </w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAB.28.000892⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soliton dynamics in velocity matched ultrafast frequency conversion processes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 64 (1), pp.115-118. </w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjd/e2011-20236-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispersive properties of linear chains of lossy metal nanoparticles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimiliano Guasoni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Optical Society of America B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 27 (8), pp.1576-1582. </w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAB.27.001576⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02397510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear envelope equation for broadband optical pulses in quadratic media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino de Angelis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 81 (5), </w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.81.053841⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Velocity locked solitary waves in quadratic media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino de Angelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Degasperis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Andreana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 104 (11), 113902 (4p.). </w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.104.113902⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00567589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrabroadband Optical Phenomena in Quadratic Nonlinear Media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C de Angelis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Photonics Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 2 (4), pp.600-610. </w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JPHOT.2010.2051537⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light propagation in nonuniform plasmonic subwavelength waveguide arrays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimiliano Guasoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino de Angelis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 283 (6), pp.1161-1168. </w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optcom.2009.10.103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02395488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frequency Generation and Solitonic Decay in Three Wave Interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Andreana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino De Angelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 17 (16), pp.13889-13894</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01321727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of picosecond pulses by spectral compression and shaping of femtosecond pulses in engineered quadratic nonlinear media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Marangoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Brida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. D Capobianco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Manzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 34 (3), pp.241. </w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.34.000241⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02397636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frequency Generation and Solitonic Decay in ThreeWave Interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Andreana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Couderc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino de Angelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 17 (16), pp.13889. </w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.17.013889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02397602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subwavelength diffraction management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimiliano Guasoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino de Angelis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 33 (22), pp.2662-2664. </w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.33.002662⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02397799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of spectral drift in engineered quadratic nonlinear media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Marangoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Sanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Brida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Cirmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 93 (2), pp.021107. </w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.2955529⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02397760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectral shaping of femtosecond pulses in aperiodic quasi-phase-matched gratings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino De Angelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guido Sanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Pierleoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 281 (6), pp.1693-1697. </w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optcom.2007.11.046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02397826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three-wave trapponic solitons for tunable high-repetition rate pulse train generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Degasperis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Wabnitz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Quantum Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 44 (5-6), pp.542-546. </w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JQE.2008.917970⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00481863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pulse shaping via Backward Second Harmonic Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino de Angelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usman K Sapaev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetano Assanto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 16 (3), pp.2115. </w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.16.002115⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02397811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three-Wave Trapponic Solitons for Tunable High-Repetition Rate Pulse Train Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Degasperis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Wabnitz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Quantum Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 44 (6), pp.542-546. </w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JQE.2008.917970⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02397772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaging Properties of Multimode Photonic Crystal Waveguides and Waveguide Arrays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniele Modotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Locatelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino de Angelis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Lightwave Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 25 (1), pp.402-409. </w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JLT.2006.886681⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametric frequency conversion of short optical pulses controlled by a CW background</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Degasperis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Wabnitz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 15 (19), pp.12246-12251. </w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.15.012246⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00481870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experiment and theory of Tunable Broadband Parametric Gain in a Photonic Crystal Fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Wabnitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Tonello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pitois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Millot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Martynkyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of SPIE, the International Society for Optical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Vol.6612, pp.66120C</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00292825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of nonlinear wave coupling: Accelerated solitons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Degasperis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Wabnitz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Physical Journal. Special Topics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 147 (1), pp.233-252. </w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjst/e2007-00211-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-pulsing and bistability in nonlinear Bragg gratings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Parini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetano Bellanca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Locatelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Optical Society of America B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 24 (9), pp.2229. </w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAB.24.002229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From femtosecond infrared to picosecond visible pulses: temporal shaping with high-efficiency conversion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino De Angelis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 32 (13), pp.1779-1781. </w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.32.001779⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stable control of pulse speed in parametric three-wave solitons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Degasperis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Wabnitz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 97 (9), pp.093901. </w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.97.093901⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00437553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frequency tunable polarization and intermodal modulation instability in high birefringence holey fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Tonello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Pitois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Wabnitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Millot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Martynkien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 14 (1), pp.397-404</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00437573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (78)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual-Comb Generation in Monolithic High-Q Fiber Fabry-Perot Resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Cutrona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debanuj Chatterjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 Conference on Lasers and Electro-Optics Europe & European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Munich, Germany. pp.1-1, </w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEO/Europe-EQEC65582.2025.11111647⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05246844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental observation of self-frequency-shifting Raman quasisolitons in fiber Fabry-Perot resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interplay between cavity solitons and doubly resonant Brillouin lasing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc van Bellingen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">All-PM fiber frequency combs delivering 70 fs pulse at 10 GHz repetition rate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Boivinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debanuj Chatterjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Houard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siddharth Sivankutty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Munich, Germany. </w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/CLEO_SI.2025.SS171_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual-frequency Comb generation in Fiber Fabry-Perot Resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Cutrona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debanuj Chatterjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerr-Brillouin combs in fiber Fabry-Perot resonators: Theory &amp; Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multimode Optics: from Optical Fibers to Nanophotonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, massimiliano guasoni, Mar 2025, Southampton (U.K.), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05371581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerr-Brillouin frequency combs in fiber Fabry-Perot resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Photonics Society Summer Topical Meeting Series (SUM2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Berlin (DE), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">10 GHz frequency combs of 70 fs duration in a simple all fiber polarization maintaining system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Boivinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Debanuj Chatterjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Houard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siddharth Sivankutty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Long Beach, United States. pp.SS171_2, </w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/CLEO_SI.2025.SS171_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brillouin-Kerr frequency combs in fiber Fabry-Perot resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FreQomb: Optical Frequency Combs Workshop 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génération de soliton de cavité par self-injection locking sur un résonateur Fabry-Perot fibré avec puissance de pompe sub-100 mW</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Bourcier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Balac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales d'Optique Guidée (JNOG) 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Sète, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05175717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réduction du seuil d'instabilité de modulation d'un résonateur Fabry-Pérot fibré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Bourcier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safia Mohand Ousaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Balac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optique Normandie 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04687221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laser Brillouin stimulé à polarisations croisées dans un résonateur Fabry-Pérot fibré de dispersion anormale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Bourcier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safia Mohand Ousaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Balac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optique Normandie 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04687283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Spectral Purity Lasers Stabilized on Mini Fabry-Perot Fiber Resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safia Mohand Ousaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Bourcier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Llopis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 European Frequency and Time Forum (EFTF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Neuchâtel, France. pp.351-353, </w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EFTF61992.2024.10722751⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04762064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kerr frequency comb generation in fiber Fabry-Pérot resonator: Technological locks and leveraging fiber properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Bourcier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safia Mohand Ousaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Balac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Optical Society Annual Meeting, EOSAM 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Naples, Italy. pp.12006, </w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjconf/202430912006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04766222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shock waves in photon superfluids: theory and experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Extreme Waves</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nail Akhmediev; Amin Chabchoub; Helmut Brand, Aug 2023, Dresde (Germany), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimensionnement du seuil de déclenchement des instabilités de modulation dans un méso-résonateur Fabry-Pérot fibré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Germain Bourcier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safia Mohand Ousaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Balac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales de l'Optique Guidée - JNOG 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04193296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fermi Pasta Ulam Tsingou recurrences in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Vanderhaegen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Extreme Waves (extrem23)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Dresden, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unexpected Phase locked Brillouin assisted Kerr Combs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoheir Ziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIX Instabilities and Nonequilibrium Structures-INES 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Val Paraiso, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theory of Brillouin-Kerr combs in fiber Fabry-Perot resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frequency Comb France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Arnaud Mussot; Matteo Conforti; Christian Grillet, Jul 2023, Villeneuve d'Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unexpected phase-locked Brillouin Kerr Frequency comb in fiber Fabry Perot resonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cleo Europe 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Munich, Germany. </w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEO/Europe-EQEC57999.2023.10232760⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Label free highly multimodal nonlinear endoscope using hollow core fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Rigneault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Septier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Brévalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naveen Gajendra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Saucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photonics West 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, San Francisco, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03983240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical frequency combs induced by modulation instability in fiber Fabry-Pérot resonators: impact of the pump pulse duration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoheir Ziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Lasers and Electro-Optics/Europe – European Quantum Electronics Virtual Conferences (CLEO®/Europe-EQEC 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04248099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent progresses in Fiber Fabry Perot resonators for frequency comb generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoheir Ziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solvay workshop on Dissipative solitons, turbulence and extreme events in nonlinear photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">All fiber triple frequency agile frequency comb light source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve-Line Bancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Genier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Santagata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraud Bouwmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Frequency Combs Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Aston, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-invasive distributed characterization method in phase and intensity of breathers along an optical fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solvay Workshop on Dissipative solitons and optical frequency comb generation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Solvay, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of the noise-driven thermalization of the Fermi-Pasta-Ulam-Tsingou recurrences process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Vanderhaegen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Photonic Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Optica, Jul 2022, Maastricht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03836544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">All fiber triple frequency agile frequency comb light source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve Line Bancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Genier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Santagata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraud Bouwmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frequency combs Fundamentals &amp; Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Brussel, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gain through filtering in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Negrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auro M Perego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, San Jose (CA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">All fiber triple frequency agile frequency comb light source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve Line Bancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Genier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Santagata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraud Bouwmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comb lidars workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fermi Pasta Ulam Tsingou recurences in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Vanderhaegen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Waves and Turbulence in Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micro-endoscopie multimodale à trois photons sur tissus non marqués</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Septier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vasyl Mytskaniuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Habert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Labat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andy Cassez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès général de la SFO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03770944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Triple frequency comb generation in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve Line Bancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Genier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Santagata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraud Bouwmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th Workshop on longitudinal electron bunch Diagnostic</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Villeneuve d’Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04537020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">All fiber triple frequency agile frequency comb light source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Genier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve-Line Bancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Santagata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraud Bouwmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Nonlinear Photonics and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Stochkolm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">All fiber triple frequency agile frequency comb light source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eve-Line Bancel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Genier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rosa Santagata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraud Bouwmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 14th international Photonics and Optoelectronics meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Wuhan, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental investigation of the saturated regime of short pulse amplification in counter-pumped Raman amplifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Vanderhaegen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03442175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loss induced multiple symmetry breakings in the Fermi Pasta Ulam recurrence process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Vanderhaegen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03442169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of synchronization mismatch on modulation instability in passive fiber-ring cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Negrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saliya Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03442173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear stage of modulational instability: towards a global understanding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Szriftgiser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Laser Optics ICLO 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, St petersbourg, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of higher-order dispersion on geometric parametric instability in GRIN multimode fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Vanvincq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Mas Arabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe-EQEC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of photon fluid flows driven by optical pistons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gang Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO: QELS_Fundamental Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, San Jose, United States. pp.FTh3B.5, </w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/CLEO_QELS.2019.FTh3B.5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental validation in optical fibers of multiple Fermi-Pasta-Ulam-Tsingou recurrences theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe-ECQE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental evidence of gain-through-loss mechanism in passive fiber ring cavities : toward tunable frequency comb generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Bessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auro M Perego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kestutis Staliunas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergei Turitsyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO: QELS_Fundamental Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, San Jose, United States. pp.FF2D.4, </w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/CLEO_QELS.2019.FF2D.4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of photon fluid flows driven by optical pistons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gang Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe-ECQE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase and power experimental study of seeded modulation instability in passive fiber ring cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Bessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe-EQEC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Realization of Riemann Problem in Nonlinear Fiber Optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Waikoloa Beach, France. pp.NTu1A.4, </w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/NLO.2019.NTu1A.4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symmetry breaking of of FPUT in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">tresc: trends in spatiotemporal complexity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Villeneuve d'ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical frequency comb generation induced by gain-through-losses modulation instability in passive optical cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Bessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Auro M Perego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kestutis Staliunas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergei Turitsyn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe-ECQE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispersive decay of discontinuous pulses in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamics Days Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Loughborough, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symmetry breaking of the non nonlinear stage of modulation instability : a complete experimental characterization in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waves Cote d’Azur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear stage of modulational instability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PhotonIcs &amp; Electromagnetics Research Symposium PIERS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04536944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topographic fibers: a platform for fundamental physical phenomena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Microsystems OµS19</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Anacapri, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatio-temporal characterization of the electric field of breathers in an optical fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe-EQEC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02392783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of period-doubling dynamics of modulation instability in uniform and dispersion oscillating fiber-ring cavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Bessin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Zurich, Switzerland. NpW1C.4, </w:t></w:r><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/NP.2018.NpW1C.4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispersive wave emission from dark solitons and their collision in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Marest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mas Arabí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Days on Diffraction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, St. Petersburg, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dark solitons, dispersive waves and their collision in an optical fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Marest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mas Mas Arabí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Milian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Zurich, France. NpW4C.3, </w:t></w:r><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/NP.2018.NpW4C.3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The multi-resonant Lugiato-Lefever model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Biancalana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Zurich, Switzerland. pp.JW3I.4, </w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/IPRSN.2018.JW3I.4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Full characterisation in phase and amplitude of the Fermi–Pasta–Ulam recurrence process in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Days on Diffraction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, St. Petersburg, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of the symmetry breaking of the Fermi Pasta Ulam recurrence in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Zurich, Switzerland. NpW4C.6, </w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/NP.2018.NpW4C.6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Dispersive Riemann Problem in Nonlinear Fiber Optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gang Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM conference on Nonlinear Waves and Coherent Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Anaheim, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispersive shock waves in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gang Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mas Arabí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Marest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Days on Diffraction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, St. Petersburg, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometric parametric instability in modulated parabolic graded-index fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Mas Arabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Zurich, Switzerland. NpTh4G.7, </w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/NP.2018.NpTh4G.7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient modelling of nonlinear propagation in multimode graded-index fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mas Mas Arabí</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Zurich, France. NpTh3C.2, </w:t></w:r><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/NP.2018.NpTh3C.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical fiber analogous of the piston shock problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gang Xu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Zurich, Switzerland. pp.JTu6G.2, </w:t></w:r><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/BGPPM.2018.JTu6G.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-destructive phase and intensity distributed measurements of the nonlinear stage of modulation instability in optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photonics West</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, San Francisco, United States. pp.14, </w:t></w:r><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2295714⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02393427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of the symmetry breaking of the Fermi Pasta Ulam recurrence in nonlinear optical fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Naveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Szriftgiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Latin America Optics and Photonics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Lima, Peru</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04537001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elargissement spectral d’impulsions par ondes de choc dispersives dans les fibres optiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Parriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bendahmane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Fatome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Finot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37èmes Journées Nationales d’Optique Guidée (JNOG 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01574577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear Stage of Modulation Instability in Dispersion Oscillating Fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Rota Nodari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Lasers and Electro-Optics (CLEO 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, San Jose, CA, United States. pp.JW2A.70, </w:t></w:r><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/CLEO_AT.2016.JW2A.70⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01470823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heteroclinic Structure of Parametric Resonance in Fibers with Periodic Dispersion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Rota Nodari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OSA Advanced Photonics Congress 2016 (APC 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Sydney, Australia. pp.NTh4A.2, </w:t></w:r><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/NP.2016.NTh4A.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03541473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental Demonstration of New Modulational Instability Bands in a Dispersion Oscillating Fiber Cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asia Communications and Photonics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Hong Kong, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02424987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental demonstration of modulation instability in dispersion oscillating fiber ring cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Copie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Kudlinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Trillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Quantum Electronics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02424983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turbulent Dynamics of an Incoherently Pumped Passive Optical Fibre Cavity: quasi-solitons and dispersive waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mussot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Fatome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Pitois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Hammani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SIAM Conference on Nonlinear Waves and Coherent Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01056113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of velocity-locked three-wave interaction solitons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rossana De Angelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Degasperis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Andreana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th International Laser Physics Workshop (LPHYS'10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Foz de Iguaçu, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00622275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental evidence of three-wave Zakharov-Manakov solitons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Costantino De Angelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonio Degasperis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Wabnitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear Evolution Equations and Dynamical Systems (NEEDS 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Sardaigne, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02469827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propagation and Stability of Novel Parametric Interaction Solitons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Degasperis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Wabnitz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laser Optics Conference 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, St Petersburg, Russia. pp.B6120-B6120</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00352916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propagation, Stability and Interactions of Novel Three-Wave Parametric Solitons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Degasperis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Conforti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Baronio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Wabnitz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Annual Meeting of the IEEE-Lasers-and-Electro-Optics-Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Montreal, Canada. pp.878-879</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00352882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélange à quatre photons dans les fibres optiques micro-structurées à haute biréfringence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Tonello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pitois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Wabnitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Millot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Martinkyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PAMO 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2006, Dijon, France. pp.53-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00350756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experiments and theory of tunable broadband parametric gain in photonic crystal fibers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Wabnitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Tonello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pitois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Millot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Martynkien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XII Conference on Lasers Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, St. Petersburg, Russia. pp./</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00350463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of Frequency Tunable Cross-Phase Modulation Instabilities in Highly Birefringent Photonic Crystal Fiber</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Tonello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Pitois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Wabnitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Millot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Martinkyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO-QELS 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2006, Long Beach, United States. paper CTuJ1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00350982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roadmap: Emerging Platforms and Applications of Optical Frequency Combs and Dissipative Solitons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitry Skryabin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arne Kordts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Zeltner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronald Holzwarth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Torres-Company</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05390495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId573"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="AAA99B3A"/>
+    <w:nsid w:val="57113680"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/matteo-conforti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7158-9188" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/190495421" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/conforti_m_1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/C-6181-2008" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05129708v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Bourcier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Balac" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lumeau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Moreau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bunel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05213428v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fernandez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Llopis" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-60261-y" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371288v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Conforti" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mussot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/xpk7-n3sv" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412139v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boivinet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chatterjee" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Houard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kudlinski" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sivankutty" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0297628" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370519v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minji Shi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Negrini" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Englebert" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Leo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/oe.579357" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371518v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auro M Perego" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/1cfh-8c16" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371343v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debanuj Chatterjee" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve-Line L Bancel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siddharth Sivankutty" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Rigneault" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jlt.2025.3544461" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05213450v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0248948" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04758501v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.109.063521" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778611v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoheir Ziani" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.109.013507" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522525v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia Mohand Ousaid" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ol.514778" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779249v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Armaroli" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.511931" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04599534v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.523291" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247945v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vanderhaegen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Szriftgiser" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kudlinski" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ol.492479" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04758519v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bunel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Conforti" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Ziani" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moreau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0176533" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250890v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste Ceppe" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/oe.498572" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779359v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve-Line Bancel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Genier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Santagata" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-43734-w" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257428v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.501616" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03554029v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Bessin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Naveau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-021-00776-0" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796389v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreva.106.033519" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706852v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Septier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Mytskaniuk" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Habert" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Labat" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Baudelle" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/oe.462361" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03456422v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dujardin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Trillo" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.105.013511" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699262v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Bendahmane" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gang Xu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499891v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bendahmane" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Vanvincq" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mas Arab&#237;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mussot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.436229" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157341v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.103.013522" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215313v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2019348118" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374878v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Droques" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.434956" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215323v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Martinelli" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2021.637812" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497328v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nail Akhmediev" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.101.023843" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03019933v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calum Maitland" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Biancalana" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.2.043195" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938039v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.394604" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937943v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.391560" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384605v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.44.005426" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384745v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Copie" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.9.041030" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384566v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.44.000763" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384510v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.44.004275" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384525v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kestutis Staliunas" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Turitsyn" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-12375-3" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384955v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AOP.10.000001" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384714v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.97.023803" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385106v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41566-018-0136-1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385134v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sitai Li" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gino Biondini" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.43.005291" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385052v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Marest" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Mas Arab&#237;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mili&#225;n" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.023480" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384998v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mas Mas Arab&#237;" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.43.001511" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386177v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.42.003666" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386056v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bessin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Copie" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.42.003730" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386346v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.25.011283" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386245v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/e2017-80130-x" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386195v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.118.254101" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386359v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.42.000435" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563643v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Parriaux" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fatome" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Finot" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.42.003044" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386002v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Mas Arabi" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.42.004004" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386225v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Braud" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Wabnitz" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.42.002350" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387264v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.41.005027" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388793v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2015.2507190" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387388v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.116.143901" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387375v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cassez" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Kudlinski" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.41.001412" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386609v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Skryabin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.94.063847" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333882v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Rota Nodari" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.117.013901" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387166v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Frisquet" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Kibler" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Morin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Baronio" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep20785" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387243v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.41.002454" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386570v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Xu" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.41.002656" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01250315v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.92.013810" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119133v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Picozzi" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pitois" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.91.023823" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389169v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shihua Chen" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Grelu" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Wabnitz" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.91.033804" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388888v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Frisquet" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kibler" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fatome" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Morin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Baronio" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.92.053854" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388991v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. F Wang" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. L Zeng" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.92.023837" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388922v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Szriftgiser" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.23.030861" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389000v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.40.003320" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389203v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep09433" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388961v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M Soto-Crespo" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.92.033847" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389164v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.23.003869" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389190v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.23.016595" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389181v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.40.002142" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393765v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Malaguti" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.39.005626" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393796v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Garnier" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.39.004192" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389230v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dal Conte" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Petti" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Albisetti" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Longhi" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.89.125122" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393900v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.39.004200" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389299v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Krupa" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tonello" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.39.000925" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394003v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.39.002427" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393863v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.39.005760" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389359v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Barviau" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OPTICA.1.000243" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389400v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Levenius" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Gallo" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.39.003457" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389310v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Billet" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.22.025673" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393930v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Degasperis" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Lombardo" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Onorato" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.113.034101" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393941v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.89.013807" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394219v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niclas Westerberg" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Faccio" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.88.013829" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394185v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Marini" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Della Valle" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. y Lee" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tr Tran" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/15/1/013033" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394240v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Marini" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Truong Tran" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.21.031239" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394413v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.38.003815" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394140v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.111.114101" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394406v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Krauth" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Steinmann" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Hegenbarth" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Giessen" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.21.011516" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394206v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.30.001041" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394111v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.38.001648" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394381v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Auditore" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costantino de Angelis" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro B Aceves" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2013.01.068" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394343v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Della Valle" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Scotognella" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajay Ram Srimath Kandada" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Zavelani-Rossi" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Dorfs" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jz401862v" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394933v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valdas Pasiskevicius" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fredrik Laurell" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.37.001727" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394943v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C de Angelis" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Andreana" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7452/lapl.201110139" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394987v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. R Akylas" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.85.063836" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395032v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.85.245423" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394961v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cerullo" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Brida" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.86.155139" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395004v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.044102" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395043v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.37.001082" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394915v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Modotto" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yofte.2012.07.001" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NPDNZK4V-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395396v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/e2011-20236-7" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-WC3VL55Q-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395381v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.28.001231" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395360v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Angelis" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marangoni" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.28.000892" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395078v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Andreana" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Manili" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Couderc" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.19.013192" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395151v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11005-010-0430-4" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395375v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.83.043822" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395066v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajay Ram" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srimath Kandada" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl202390s" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395368v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physd.2011.05.017" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395423v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Guasoni" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.28.001019" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395130v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Andreana" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lapl.201110071" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-J5VK2DLG-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395488v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2009.10.103" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397510v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.27.001576" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395454v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.81.053841" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00567589v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.104.113902" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395464v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOT.2010.2051537" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397636v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. D Capobianco" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Manzoni" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.34.000241" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321727v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costantino De Angelis" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397602v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.17.013889" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397826v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Sanna" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Pierleoni" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2007.11.046" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481863v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Degasperis" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JQE.2008.917970" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397799v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.33.002662" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397760v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sanna" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cirmi" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2955529" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397811v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Usman K Sapaev" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Assanto" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.16.002115" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397772v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481870v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.15.012246" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405107v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Locatelli" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2006.886681" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292825v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Tonello" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pitois" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Millot" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Martynkyen" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405213v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjst/e2007-00211-y" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405328v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Parini" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Bellanca" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.24.002229" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405088v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.32.001779" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437553v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.97.093901" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437573v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Millot" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Martynkien" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05175717v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Balac" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372509v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372668v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Simon" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c van Bellingen" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Fournier" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372561v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Boivinet" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_SI.2025.SS171_2" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372649v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Cutrona" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246844v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC65582.2025.11111647" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372634v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371581v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372465v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372531v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04687221v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04762064v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EFTF61992.2024.10722751" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04687283v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04766222v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202430912006" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536424v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04193296v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536438v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248137v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248149v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248117v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC57999.2023.10232760" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536341v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983240v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Br&#233;valle" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naveen Gajendra" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Saucourt" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248099v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536478v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raud Bouwmans" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536836v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536855v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Line Bancel" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836544v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536887v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536867v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536847v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536500v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536877v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537020v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770944v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasyl Mytskaniuk" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Habert" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Labat" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Cassez" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442175v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442169v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442173v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliya Coulibaly" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536896v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392829v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392770v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536932v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Trillo" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/NLO.2019.NTu1A.4" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392665v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_QELS.2019.FTh3B.5" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392802v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Mas Arabi" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392726v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_QELS.2019.FF2D.4" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392851v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536976v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392895v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393001v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Xu" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536994v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536944v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392651v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392783v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393187v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/BGPPM.2018.JTu6G.2" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393427v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2295714" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537001v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393083v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Milian" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/NP.2018.NpW4C.3" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393167v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/IPRSN.2018.JW3I.4" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393531v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393201v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/NP.2018.NpW1C.4" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393506v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393464v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393123v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/NP.2018.NpW4C.6" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393492v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393106v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/NP.2018.NpTh4G.7" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393035v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/NP.2018.NpTh3C.2" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574577v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01470823v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_AT.2016.JW2A.70" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541473v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/NP.2016.NTh4A.2" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424987v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424983v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056113v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Hammani" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00622275v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossana De Angelis" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469827v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00352916v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00352882v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350756v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Martinkyen" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350463v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350982v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390495v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Skryabin" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne Kordts" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Zeltner" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Holzwarth" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Torres-Company" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/matteo-conforti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7158-9188" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/190495421" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/conforti_m_1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/C-6181-2008" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05129708v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Bourcier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Balac" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lumeau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Moreau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bunel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412139v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boivinet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chatterjee" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Houard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kudlinski" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sivankutty" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0297628" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370519v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minji Shi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Negrini" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Englebert" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Leo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Conforti" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/oe.579357" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371288v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mussot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/xpk7-n3sv" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05213428v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fernandez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Llopis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-60261-y" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371518v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auro M Perego" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/1cfh-8c16" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371343v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debanuj Chatterjee" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve-Line L Bancel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siddharth Sivankutty" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Rigneault" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jlt.2025.3544461" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05213450v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0248948" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522525v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia Mohand Ousaid" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ol.514778" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778611v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoheir Ziani" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.109.013507" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779249v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Armaroli" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.511931" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04599534v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.523291" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04758501v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.109.063521" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250890v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste Ceppe" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Kudlinski" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/oe.498572" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779359v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve-Line Bancel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Genier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Santagata" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-43734-w" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04758519v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bunel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Conforti" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Ziani" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moreau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0176533" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04247945v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vanderhaegen" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Szriftgiser" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ol.492479" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257428v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.501616" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796389v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreva.106.033519" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706852v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Septier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Mytskaniuk" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Habert" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Labat" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Baudelle" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/oe.462361" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03456422v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dujardin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Trillo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.105.013511" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699262v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Bendahmane" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gang Xu" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03554029v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Bessin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Naveau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-021-00776-0" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374878v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Droques" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.434956" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215313v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2019348118" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157341v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.103.013522" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215323v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Martinelli" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2021.637812" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499891v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bendahmane" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Vanvincq" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mas Arab&#237;" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mussot" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.436229" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497328v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nail Akhmediev" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.101.023843" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03019933v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calum Maitland" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Biancalana" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.2.043195" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938039v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.394604" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937943v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.391560" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384510v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.44.004275" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384525v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kestutis Staliunas" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergei Turitsyn" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-12375-3" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384745v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Copie" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.9.041030" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384566v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.44.000763" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384605v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.44.005426" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384955v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AOP.10.000001" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384714v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.97.023803" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385134v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sitai Li" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gino Biondini" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.43.005291" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385106v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41566-018-0136-1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385052v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Marest" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Mas Arab&#237;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mili&#225;n" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.023480" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384998v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mas Mas Arab&#237;" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.43.001511" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386359v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Copie" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.42.000435" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386346v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.25.011283" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386056v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bessin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.42.003730" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386245v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/e2017-80130-x" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386195v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.118.254101" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01563643v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Parriaux" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fatome" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Finot" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.42.003044" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386002v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Mas Arabi" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.42.004004" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386225v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Braud" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Wabnitz" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.42.002350" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386177v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.42.003666" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386609v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Skryabin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.94.063847" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388793v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2015.2507190" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387388v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.116.143901" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387375v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cassez" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Kudlinski" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.41.001412" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387166v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Frisquet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Kibler" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Morin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Baronio" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep20785" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387243v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.41.002454" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333882v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Rota Nodari" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.117.013901" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386570v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Xu" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.41.002656" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387264v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.41.005027" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388888v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Frisquet" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kibler" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fatome" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Morin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Baronio" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.92.053854" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388991v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. F Wang" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. L Zeng" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.92.023837" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389000v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.40.003320" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388922v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Szriftgiser" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.23.030861" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01250315v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.92.013810" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389169v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shihua Chen" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Grelu" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Wabnitz" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.91.033804" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119133v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Picozzi" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pitois" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.91.023823" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389203v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep09433" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389190v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.23.016595" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389164v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.23.003869" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388961v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M Soto-Crespo" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.92.033847" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389181v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.40.002142" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389299v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Krupa" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tonello" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.39.000925" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393900v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.39.004200" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394003v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.39.002427" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389359v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Barviau" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OPTICA.1.000243" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393863v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.39.005760" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389400v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Levenius" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Gallo" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.39.003457" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389310v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Billet" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.22.025673" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393930v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Degasperis" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Lombardo" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Onorato" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.113.034101" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393941v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.89.013807" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393796v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Garnier" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.39.004192" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393765v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Malaguti" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.39.005626" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389230v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dal Conte" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Petti" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Albisetti" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Longhi" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.89.125122" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394406v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Krauth" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Steinmann" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Hegenbarth" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Giessen" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.21.011516" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394206v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.30.001041" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394185v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Marini" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Della Valle" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. y Lee" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tr Tran" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/15/1/013033" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394240v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Marini" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Truong Tran" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Faccio" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.21.031239" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394413v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.38.003815" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394140v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.111.114101" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394111v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.38.001648" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394381v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Auditore" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costantino de Angelis" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro B Aceves" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2013.01.068" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394343v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Della Valle" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Scotognella" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajay Ram Srimath Kandada" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margherita Zavelani-Rossi" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Dorfs" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jz401862v" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394219v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niclas Westerberg" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.88.013829" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395032v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.85.245423" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394943v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C de Angelis" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Andreana" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7452/lapl.201110139" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394987v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. R Akylas" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.85.063836" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394961v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cerullo" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Brida" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.86.155139" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395004v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.109.044102" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395043v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.37.001082" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394915v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Modotto" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yofte.2012.07.001" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NPDNZK4V-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394933v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valdas Pasiskevicius" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fredrik Laurell" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.37.001727" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395078v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Andreana" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Manili" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Couderc" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.19.013192" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395151v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11005-010-0430-4" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395375v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.83.043822" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395066v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ajay Ram" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srimath Kandada" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nl202390s" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395368v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physd.2011.05.017" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395423v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Guasoni" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.28.001019" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395130v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Andreana" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Angelis" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lapl.201110071" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-J5VK2DLG-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395381v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.28.001231" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395360v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marangoni" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.28.000892" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395396v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/e2011-20236-7" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-WC3VL55Q-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397510v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.27.001576" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395454v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.81.053841" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00567589v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.104.113902" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395464v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOT.2010.2051537" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02395488v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2009.10.103" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321727v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costantino De Angelis" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397636v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. D Capobianco" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Manzoni" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.34.000241" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397602v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.17.013889" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397799v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.33.002662" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397760v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sanna" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cirmi" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2955529" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397826v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Sanna" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Pierleoni" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2007.11.046" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481863v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Degasperis" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JQE.2008.917970" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397811v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Usman K Sapaev" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Assanto" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.16.002115" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397772v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405107v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Locatelli" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2006.886681" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00481870v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.15.012246" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292825v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Tonello" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pitois" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Millot" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Martynkyen" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405213v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjst/e2007-00211-y" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405328v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Parini" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Bellanca" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.24.002229" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405088v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.32.001779" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437553v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.97.093901" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437573v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Millot" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Martynkien" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246844v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Cutrona" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC65582.2025.11111647" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372634v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372668v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Simon" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c van Bellingen" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Fournier" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372561v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Boivinet" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_SI.2025.SS171_2" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372649v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371581v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372465v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372531v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372509v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05175717v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Balac" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04687221v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04687283v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04762064v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EFTF61992.2024.10722751" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04766222v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202430912006" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248137v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04193296v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536438v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536341v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248149v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248117v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC57999.2023.10232760" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983240v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Br&#233;valle" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naveen Gajendra" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Saucourt" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248099v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536424v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536867v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raud Bouwmans" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536887v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836544v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536855v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Line Bancel" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536500v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536847v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536877v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770944v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasyl Mytskaniuk" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Habert" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Labat" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Cassez" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537020v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536836v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536478v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442175v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442169v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442173v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliya Coulibaly" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536896v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392802v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Mas Arabi" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392665v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_QELS.2019.FTh3B.5" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392851v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392726v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_QELS.2019.FF2D.4" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392829v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392770v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536932v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Trillo" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/NLO.2019.NTu1A.4" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536976v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392895v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393001v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Xu" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536994v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536944v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392651v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392783v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393201v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/NP.2018.NpW1C.4" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393506v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393083v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Milian" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/NP.2018.NpW4C.3" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393167v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/IPRSN.2018.JW3I.4" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393531v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393123v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/NP.2018.NpW4C.6" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393464v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393492v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393106v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/NP.2018.NpTh4G.7" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393035v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/NP.2018.NpTh3C.2" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393187v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/BGPPM.2018.JTu6G.2" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393427v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2295714" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537001v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574577v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01470823v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_AT.2016.JW2A.70" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541473v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/NP.2016.NTh4A.2" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424987v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424983v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056113v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Hammani" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00622275v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossana De Angelis" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469827v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00352916v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00352882v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350756v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Martinkyen" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350463v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350982v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390495v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Skryabin" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arne Kordts" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Zeltner" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Holzwarth" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Torres-Company" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>