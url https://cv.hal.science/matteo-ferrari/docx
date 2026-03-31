--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -961,169 +961,169 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02269318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giuseppe Ligato, L'ordalia dellafede. Il mita della crociata nel frammento di mosaico pavimentale recuperato dalla basilica di S. Maria Maggiore a Vercelli, Spolète, Centro italiano di studi sull'Alto Medioevo, 2011</w:t>
+                <w:t xml:space="preserve">Pour un armorial du Moyen Âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers de civilisation médiévale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, pp.516-517</w:t>
+              <w:t xml:space="preserve">L'Actualité Poitou-Charentes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Face à la couleur, 109, pp.20-21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02368558v1</w:t>
+                <w:t xml:space="preserve">halshs-03004058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pour un armorial du Moyen Âge</w:t>
+                <w:t xml:space="preserve">Giuseppe Ligato, L'ordalia dellafede. Il mita della crociata nel frammento di mosaico pavimentale recuperato dalla basilica di S. Maria Maggiore a Vercelli, Spolète, Centro italiano di studi sull'Alto Medioevo, 2011</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Actualité Poitou-Charentes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Face à la couleur, 109, pp.20-21</w:t>
+              <w:t xml:space="preserve">Cahiers de civilisation médiévale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.516-517</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03004058v1</w:t>
+                <w:t xml:space="preserve">halshs-02368558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La scultura a Brescia nell'eta dei Maggi (1298-1316). Un maestro veronese per la Loggia delle Grida del Broletto</w:t>
               </w:r>
@@ -1273,303 +1273,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05298989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beauvais, maison des Trois Piliers</w:t>
+                <w:t xml:space="preserve">L’Albenc, maison Sorrel-Barbier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ARMMA. Armorial monumental du Moyen-Âge [en ligne]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, https://armma.saprat.fr/monument/beauvais-maison-des-trois-piliers/</w:t>
+              <w:t xml:space="preserve">, 2024, https://armma.saprat.fr/monument/lalbenc-maison-sorrel-barbier/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05120149v1</w:t>
+                <w:t xml:space="preserve">halshs-05120129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’Albenc, maison Sorrel-Barbier</w:t>
+                <w:t xml:space="preserve">Beauvais, maison des Trois Piliers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ARMMA. Armorial monumental du Moyen-Âge [en ligne]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, https://armma.saprat.fr/monument/lalbenc-maison-sorrel-barbier/</w:t>
+              <w:t xml:space="preserve">, 2024, https://armma.saprat.fr/monument/beauvais-maison-des-trois-piliers/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05120129v1</w:t>
+                <w:t xml:space="preserve">halshs-05120149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ceaux-en-Couhé, ancienne église Saint-Clément</w:t>
+                <w:t xml:space="preserve">Trois-Etôts (Cernoy), château</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ARMMA. Armorial monumental du Moyen-Âge [en ligne]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, https://armma.saprat.fr/monument/ceaux-en-choue-ancienne-eglise-saint-clement/</w:t>
+              <w:t xml:space="preserve">, 2024, https://armma.saprat.fr/monument/trois-etots-cernoy-chateau/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05120168v1</w:t>
+                <w:t xml:space="preserve">halshs-05120139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trois-Etôts (Cernoy), château</w:t>
+                <w:t xml:space="preserve">Ceaux-en-Couhé, ancienne église Saint-Clément</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ARMMA. Armorial monumental du Moyen-Âge [en ligne]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, https://armma.saprat.fr/monument/trois-etots-cernoy-chateau/</w:t>
+              <w:t xml:space="preserve">, 2024, https://armma.saprat.fr/monument/ceaux-en-choue-ancienne-eglise-saint-clement/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05120139v1</w:t>
+                <w:t xml:space="preserve">halshs-05120168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gizay, château de Chambonneau</w:t>
               </w:r>
@@ -1618,454 +1618,454 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05120120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bellefonds (Vieux-Bellefonds), logis seigneurial</w:t>
+                <w:t xml:space="preserve">Marigny-Chemereau, église Saint-Nazaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ARMMA. Armorial monumental du Moyen-Âge [en ligne]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, https://armma.saprat.fr/monument/bellefonds-vieux-bellefonds-logis-seigneurial/</w:t>
+              <w:t xml:space="preserve">, 2023, https://armma.saprat.fr/monument/marigny-chemereau-eglise-saint-nazaire/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05119568v1</w:t>
+                <w:t xml:space="preserve">halshs-05120092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marigny-Chemereau, église Saint-Nazaire</w:t>
+                <w:t xml:space="preserve">Berthegon, église Notre-Dame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ARMMA. Armorial monumental du Moyen-Âge [en ligne]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, https://armma.saprat.fr/monument/marigny-chemereau-eglise-saint-nazaire/</w:t>
+              <w:t xml:space="preserve">, 2023, https://armma.saprat.fr/monument/berthegon-eglise-notre-dame/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05120092v1</w:t>
+                <w:t xml:space="preserve">halshs-05119565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Berthegon, église Notre-Dame</w:t>
+                <w:t xml:space="preserve">Pindray, château de Pruniers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ARMMA. Armorial monumental du Moyen-Âge [en ligne]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, https://armma.saprat.fr/monument/berthegon-eglise-notre-dame/</w:t>
+              <w:t xml:space="preserve">, 2023, https://armma.saprat.fr/monument/prindray-chateau-de-pruniers/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05119565v1</w:t>
+                <w:t xml:space="preserve">halshs-05120104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pindray, château de Pruniers</w:t>
+                <w:t xml:space="preserve">Bellefonds (Vieux-Bellefonds), logis seigneurial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Ferrari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ARMMA. Armorial monumental du Moyen-Âge [en ligne]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, https://armma.saprat.fr/monument/prindray-chateau-de-pruniers/</w:t>
+              <w:t xml:space="preserve">, 2023, https://armma.saprat.fr/monument/bellefonds-vieux-bellefonds-logis-seigneurial/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05120104v1</w:t>
+                <w:t xml:space="preserve">halshs-05119568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'Absie, abbaye Notre-Dame (église)</w:t>
+                <w:t xml:space="preserve">Poitiers, église Notre-Dame-la-Grande (chapelle Du Fou)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Ferrari</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claudine Landry-Delcroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ARMMA. Armorial monumental du Moyen-Âge [en ligne]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, https://armma.saprat.fr/monument/labsie-abbaye-notre-dame-eglise/</w:t>
+              <w:t xml:space="preserve">, 2022, https://armma.saprat.fr/monument/poitiers-eglise-notre-dame-la-grande-chapelle-du-fou/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05119559v1</w:t>
+                <w:t xml:space="preserve">halshs-05119556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poitiers, église Notre-Dame-la-Grande (chapelle Du Fou)</w:t>
+                <w:t xml:space="preserve">L'Absie, abbaye Notre-Dame (église)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Landry-Delcroix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ARMMA. Armorial monumental du Moyen-Âge [en ligne]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, https://armma.saprat.fr/monument/poitiers-eglise-notre-dame-la-grande-chapelle-du-fou/</w:t>
+              <w:t xml:space="preserve">, 2022, https://armma.saprat.fr/monument/labsie-abbaye-notre-dame-eglise/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05119556v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05119559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Ferté-Milon, château</w:t>
               </w:r>
@@ -2950,51 +2950,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05532468v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Ferrari" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hablot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torsten Hiltmann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thorbecke.de" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01212138v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lelettere.it" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05119543v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05119550v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02884814v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Rao" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierluigi Terenzi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/efr/6423?lang=fr" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.7110" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02481598v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360383v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54103/2611-318X/29474" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02393206v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefrm.4833" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-7WLBLJ1P-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02269318v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02368558v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03004058v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01018324v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298989v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05120149v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05120129v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05120168v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05120139v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05120120v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05119568v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05120092v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05119565v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05120104v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05119559v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Landry-Delcroix" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05119556v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02952062v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Liez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02952994v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02952058v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02951963v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01989608v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02481684v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.40783" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02481579v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02965901v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Andrault-Schmitt" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Prouteau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Belliard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Favreau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05532468v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Ferrari" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hablot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torsten Hiltmann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thorbecke.de" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01212138v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lelettere.it" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05119543v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05119550v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02884814v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Rao" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierluigi Terenzi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/efr/6423?lang=fr" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.7110" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02481598v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360383v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54103/2611-318X/29474" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02393206v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefrm.4833" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-7WLBLJ1P-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02269318v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03004058v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02368558v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01018324v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298989v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05120129v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05120149v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05120139v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05120168v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05120120v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05120092v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05119565v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05120104v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05119568v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05119556v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05119559v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Landry-Delcroix" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02952062v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Liez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02952994v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02952058v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02951963v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01989608v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02481684v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.40783" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02481579v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02965901v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Andrault-Schmitt" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Prouteau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Belliard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Favreau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>