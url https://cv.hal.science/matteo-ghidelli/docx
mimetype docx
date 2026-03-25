--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:101.85676392573px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Matteo Ghidelli </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">CNRS researcher @ Laboratoire des Sciences des Procédés et des Matériaux (LSPM) & Former Group Leader @ Max-Planck Institute for Sustainable Materials (MPI_SusMat, GmbH)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">matteo-ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6057-9040</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">188553533</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/H-6352-2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I am a permanent CNRS researcher at Laboratoire des Sciences des Procédés et des Matériaux (LSPM, Sorbonne Pairs Nord university) and Group Leader of the &amp;quot;Mechanics of Functional Thin Films&amp;quot; group composed by 7 faculty members, 1 engineer, and several PhD students and postdocs.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">After a double master degree in materials engineering at both Politecnico di Milano and Turin (Italy), I completed a joint PhD (2015) at the Université Grenoble Alpes (UGA, Frence) and the Université catholique de Louvain (UCL, Belgium) within the framework of the International Doctoral School in Functional Materials (IDS-FunMat).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I continued my academic career as postdoctoral fellow at University of Rome Tre (Italy) and at Politecnico di Milano (Itlay) and then as Group Leader at the Max-Planck-Institute for Sustainable Materials (MPISusMat, Germany), heading the group of “Thin films & Nanostructured Materials”.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">My main research interests focused on the synthesis of nanostructured thin films though innovative nanoengineering concepts/techniques and their micro-scale mechanical/functional characterization especially with in situ SEM techniques.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">At the present my group is constituted of 6 PhD students and 1 postdoctoral fellows. I am author of 45 papers in peer review journals and provided several invited lectures and seminars, while securing several national and international funds (total &amp;gt;2M €). In 2022 I obtained the “Habilitation à diriger des recherches (HDR)” from the Sorbonne Pairs Nord University.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">More details on my research activities can be found in my:</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Google Scholar </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://scholar.google.com/citations?user=b5E8iq0AAAAJ&hl=en</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">LinkedIn </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.linkedin.com/in/matteo-ghidelli-5932b64b/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Research gate profiles  </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.researchgate.net/profile/Matteo-Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Keywords: Thin films; metallic glasses; high entropy alloys, design of nanostructured thin films; micro- & nano-scale mechanics; in situ SEM techniques; functional properties; grain boundaries; local electrical properties.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (48)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing thermal stability and mechanical properties in fully-amorphous ZrCu nanolaminates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chanwon Jung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristiano Poltronieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Watermeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Materialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 303, pp.121681. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actamat.2025.121681⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05359389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanocolumnar ZrCu thin film metallic glass with tailored mechanical and electrical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgeniy Boltynjuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sree Harsha Nandam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Welle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thin Solid Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 825, pp.140748. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tsf.2025.140748⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05188399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extending mechanical size effect range of thin film metallic glasses by nanoengineering their atomic and nanostructure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Lemarchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Szilvia Kalácska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Thiaudiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Materialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 300, pp.121456. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actamat.2025.121456⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05231561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of chemical composition on mechanical properties and shear band propagation in fully-amorphous ZrCu/ZrCuAl nanolaminates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristiano Poltronieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chanwon Jung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatiha Challali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scripta Materialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 259, pp.116571. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scriptamat.2025.116571⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04911525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tailoring Mechanical Properties and Shear Band Propagation in ZrCu Metallic Glass Nanolaminates Through Chemical Heterogeneities and Interface Density</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ankush Kashiwar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chanwon Jung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xukai Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Ahmadian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Small Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/sstr.202400011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04597524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accounting for Localized Deformation: A Simple Computation of True Stress in Micropillar Compression Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Smiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oguz Umut Salman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I R Ionescu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 64, 64 (9), pp.1435-1442. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11340-024-01102-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04701136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decomposition and dewetting of super-saturated Cu-15 at. % Co solid solution film</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farnaz Farzam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bárbara Bellón</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Chatain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José A Jiménez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Breitbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials &amp; Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 241, pp.112892. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matdes.2024.112892⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equiatomic CoCrFeNi Thin Films on C‐Sapphire: The Role of Twins and Orientation Relationships</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maya Kini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subin Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Savan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Breitbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Engineering Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adem.202400720⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04701762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strain-and temperature-induced dilatancy in ZrNi thin film metallic glasses with nanoscale structural heterogeneities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Daudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hosni Idrissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Coulombier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Lhuissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Béché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Materials Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1557/s43578-024-01479-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04776546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel Class of Crystal/Glass Ultrafine Nanolaminates with Large and Tunable Mechanical Properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giancarlo Terraneo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Abadias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoph Gammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (27), pp.35686-35696. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsami.4c02610⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04631108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Swift heavy ion irradiation effect on structural, morphological and mechanical properties of Zr 70 Ni 30 metallic glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Boukhemkhem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Izerrouken</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pardoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Sari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Scripta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 98 (8), pp.085311. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1402-4896/ace387⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04178323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical properties and thermal stability of ZrCuAlx thin film metallic glasses: Experiments and first-principle calculations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristiano Poltronieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Evertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Materialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 258, pp.119226. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actamat.2023.119226⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04188534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Mechanism for Long Photo‐Induced Enhanced Raman Spectroscopy in Au Nanoparticles Embedded in TiO 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice R Bricchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic William</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Konstantakopoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Small</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 18, pp.2201088. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/smll.202201088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03696290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoporous Titanium (Oxy)nitride Films as Broadband Solar Absorbers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Bricchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Mascaretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Garattoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Mazza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (16), pp.18453-18463. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsami.2c01185⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03680643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of composition and nanostructure on the mechanical properties and thermal stability of Zr100-xCux thin film metallic glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James P Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials &amp; Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 219, pp.110752. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matdes.2022.110752⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03694848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dislocation-mediated electronic conductivity in rutile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qaisar Khushi Muhammad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Bishara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukas Porz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Dietz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Today Nano</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17, pp.100171. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mtnano.2021.100171⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03542369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of annealing on mechanical properties and thermal stability of ZrCu/O nanocomposite amorphous films synthetized by pulsed laser deposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saqib Rashid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edoardo Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Jaddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials &amp; Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 221, pp.110972. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matdes.2022.110972⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03767261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical and electronic properties of transparent conducting Ta:TiO 2 thin and ultra-thin films: the effect of doping and thickness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice R Bricchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Sygletou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Ornago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giancarlo Terraneo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bisio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2 (21), pp.7064-7076. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D1MA00584G⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03542507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding Grain Boundary Electrical Resistivity in Cu: The Effect of Boundary Structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Bishara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subin Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Brink</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Nano</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 15 (10), pp.16607 - 16615. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsnano.1c06367⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03424007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanocrystalline equiatomic CoCrFeNi alloy thin films: Are they single phase fcc?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maya K Kini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subin Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Savan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Breitbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Younes Addab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Surface and Coatings Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.126945. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.surfcoat.2021.126945⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03134419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of substrates and e-beam evaporation parameters on the microstructure of nanocrystalline and epitaxially grown Ti thin films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivek Devulapalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Bishara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Liebscher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Surface Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 562, pp.150194. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apsusc.2021.150194⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03246363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symbiotic crystal-glass alloys via dynamic chemical partitioning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ge Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chang Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan Bao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Today</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 51, pp.6-14. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mattod.2021.10.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03542403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoconfinement of Ionic Liquid into Porous Carbon Electrodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Borghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Piazzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Milani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Podestà</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 125 (2), pp.1292-1303. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpcc.0c08145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03246404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel class of nanostructured metallic glass films with superior and tunable mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey Orekhov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giancarlo Terraneo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Materialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 213, pp.116955. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actamat.2021.116955⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03241496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of Transparent Supercapacitors and Electrodes Using Nanostructured Metallic Glass Films for Wirelessly Rechargeable, Skin Heat Patches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sangil Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sang-Woo Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyeon Seok An</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiuk Jang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nano Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 20 (7), pp.4872-4881. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.nanolett.0c00869⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03247075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light management in TiO 2 thin films integrated with Au plasmonic nanoparticles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Mascaretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Roberta Bricchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarek Afifi Afifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semiconductor Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 35 (3), pp.035016. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6641/ab6cea⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03254972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approaches to Measure the Resistivity of Grain Boundaries in Metals with High Sensitivity and Spatial Resolution: A Case Study Employing Cu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Bishara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Applied Electronic Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 2 (7), pp.2049-2056. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsaelm.0c00311⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03247064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syngas Evolution from CO2 Electroreduction by Porous Au Nanostructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Mascaretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Niorettini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Roberta Bricchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Naldoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Applied Energy Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 3 (5), pp.4658-4668. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsaem.0c00301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03247081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly sensitive detection of estradiol by a SERS sensor based on TiO 2 covered with gold nanoparticles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ili Mohamad Ali Nasri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Bricchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Gauchotte-Lindsay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Beilstein Journal of Nanotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11, pp.1026-1035. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3762/bjnano.11.87⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03246424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A review of experimental approaches to fracture toughness evaluation at the micro-scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Ast</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karsten Durst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Göken</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Sebastiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials &amp; Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 173, pp.107762. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matdes.2019.107762⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated Au/TiO2 Nanostructured Photoanodes for Photoelectrochemical Organics Degradation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Matarrese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Mascia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annalisa Vacca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Mais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabetta Usai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (4), pp.340. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/catal9040340⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atomic-scale viscoplasticity mechanisms revealed in high ductility metallic glass films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hosni Idrissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Béché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stuart Turner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Gravier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (1), </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-019-49910-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03254981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of plasmonic Au nanoparticles in TiO2 hierarchical structures in a single-step pulsed laser co-deposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Roberta Bricchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Mascaretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Zapelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Russo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials &amp; Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 156, pp.311-319. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matdes.2018.06.051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engineering plasmonic nanostructured surfaces by pulsed laser deposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Mascaretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Roberta Bricchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Zapelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Russo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Surface Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 434, pp.1064-1073. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apsusc.2017.11.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microscopic Analysis of the Different Perchlorate Anions Intercalation Stages of Graphite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rossella Yivlialin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gianlorenzo Bussetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luigi Brambilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Castiglioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Tommasini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 121 (26), pp.14246-14253. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpcc.7b04303⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homogeneous flow and size dependent mechanical behavior in highly ductile Zr65Ni35 metallic glass films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hosni Idrissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Gravier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Blandin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Raskin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Materialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 131, pp.246-259. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actamat.2017.03.072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01914050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of indenter angle on micro‐scale fracture toughness measurement by pillar splitting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Sebastiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kurt Johanns</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">George Pharr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Ceramic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 100 (12), pp.5731-5738. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jace.15093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of the elastic moduli and residual stresses of freestanding Au-TiW bilayer thin films by nanoindentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Sebastiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Guillemet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials &amp; Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 106, pp.436-445. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matdes.2016.06.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extrinsic mechanical size effects in thin ZrNi metallic glass films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gravier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.J. Blandin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Mompiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Materialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 90, pp.23-241. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actamat.2015.02.038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01211307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Size-dependent failure mechanisms in ZrNi thin metallic glass films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Gravier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Blandin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Raskin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scripta Materialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 89, pp.9-12. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scriptamat.2014.06.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01120073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compositional-induced structural change in ZrxNi100−x thin film metallic glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Gravier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Blandin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pardoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Raskin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alloys and Compounds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 615, pp.S348-S351. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jallcom.2013.12.054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01120108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the mechanical size effects in Zr65Ni35 thin film metallic glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Volland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Blandin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pardoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Raskin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alloys and Compounds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 615, pp.S90-S92. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jallcom.2013.11.154⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01120094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-wavelength Raman scattering of nanostructured Al-doped zinc oxide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Russo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Gondoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlo Casari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 115 (7), pp.073508. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4866322⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrication of Nano-engineered Transparent Conducting Oxides by Pulsed Laser Deposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Gondoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Di Fonzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlo Casari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 72, </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3791/50297⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperbranched Quasi-1D Nanostructures for Solid-State Dye-Sensitized Solar Cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Passoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farbod Ghods</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Docampo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnese Abrusci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Martí-Rujas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Nano</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 7 (11), pp.10023-10031. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/nn403979h⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly Performing Al:ZnO Thin Films Grown by Pulsed Laser Deposition at Room Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Gondoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Di Fonzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Russo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Bruno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanoscience and Nanotechnology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 5 (4), pp.484-486. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1166/nnl.2013.1561⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural and functional properties of Al:ZnO thin films grown by Pulsed Laser Deposition at room temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Gondoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Di Fonzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Russo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Bruno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thin Solid Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 520 (14), pp.4707-4711. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tsf.2011.10.072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure-dependent optical and electrical transport properties of nanostructured Al-doped ZnO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Gondoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Di Fonzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Carminati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Russo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 23 (36), pp.365706. </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0957-4484/23/36/365706⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (67)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitigating Shear Band Instability in Crystal/Glass Nanolaminates Through Interface Engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Ezequiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgeniy Boltynjuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Ivanisenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horst Hahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIII International Conference on Computational Plasticity (COMPLAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IACM, Sep 2025, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tailoring mechanical properties in Thin Film Metallic Glasses and Crystal/Glass Nanolaminates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Ezequiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgeniy Boltynjuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Ivanisenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Solid Mechanics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05163152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced Thin Film High Entropy Alloys with Tailorable Microstructure and Mechanical Properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Vacirca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Paul Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Solid Mechanics Conference (ESMC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05163272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hindering Shear Band Propagation in Nanostructured Thin Film Metallic Glasses Through Atomic and Microstructural Heterogeneities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe DJEMIA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Liquid and Amorphous Metals (LAM19) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05175013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boosting mechanical properties of metallic thin films through advanced nanoengineered design strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">C'Nano 2025: The Nanoscience Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05175024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical properties of ZrCuAlx thin film metallic glasses and nanolaminates: experiments and first principle calculations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIII International conference on computational plasticity. Fundamentals and applications. COMPLAS 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05175018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoengineered high entropy alloys thin films with tailored mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Vacirca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinair for GDR HEAs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complex compositional alloys: Scale-up from 0D nanoparticles to 2D thin films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arjun Bharath Curam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ricolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées annuelles 2025 du GDR HEA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05133705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tailoring Structure and Mechanical Properties of TiZrHfTa Refractory Alloy Thin Films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Abadias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hocine Slimani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pietro Vecchietti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriadeg Chalopin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferenc Tasnadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 51th International Conference on Metallurgical Coatings and Thin Films (ICMCTF 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, San Diego (CA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05175050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strong and ductile of metallic thin films through advanced nanoengineered design strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific day of the Fédération de recherche Matériaux Val de Loire Limousine (MatV2L)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, Virtual conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05175032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced thin film high entropy alloys with tunable mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Vacirca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Paul Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVII international conference on computational plasticity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical Properties and Deformation Mechanisms of Metallic Thin Films Synthetized by Pulsed Laser Deposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Vacirca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe DJEMIA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 51st International Conference on Metallurgical Coatings and Thin Films (ICMCTF 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, San Diego (CA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05175052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Breaking the Strength-Ductility Paradigm in Metallic Thin Films via Atomic-Scale and Microstructural Engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited seminar at The University of Arizona, Materials Science and Engineering department, Tucson (AZ, United States)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Tucson (AZ), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05175039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing mechanical behavior of complex compositional alloy thin films by defect and interface engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arjun Bharath Curam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Ezequiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Abadias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ricolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Solid Mechanics Conference (ESMC 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05163085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overcoming the Strength-Plasticity Trade-Off in Metallic Thin Films through Atomic and Microstructural Design Strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited Seminar at Erich Schmid Institute of Materials Science (ESI), Austrian Academy of Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Leoben, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05175034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tailoring composition and microstructure to control mechanical properties and thermal stability of thin film metallic glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristiano Poltronieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe DJEMIA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European solid Mechanic Conference (ESMC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05175048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overcoming the strength-ductility trade-off in metallic thin films engineering their atomic and microstructure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited seminar at the Institute of Fundamental Technological Research - Polish Academy of Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Warsaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05175045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoengineering high-performance metallic thin films with large and tunable yield strength and ductility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plasticité 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tailoring microstructural heterogeneities in thin film metallic glasses and crystal/glass ultra-fine nanolaminates to enhance their mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanomechanical Testing in Materials Research and Development IX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Giardini Naxos, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boosting mechanical properties of thin film high entropy alloys through nanoengineering design strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Vacirca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Paul Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Local Mechanical Properties</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tailoring mechanical properties in nanoengineered high entropy alloy thin films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Vacirca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">InMa Characterization and Properties of Interface-Doimnated Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Aachen (Aix la Chapelle), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04753319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boosting Mechanical Properties of Metallic Thin Films Through Advanced Nanoengineered Design Strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 50th International Conference on Metallurgical Coatings and Thin Films (ICMCTF 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, San Diego (CA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thin film high entropy alloys with controllable nanoarchitecture and enhanced mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Vacirca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar at Karlsruhe Institute of Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Karlsruhe, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glass/crystal ZrCu/Fe nanolaminates with tunable mechanical and electrical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Ezequiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgeniy Boltynjuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Ivanisenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plasticité 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04672546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defect engineered structural evolution and mechanical characterisation of Fe x CoCrNi (100-x) complex compositional alloy thin films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arjun Bharath Curam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Ezequiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Abadias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">InMa 2024 Characterization and Properties of Interface-Dominated Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Aachen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04752801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boosting mechanical properties of metallic thin films through advanced nanoengineered design strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited Seminar Oak Ridge National Laboratories (ORNL), Center for Nanophase Materials Sciences (CNMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Oak Ridge, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoengineering high-performance metallic thin films with large and tunable mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited Seminar at Saint Gobain Recherche (SGR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Auberviliers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and characterization of CoCrNi &amp; FexCoCrNi(100-x) thin film complex compositional alloys with tailored atomic structure and mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arjun Bharath Curam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Abadias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ricolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Materials Research Society (E-MRS) Spring Meeting 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04672561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel thin film high entropy alloys with unique atomic structure and tunable mechanical properties (Nano-HEAs)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arjun Bharath Curam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ricolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème Colloque annuel du LabEx SEAM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Villetaneuse - Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04672574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tailoring atomic and microstructural heterogeneities in metallic glass thin films to control and enhance their mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Characterization and properties of interface-dominated materials (InMa 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Aachen (Aix la Chapelle), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tailoring compositional and microstructural heterogeneities in metallic glass and high entropy alloy thin films to achieve large and mutually exclusive mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited Seminar, Université catholique de Louvain (UCLouvain), IMaP lab</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Louvain-la-Neuve, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical and Electrical Properties of Amorphous/Crystalline Nanolaminates for Flexible Electronic Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Ezequiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgeniy Boltynjuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Ivanisenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">InMa 2024 Characterization and Properties of Interface-Dominated Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Aachen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strong and Ductile Metallic Glass Films Through Advanced Nanoarchitectural Design Strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVII International conf. on computational plasticity (COMPLAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04303775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoengineered thin film metallic glasses with mutual combination of large yield strength and ductility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 49th International Conference on Metallurgical Coatings and Thin Films (ICMCTF 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, San Diego (CA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04309929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engineering new nanostructured metallic film by pulsed laser deposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Vacirca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar at Karlsrouhe institute of technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Eggenstein-Leopoldshafen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In situ SEM mechanical characterization of advanced metallic films: recent & future developments @ LSPM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du Laboratoire des Sciences des Procédés et des Matériaux (LSPM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Villetaneuse (Université Paris 13), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04324757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoengineering the glassy state: toward novel thin film metallic glasses with outstanding combination of mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">C’Nano 2023: The Nanoscience Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04310452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New synthesis methods for thin film high entropy alloys with tunable microstructure and enhanced mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Vacirca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatiha Challali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar at Max Planck Institut für Eisenforschung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Dusseldorf, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and mechanical behavior of thin metallic glass films: unique properties and future challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Workshop on surface treatments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04303777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strong and ductile thin film metallic glasses through advanced nanoscale design strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pardoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hosni Idrissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First MecaNano General meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04309974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strong and ductile metallic thin films through advanced nanoengineering design strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited Seminar Laboratoire de Mécanique Paris-Saclay (LMPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Gif-sur-Ivette, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoarchitectured thin film high entropy alloys with enhanced and tunable mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Vacirca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar at department of energy, Politecnico di Milano</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Milan (Italie), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boosting mechanical & electrical properties of metallic thin films through advanced nanoengineering design strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar at Procédés et Ingénierie en Mécanique et Matériaux (PIMM) laboratory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04324768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engineering nanostructured metallic thin films by pulsed laser deposition with an outstanding combination of mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoph Gammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Lassnig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subin Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Metallurgical Coatings and Thin Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, San Diego (CA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel thin film high entropy alloys with tunable microstructure and enhanced mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Vacirca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuting Dai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Kübel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference Plasticité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and mechanical behavior of nanostructured high entropy alloy thin films by pulsed laser deposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Vacirca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatiha Challali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées annuelles du GDR « Métallurgie des Alliages à Haute entropie ou à Composition Complexe »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of composition and nanoarchitecture on mechanical properties of thin film metallic glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 11th European Solid Mechanics Conference (EMSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Galway, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04310502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical properties and biodegradability of Zn-based thin films for biodegradable stent applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristiano Poltronieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatiha Challali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Tetard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Bockelée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11TH EUROPEAN SOLID MECHANICS CONFERENCE (ESMC 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Galway, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04309415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoengineered thin film metallic glasses with outstanding mechanical/functional properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ge Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey Orekhov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dierk Raabe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiming Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 11th European Solid Mechanics Conference (EMSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Galway, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04310574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and mechanical characterization of sub-micrometer scale metallic glass films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives on Material Investigation Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Milan (Italie), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04303779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel nanostructured metallic thin films deposited by pulsed laser deposition with enhanced mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar at Karlsrouhe institute of technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Eggenstein-Leopoldshafen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural and mechanical properties of TiZrHfTax concentrated alloy thin films deposited by magnetron sputtering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pietro Vecchietti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Kournées annuelles du GDR-HEA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04310474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solid-state microstructural evolution and dewetting of CoxCu1-x thin films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farnaz Farzam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jazmin Duarte Correa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Chatain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deutsche Physikalische Gesellschaft (DPG) Condensed Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Regensburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04310489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel nanostructured metallic thin films deposited by pulsed laser deposition with improved mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar of PhD students at LSPM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Villetaneuse (Université Paris 13), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of nanoengineered ZrCuAl thin film metallic glasses by pulsed laser deposition with enhanced mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Tetard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatiha Challali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS SPRING MEETING 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Online Conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel nanoengineered metallic thin films with superior mechanical/electrical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar at University of Turin, Chemistry department</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Torino, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04324782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of grain boundary structure on electrical resistivity for a pure metal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Bishara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lena Frommeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subin Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Brink</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Internal Interfaces (ICII-2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Castle Rheinfels, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and local electrical resistivity in copper grain boundaries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Bishara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deutsche Physikalische Gesellschaft (DPG) Spring Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Virtual conference, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04312708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward novel stretchable electronics with nanostructured metallic glass films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hosni Idrissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey Orekhov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Raskin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jang-Ung Park</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 47th International Conference on Metallurgical Coatings and Thin Films (ICMCTF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Virtual conference, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04312703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationship between structure and local electrical resistivity in copper grain boundaries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Bishara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lena Frommeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subin Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Brink</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Materials Research Society (E-MRS) Spring Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Virtual conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04303782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel nanostructured metallic glass films: unique mechanical properties and stretchable electronic applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arlberg Materials Science Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Virtual conference, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04303785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and micro- & nanoscale characterization of nanoengineered thin films with superior mechanical/electrical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar at Université de Poitiers, Institut PPrime</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04324800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel class of amorphous/crystalline high entropy alloys multilayer thin films with superior mechanical properties and thermal stability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ge Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chang Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan Bao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Annuelles du GDR HEA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Thiais, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04310537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards new multielemental thin film metallic glasses with enhanced mechanical properties and thermal stability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar of PhD students at LSPM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Villetaneuse (Université Paris 13), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and characterization of thin film metallic glasses for biomedical applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristiano Poltronieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatiha Challali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Tetard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Bockelée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar at Max-Planck-Institut für Eisenforschung GmbH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Dusseldorf, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04309995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel nanostructured thin film metallic glasses for stretchable electronics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hosni Idrissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey Orekhov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pierre Raskin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jang-Ung Park</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Materials Research society (EMRS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Virtual conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward novel nanostructured materials with advanced micro- & nanoscale mechanical/electrical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminars of the Laboratoire des Sciences des Procédés et des Matériaux, Villetaneuse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2020, Villetaneuse (Université Paris 13), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04324807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refractory high entropy alloy thin films with controlled oxygen addition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayadjenou Humphrey Hounsinou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arjun Bharath Curam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaysen Nelayah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées annuelles 2025 du GDR HEA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Villeurbanne (France), France. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05030496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel complex compositional alloy thin films (CCA-TFs) with unique atomic structures and tailored mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arjun Bharath Curam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Abadias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ricolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MecaNano General Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Krakow, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05133708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and characterization of TiZrHfTax refractory high entropy alloys thin films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hocine Slimani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriadeg Chalopin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pietro Vecchietti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Abadias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées annuelles 2025 du GDR HEAs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Lyon, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05163411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suppressing shear band instability in crystal/glass nanolaminates with high strength and plasticity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Ezequiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgeniy Boltynjuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Ivanisenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horst Hahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MecaNano General Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Krakow (Cracovie), Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05163090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoengineered high entropy alloys thin films with large and tunable mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Vacirca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanomechanical Testing in Materials Research and Development IX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Giardini Naxos, Italy. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04749719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical and Electrical Properties of Nanostructured Thin Film Metallic Glasses for Flexible Electronic Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco EZEQUIEL</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgeniy BOLTYNJUK</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia IVANISENKO</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien FAURIE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe DJEMIA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanomechanical Testing in Materials Research and Development IX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Giardini Naxos, Messina (Sicily), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of annealing treatment on mechanical properties of nanostructured metallic films deposited by pulsed laser deposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saqib Rashid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edoardo Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Sebastiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Metallurgical Coatings and Thin Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, San Diego (CA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and characterization of CoCrNi and Fex(CoCrNi)1-X high entropy alloy thin films with unique atomic structures and enhanced mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arjun Bharath Curam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Abadias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ricolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">École d'été - Cargèse IESC - École HEA Métallurgie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Cargèse, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of composition and nanostructure on mechanical properties and thermal stability of ZrCuAl x thin film metallic glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristiano Poltronieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Evertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First MecaNano General meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04309389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solid-state dewetting behavior of CoCu thin films with different compositions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farnaz Farzam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jazmin Duarte Correa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Chatain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structural, Nanomaterials Gordon Research Conference (Structural Nanomaterials)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Les Diablerets, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04312732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying the effect of the composition on solid state dewetting behavior of CoCu thin films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farnaz Farzam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jazmin Duarte Correa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Chatain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Materials Research Society (EMRS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Virtual conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04312867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the mechanical properties and thermal stability of ZrxCu100-x thin film metallic glasses with different compositions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanobrücken 2021 - Nanomechanical Testing Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Virtual conference, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04312891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of composition on mechanical properties and thermal stability of ZrCu thin film metallic glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Materials Research Society (E-MRS) Spring Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Virtual conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04312887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accounting for localized deformation: a simple computation of true stress in micropillar compression experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oguz Umut Salman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioan Ioanescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Smari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04237499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Size dependent mechanical behavior of Zr-Ni thin metallic glass films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Materials. Université Grenoble Alpes; Université catholique de Louvain (1970-..), 2015. English. </w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2015GREAI021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01310217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId363"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:101.85676392573px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Matteo Ghidelli </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">CNRS researcher @ Laboratoire des Sciences des Procédés et des Matériaux (LSPM) & Former Group Leader @ Max-Planck Institute for Sustainable Materials (MPI_SusMat, GmbH)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">matteo-ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6057-9040</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">188553533</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/H-6352-2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I am a permanent CNRS researcher at Laboratoire des Sciences des Procédés et des Matériaux (LSPM, Sorbonne Pairs Nord university) and Group Leader of the &amp;quot;Mechanics of Functional Thin Films&amp;quot; group composed by 7 faculty members, 1 engineer, and several PhD students and postdocs.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">After a double master degree in materials engineering at both Politecnico di Milano and Turin (Italy), I completed a joint PhD (2015) at the Université Grenoble Alpes (UGA, Frence) and the Université catholique de Louvain (UCL, Belgium) within the framework of the International Doctoral School in Functional Materials (IDS-FunMat).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I continued my academic career as postdoctoral fellow at University of Rome Tre (Italy) and at Politecnico di Milano (Itlay) and then as Group Leader at the Max-Planck-Institute for Sustainable Materials (MPISusMat, Germany), heading the group of “Thin films & Nanostructured Materials”.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">My main research interests focused on the synthesis of nanostructured thin films though innovative nanoengineering concepts/techniques and their micro-scale mechanical/functional characterization especially with in situ SEM techniques.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">At the present my group is constituted of 6 PhD students and 1 postdoctoral fellows. I am author of 45 papers in peer review journals and provided several invited lectures and seminars, while securing several national and international funds (total &amp;gt;2M €). In 2022 I obtained the “Habilitation à diriger des recherches (HDR)” from the Sorbonne Pairs Nord University.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">More details on my research activities can be found in my:</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Google Scholar </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://scholar.google.com/citations?user=b5E8iq0AAAAJ&hl=en</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">LinkedIn </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.linkedin.com/in/matteo-ghidelli-5932b64b/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Research gate profiles  </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.researchgate.net/profile/Matteo-Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Keywords: Thin films; metallic glasses; high entropy alloys, design of nanostructured thin films; micro- & nano-scale mechanics; in situ SEM techniques; functional properties; grain boundaries; local electrical properties.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (49)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FIB-induced gallium contamination as a tool to access aluminium crystallographic information from atom probe tomography data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Mottay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Masoud Ahmadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Nothomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Vacirca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ultramicroscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 283, pp.114348. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ultramic.2026.114348⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05550592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing thermal stability and mechanical properties in fully-amorphous ZrCu nanolaminates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chanwon Jung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristiano Poltronieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Watermeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Materialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 303, pp.121681. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actamat.2025.121681⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05359389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extending mechanical size effect range of thin film metallic glasses by nanoengineering their atomic and nanostructure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Lemarchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Szilvia Kalácska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Thiaudiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Materialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 300, pp.121456. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actamat.2025.121456⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05231561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanocolumnar ZrCu thin film metallic glass with tailored mechanical and electrical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgeniy Boltynjuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sree Harsha Nandam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Welle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thin Solid Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 825, pp.140748. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tsf.2025.140748⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05188399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of chemical composition on mechanical properties and shear band propagation in fully-amorphous ZrCu/ZrCuAl nanolaminates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristiano Poltronieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chanwon Jung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatiha Challali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scripta Materialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 259, pp.116571. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scriptamat.2025.116571⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04911525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel Class of Crystal/Glass Ultrafine Nanolaminates with Large and Tunable Mechanical Properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giancarlo Terraneo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Abadias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoph Gammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (27), pp.35686-35696. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsami.4c02610⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04631108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decomposition and dewetting of super-saturated Cu-15 at. % Co solid solution film</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farnaz Farzam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bárbara Bellón</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Chatain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José A Jiménez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Breitbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials &amp; Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 241, pp.112892. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matdes.2024.112892⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04531917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accounting for Localized Deformation: A Simple Computation of True Stress in Micropillar Compression Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Smiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oguz Umut Salman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I R Ionescu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Mechanics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 64, 64 (9), pp.1435-1442. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11340-024-01102-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04701136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tailoring Mechanical Properties and Shear Band Propagation in ZrCu Metallic Glass Nanolaminates Through Chemical Heterogeneities and Interface Density</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ankush Kashiwar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chanwon Jung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xukai Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Ahmadian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Small Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/sstr.202400011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04597524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equiatomic CoCrFeNi Thin Films on C‐Sapphire: The Role of Twins and Orientation Relationships</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maya Kini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subin Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Savan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Breitbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Engineering Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adem.202400720⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04701762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strain-and temperature-induced dilatancy in ZrNi thin film metallic glasses with nanoscale structural heterogeneities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Daudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hosni Idrissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Coulombier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Lhuissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Béché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Materials Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1557/s43578-024-01479-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04776546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Swift heavy ion irradiation effect on structural, morphological and mechanical properties of Zr 70 Ni 30 metallic glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wafa Boukhemkhem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahmoud Izerrouken</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pardoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Sari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Scripta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 98 (8), pp.085311. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1402-4896/ace387⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04178323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical properties and thermal stability of ZrCuAlx thin film metallic glasses: Experiments and first-principle calculations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristiano Poltronieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Evertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Materialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 258, pp.119226. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actamat.2023.119226⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04188534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dislocation-mediated electronic conductivity in rutile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qaisar Khushi Muhammad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Bishara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lukas Porz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Dietz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Today Nano</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17, pp.100171. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mtnano.2021.100171⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03542369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of annealing on mechanical properties and thermal stability of ZrCu/O nanocomposite amorphous films synthetized by pulsed laser deposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saqib Rashid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edoardo Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Jaddi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials &amp; Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 221, pp.110972. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matdes.2022.110972⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03767261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoporous Titanium (Oxy)nitride Films as Broadband Solar Absorbers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Bricchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Mascaretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Garattoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Mazza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (16), pp.18453-18463. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsami.2c01185⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03680643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Mechanism for Long Photo‐Induced Enhanced Raman Spectroscopy in Au Nanoparticles Embedded in TiO 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice R Bricchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic William</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Konstantakopoulou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Small</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 18, pp.2201088. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/smll.202201088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03696290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of composition and nanostructure on the mechanical properties and thermal stability of Zr100-xCux thin film metallic glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James P Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials &amp; Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 219, pp.110752. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matdes.2022.110752⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03694848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoconfinement of Ionic Liquid into Porous Carbon Electrodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Borghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Piazzoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Milani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Podestà</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 125 (2), pp.1292-1303. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpcc.0c08145⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03246404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel class of nanostructured metallic glass films with superior and tunable mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey Orekhov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giancarlo Terraneo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Materialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 213, pp.116955. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actamat.2021.116955⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03241496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical and electronic properties of transparent conducting Ta:TiO 2 thin and ultra-thin films: the effect of doping and thickness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice R Bricchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Sygletou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Ornago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giancarlo Terraneo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bisio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Advances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2 (21), pp.7064-7076. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D1MA00584G⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03542507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding Grain Boundary Electrical Resistivity in Cu: The Effect of Boundary Structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Bishara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subin Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Brink</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Nano</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 15 (10), pp.16607 - 16615. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsnano.1c06367⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03424007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of substrates and e-beam evaporation parameters on the microstructure of nanocrystalline and epitaxially grown Ti thin films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivek Devulapalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Bishara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Liebscher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Surface Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 562, pp.150194. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apsusc.2021.150194⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03246363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symbiotic crystal-glass alloys via dynamic chemical partitioning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ge Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chang Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan Bao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Today</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 51, pp.6-14. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mattod.2021.10.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03542403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanocrystalline equiatomic CoCrFeNi alloy thin films: Are they single phase fcc?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maya K Kini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subin Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Savan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Breitbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Younes Addab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Surface and Coatings Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.126945. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.surfcoat.2021.126945⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03134419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly sensitive detection of estradiol by a SERS sensor based on TiO 2 covered with gold nanoparticles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ili Mohamad Ali Nasri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Bricchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Gauchotte-Lindsay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Beilstein Journal of Nanotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11, pp.1026-1035. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3762/bjnano.11.87⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03246424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approaches to Measure the Resistivity of Grain Boundaries in Metals with High Sensitivity and Spatial Resolution: A Case Study Employing Cu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Bishara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Applied Electronic Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 2 (7), pp.2049-2056. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsaelm.0c00311⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03247064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of Transparent Supercapacitors and Electrodes Using Nanostructured Metallic Glass Films for Wirelessly Rechargeable, Skin Heat Patches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sangil Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sang-Woo Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyeon Seok An</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiuk Jang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nano Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 20 (7), pp.4872-4881. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.nanolett.0c00869⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03247075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Light management in TiO 2 thin films integrated with Au plasmonic nanoparticles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Mascaretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Roberta Bricchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarek Afifi Afifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semiconductor Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 35 (3), pp.035016. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6641/ab6cea⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03254972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syngas Evolution from CO2 Electroreduction by Porous Au Nanostructures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Mascaretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Niorettini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Roberta Bricchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Naldoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Applied Energy Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 3 (5), pp.4658-4668. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsaem.0c00301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03247081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A review of experimental approaches to fracture toughness evaluation at the micro-scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Ast</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karsten Durst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Göken</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Sebastiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials &amp; Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 173, pp.107762. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matdes.2019.107762⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated Au/TiO2 Nanostructured Photoanodes for Photoelectrochemical Organics Degradation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Matarrese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michele Mascia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annalisa Vacca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Mais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabetta Usai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalysts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (4), pp.340. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/catal9040340⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atomic-scale viscoplasticity mechanisms revealed in high ductility metallic glass films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hosni Idrissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Béché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stuart Turner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Gravier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (1), </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-019-49910-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03254981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of plasmonic Au nanoparticles in TiO2 hierarchical structures in a single-step pulsed laser co-deposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Roberta Bricchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Mascaretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Zapelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Russo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials &amp; Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 156, pp.311-319. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matdes.2018.06.051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engineering plasmonic nanostructured surfaces by pulsed laser deposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Mascaretti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatrice Roberta Bricchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Zapelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Russo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Surface Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 434, pp.1064-1073. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apsusc.2017.11.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of indenter angle on micro‐scale fracture toughness measurement by pillar splitting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Sebastiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kurt Johanns</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">George Pharr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the American Ceramic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 100 (12), pp.5731-5738. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/jace.15093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homogeneous flow and size dependent mechanical behavior in highly ductile Zr65Ni35 metallic glass films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hosni Idrissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Gravier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Blandin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Raskin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Materialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 131, pp.246-259. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actamat.2017.03.072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01914050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microscopic Analysis of the Different Perchlorate Anions Intercalation Stages of Graphite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rossella Yivlialin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gianlorenzo Bussetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luigi Brambilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiara Castiglioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Tommasini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 121 (26), pp.14246-14253. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpcc.7b04303⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of the elastic moduli and residual stresses of freestanding Au-TiW bilayer thin films by nanoindentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Sebastiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Guillemet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials &amp; Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 106, pp.436-445. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matdes.2016.06.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extrinsic mechanical size effects in thin ZrNi metallic glass films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gravier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.J. Blandin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Mompiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Materialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 90, pp.23-241. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actamat.2015.02.038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01211307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-wavelength Raman scattering of nanostructured Al-doped zinc oxide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Russo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Gondoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlo Casari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 115 (7), pp.073508. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4866322⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compositional-induced structural change in ZrxNi100−x thin film metallic glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Gravier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Blandin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pardoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Raskin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alloys and Compounds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 615, pp.S348-S351. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jallcom.2013.12.054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01120108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Size-dependent failure mechanisms in ZrNi thin metallic glass films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Gravier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Blandin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Raskin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Lani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scripta Materialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 89, pp.9-12. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scriptamat.2014.06.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01120073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the mechanical size effects in Zr65Ni35 thin film metallic glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Volland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Blandin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pardoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Raskin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alloys and Compounds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 615, pp.S90-S92. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jallcom.2013.11.154⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01120094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrication of Nano-engineered Transparent Conducting Oxides by Pulsed Laser Deposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Gondoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Di Fonzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlo Casari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 72, </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3791/50297⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperbranched Quasi-1D Nanostructures for Solid-State Dye-Sensitized Solar Cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Passoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farbod Ghods</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Docampo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnese Abrusci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Martí-Rujas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Nano</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 7 (11), pp.10023-10031. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/nn403979h⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Highly Performing Al:ZnO Thin Films Grown by Pulsed Laser Deposition at Room Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Gondoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Di Fonzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Russo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Bruno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanoscience and Nanotechnology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 5 (4), pp.484-486. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1166/nnl.2013.1561⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural and functional properties of Al:ZnO thin films grown by Pulsed Laser Deposition at room temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Gondoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Di Fonzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Russo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Bruno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thin Solid Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 520 (14), pp.4707-4711. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tsf.2011.10.072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure-dependent optical and electrical transport properties of nanostructured Al-doped ZnO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Gondoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Di Fonzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Carminati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Russo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 23 (36), pp.365706. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0957-4484/23/36/365706⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (67)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overcoming the Strength-Plasticity Trade-Off in Metallic Thin Films through Atomic and Microstructural Design Strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited Seminar at Erich Schmid Institute of Materials Science (ESI), Austrian Academy of Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Leoben, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05175034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tailoring composition and microstructure to control mechanical properties and thermal stability of thin film metallic glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristiano Poltronieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe DJEMIA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European solid Mechanic Conference (ESMC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05175048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overcoming the strength-ductility trade-off in metallic thin films engineering their atomic and microstructure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited seminar at the Institute of Fundamental Technological Research - Polish Academy of Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Warsaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05175045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complex compositional alloys: Scale-up from 0D nanoparticles to 2D thin films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arjun Bharath Curam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ricolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées annuelles 2025 du GDR HEA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05133705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tailoring Structure and Mechanical Properties of TiZrHfTa Refractory Alloy Thin Films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Abadias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hocine Slimani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pietro Vecchietti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriadeg Chalopin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferenc Tasnadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 51th International Conference on Metallurgical Coatings and Thin Films (ICMCTF 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, San Diego (CA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05175050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strong and ductile of metallic thin films through advanced nanoengineered design strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific day of the Fédération de recherche Matériaux Val de Loire Limousine (MatV2L)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, Virtual conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05175032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoengineered high entropy alloys thin films with tailored mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Vacirca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinair for GDR HEAs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04938442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boosting mechanical properties of metallic thin films through advanced nanoengineered design strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">C'Nano 2025: The Nanoscience Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05175024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical properties of ZrCuAlx thin film metallic glasses and nanolaminates: experiments and first principle calculations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIII International conference on computational plasticity. Fundamentals and applications. COMPLAS 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05175018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced Thin Film High Entropy Alloys with Tailorable Microstructure and Mechanical Properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Vacirca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Paul Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Solid Mechanics Conference (ESMC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05163272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hindering Shear Band Propagation in Nanostructured Thin Film Metallic Glasses Through Atomic and Microstructural Heterogeneities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe DJEMIA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Liquid and Amorphous Metals (LAM19) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05175013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tailoring mechanical properties in Thin Film Metallic Glasses and Crystal/Glass Nanolaminates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Ezequiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgeniy Boltynjuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Ivanisenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Solid Mechanics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05163152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitigating Shear Band Instability in Crystal/Glass Nanolaminates Through Interface Engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Ezequiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgeniy Boltynjuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Ivanisenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horst Hahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIII International Conference on Computational Plasticity (COMPLAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IACM, Sep 2025, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical Properties and Deformation Mechanisms of Metallic Thin Films Synthetized by Pulsed Laser Deposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Vacirca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe DJEMIA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 51st International Conference on Metallurgical Coatings and Thin Films (ICMCTF 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, San Diego (CA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05175052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced thin film high entropy alloys with tunable mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Vacirca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Paul Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVII international conference on computational plasticity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Breaking the Strength-Ductility Paradigm in Metallic Thin Films via Atomic-Scale and Microstructural Engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited seminar at The University of Arizona, Materials Science and Engineering department, Tucson (AZ, United States)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Tucson (AZ), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05175039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing mechanical behavior of complex compositional alloy thin films by defect and interface engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arjun Bharath Curam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Ezequiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Abadias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ricolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th European Solid Mechanics Conference (ESMC 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05163085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and characterization of CoCrNi &amp; FexCoCrNi(100-x) thin film complex compositional alloys with tailored atomic structure and mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arjun Bharath Curam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Abadias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ricolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Materials Research Society (E-MRS) Spring Meeting 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04672561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boosting mechanical properties of metallic thin films through advanced nanoengineered design strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited Seminar Oak Ridge National Laboratories (ORNL), Center for Nanophase Materials Sciences (CNMS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Oak Ridge, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoengineering high-performance metallic thin films with large and tunable mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited Seminar at Saint Gobain Recherche (SGR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Auberviliers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defect engineered structural evolution and mechanical characterisation of Fe x CoCrNi (100-x) complex compositional alloy thin films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arjun Bharath Curam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Ezequiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Abadias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">InMa 2024 Characterization and Properties of Interface-Dominated Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Aachen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04752801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glass/crystal ZrCu/Fe nanolaminates with tunable mechanical and electrical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Ezequiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgeniy Boltynjuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Ivanisenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plasticité 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04672546v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boosting Mechanical Properties of Metallic Thin Films Through Advanced Nanoengineered Design Strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 50th International Conference on Metallurgical Coatings and Thin Films (ICMCTF 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, San Diego (CA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thin film high entropy alloys with controllable nanoarchitecture and enhanced mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Vacirca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar at Karlsruhe Institute of Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Karlsruhe, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boosting mechanical properties of thin film high entropy alloys through nanoengineering design strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Vacirca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Paul Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Local Mechanical Properties</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tailoring mechanical properties in nanoengineered high entropy alloy thin films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Vacirca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">InMa Characterization and Properties of Interface-Doimnated Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Aachen (Aix la Chapelle), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04753319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoengineering high-performance metallic thin films with large and tunable yield strength and ductility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plasticité 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tailoring microstructural heterogeneities in thin film metallic glasses and crystal/glass ultra-fine nanolaminates to enhance their mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanomechanical Testing in Materials Research and Development IX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Giardini Naxos, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel thin film high entropy alloys with unique atomic structure and tunable mechanical properties (Nano-HEAs)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arjun Bharath Curam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ricolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème Colloque annuel du LabEx SEAM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Villetaneuse - Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04672574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tailoring compositional and microstructural heterogeneities in metallic glass and high entropy alloy thin films to achieve large and mutually exclusive mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited Seminar, Université catholique de Louvain (UCLouvain), IMaP lab</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Louvain-la-Neuve, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tailoring atomic and microstructural heterogeneities in metallic glass thin films to control and enhance their mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Characterization and properties of interface-dominated materials (InMa 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Aachen (Aix la Chapelle), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical and Electrical Properties of Amorphous/Crystalline Nanolaminates for Flexible Electronic Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Ezequiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgeniy Boltynjuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Ivanisenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">InMa 2024 Characterization and Properties of Interface-Dominated Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Aachen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel thin film high entropy alloys with tunable microstructure and enhanced mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Vacirca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuting Dai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Kübel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference Plasticité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engineering nanostructured metallic thin films by pulsed laser deposition with an outstanding combination of mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoph Gammer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Lassnig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subin Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Metallurgical Coatings and Thin Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, San Diego (CA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoengineering the glassy state: toward novel thin film metallic glasses with outstanding combination of mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">C’Nano 2023: The Nanoscience Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04310452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New synthesis methods for thin film high entropy alloys with tunable microstructure and enhanced mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Vacirca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatiha Challali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar at Max Planck Institut für Eisenforschung</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Dusseldorf, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and mechanical behavior of thin metallic glass films: unique properties and future challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Workshop on surface treatments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04303777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strong and ductile thin film metallic glasses through advanced nanoscale design strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pardoen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hosni Idrissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First MecaNano General meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04309974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In situ SEM mechanical characterization of advanced metallic films: recent & future developments @ LSPM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du Laboratoire des Sciences des Procédés et des Matériaux (LSPM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Villetaneuse (Université Paris 13), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04324757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoengineered thin film metallic glasses with mutual combination of large yield strength and ductility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 49th International Conference on Metallurgical Coatings and Thin Films (ICMCTF 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, San Diego (CA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04309929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strong and Ductile Metallic Glass Films Through Advanced Nanoarchitectural Design Strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVII International conf. on computational plasticity (COMPLAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04303775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engineering new nanostructured metallic film by pulsed laser deposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Vacirca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar at Karlsrouhe institute of technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Eggenstein-Leopoldshafen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strong and ductile metallic thin films through advanced nanoengineering design strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited Seminar Laboratoire de Mécanique Paris-Saclay (LMPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Gif-sur-Ivette, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04755145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoarchitectured thin film high entropy alloys with enhanced and tunable mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Vacirca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar at department of energy, Politecnico di Milano</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Milan (Italie), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boosting mechanical & electrical properties of metallic thin films through advanced nanoengineering design strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar at Procédés et Ingénierie en Mécanique et Matériaux (PIMM) laboratory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04324768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel nanoengineered metallic thin films with superior mechanical/electrical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar at University of Turin, Chemistry department</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Torino, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04324782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of nanoengineered ZrCuAl thin film metallic glasses by pulsed laser deposition with enhanced mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Tetard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatiha Challali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E-MRS SPRING MEETING 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Online Conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel nanostructured metallic thin films deposited by pulsed laser deposition with improved mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar of PhD students at LSPM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Villetaneuse (Université Paris 13), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of composition and nanoarchitecture on mechanical properties of thin film metallic glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 11th European Solid Mechanics Conference (EMSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Galway, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04310502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and mechanical behavior of nanostructured high entropy alloy thin films by pulsed laser deposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Vacirca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatiha Challali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées annuelles du GDR « Métallurgie des Alliages à Haute entropie ou à Composition Complexe »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical properties and biodegradability of Zn-based thin films for biodegradable stent applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristiano Poltronieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatiha Challali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Tetard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Bockelée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11TH EUROPEAN SOLID MECHANICS CONFERENCE (ESMC 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Galway, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04309415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoengineered thin film metallic glasses with outstanding mechanical/functional properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ge Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey Orekhov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dierk Raabe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiming Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 11th European Solid Mechanics Conference (EMSC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Galway, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04310574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and mechanical characterization of sub-micrometer scale metallic glass films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives on Material Investigation Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Milan (Italie), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04303779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel nanostructured metallic thin films deposited by pulsed laser deposition with enhanced mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar at Karlsrouhe institute of technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Eggenstein-Leopoldshafen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural and mechanical properties of TiZrHfTax concentrated alloy thin films deposited by magnetron sputtering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pietro Vecchietti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Kournées annuelles du GDR-HEA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04310474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solid-state microstructural evolution and dewetting of CoxCu1-x thin films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farnaz Farzam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jazmin Duarte Correa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Chatain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deutsche Physikalische Gesellschaft (DPG) Condensed Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Regensburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04310489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel nanostructured thin film metallic glasses for stretchable electronics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hosni Idrissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey Orekhov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pierre Raskin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jang-Ung Park</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Materials Research society (EMRS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Virtual conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel class of amorphous/crystalline high entropy alloys multilayer thin films with superior mechanical properties and thermal stability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ge Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chang Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yan Bao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Annuelles du GDR HEA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Thiais, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04310537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and characterization of thin film metallic glasses for biomedical applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristiano Poltronieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatiha Challali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Tetard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Bockelée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar at Max-Planck-Institut für Eisenforschung GmbH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Dusseldorf, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04309995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards new multielemental thin film metallic glasses with enhanced mechanical properties and thermal stability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar of PhD students at LSPM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Villetaneuse (Université Paris 13), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationship between structure and local electrical resistivity in copper grain boundaries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Bishara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lena Frommeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subin Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Brink</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Materials Research Society (E-MRS) Spring Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Virtual conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04303782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward novel stretchable electronics with nanostructured metallic glass films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hosni Idrissi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey Orekhov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Raskin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jang-Ung Park</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 47th International Conference on Metallurgical Coatings and Thin Films (ICMCTF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Virtual conference, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04312703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and local electrical resistivity in copper grain boundaries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Bishara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deutsche Physikalische Gesellschaft (DPG) Spring Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Virtual conference, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04312708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of grain boundary structure on electrical resistivity for a pure metal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Bishara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lena Frommeyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subin Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobias Brink</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Internal Interfaces (ICII-2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Castle Rheinfels, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel nanostructured metallic glass films: unique mechanical properties and stretchable electronic applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arlberg Materials Science Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Virtual conference, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04303785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and micro- & nanoscale characterization of nanoengineered thin films with superior mechanical/electrical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminar at Université de Poitiers, Institut PPrime</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04324800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward novel nanostructured materials with advanced micro- & nanoscale mechanical/electrical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminars of the Laboratoire des Sciences des Procédés et des Matériaux, Villetaneuse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2020, Villetaneuse (Université Paris 13), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04324807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel complex compositional alloy thin films (CCA-TFs) with unique atomic structures and tailored mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arjun Bharath Curam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Abadias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ricolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MecaNano General Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Krakow, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05133708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refractory high entropy alloy thin films with controlled oxygen addition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayadjenou Humphrey Hounsinou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arjun Bharath Curam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaysen Nelayah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées annuelles 2025 du GDR HEA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Villeurbanne (France), France. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05030496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and characterization of TiZrHfTax refractory high entropy alloys thin films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hocine Slimani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriadeg Chalopin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pietro Vecchietti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Abadias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées annuelles 2025 du GDR HEAs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Lyon, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05163411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suppressing shear band instability in crystal/glass nanolaminates with high strength and plasticity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Ezequiel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgeniy Boltynjuk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Ivanisenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horst Hahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MecaNano General Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Krakow (Cracovie), Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05163090v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical and Electrical Properties of Nanostructured Thin Film Metallic Glasses for Flexible Electronic Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco EZEQUIEL</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgeniy BOLTYNJUK</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia IVANISENKO</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien FAURIE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe DJEMIA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanomechanical Testing in Materials Research and Development IX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Giardini Naxos, Messina (Sicily), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04756340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoengineered high entropy alloys thin films with large and tunable mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Vacirca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Li Bassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanomechanical Testing in Materials Research and Development IX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Giardini Naxos, Italy. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04749719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of composition and nanostructure on mechanical properties and thermal stability of ZrCuAl x thin film metallic glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristiano Poltronieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Evertz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First MecaNano General meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04309389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of annealing treatment on mechanical properties of nanostructured metallic films deposited by pulsed laser deposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Bignoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saqib Rashid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edoardo Rossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Sebastiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Metallurgical Coatings and Thin Films</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, San Diego (CA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and characterization of CoCrNi and Fex(CoCrNi)1-X high entropy alloy thin films with unique atomic structures and enhanced mechanical properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arjun Bharath Curam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Abadias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ricolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">École d'été - Cargèse IESC - École HEA Métallurgie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Cargèse, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solid-state dewetting behavior of CoCu thin films with different compositions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farnaz Farzam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jazmin Duarte Correa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Chatain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structural, Nanomaterials Gordon Research Conference (Structural Nanomaterials)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Les Diablerets, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04312732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying the effect of the composition on solid state dewetting behavior of CoCu thin films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farnaz Farzam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Bellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jazmin Duarte Correa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Chatain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Materials Research Society (EMRS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Virtual conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04312867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the mechanical properties and thermal stability of ZrxCu100-x thin film metallic glasses with different compositions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Dehm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanobrücken 2021 - Nanomechanical Testing Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Virtual conference, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04312891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of composition on mechanical properties and thermal stability of ZrCu thin film metallic glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Brognara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Best</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Djemia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Faurie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Materials Research Society (E-MRS) Spring Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Virtual conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04312887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accounting for localized deformation: a simple computation of true stress in micropillar compression experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oguz Umut Salman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioan Ioanescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Smari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04237499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Size dependent mechanical behavior of Zr-Ni thin metallic glass films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Ghidelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Materials. Université Grenoble Alpes; Université catholique de Louvain (1970-..), 2015. English. </w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2015GREAI021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01310217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId368"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8331DAA4"/>
+    <w:nsid w:val="42FED56F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -255,51 +255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="A0028C8F"/>
+    <w:nsid w:val="103BA92A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -489,51 +489,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/matteo-ghidelli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6057-9040" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/188553533" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/H-6352-2019" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholar.google.com/citations?user=b5E8iq0AAAAJ&amp;hl=en" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linkedin.com/in/matteo-ghidelli-5932b64b/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Matteo-Ghidelli" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05359389v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Brognara" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chanwon Jung" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiano Poltronieri" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Djemia" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Watermeyer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2025.121681" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188399v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgeniy Boltynjuk" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Bignoli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sree Harsha Nandam" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Faurie" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Welle" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2025.140748" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05231561v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Lemarchand" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Szilvia Kal&#225;cska" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Thiaudiere" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2025.121456" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911525v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Challali" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2025.116571" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597524v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ankush Kashiwar" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xukai Zhang" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ahmadian" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sstr.202400011" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701136v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Smiri" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oguz Umut Salman" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ghidelli" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I R Ionescu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-024-01102-9" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531917v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farnaz Farzam" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#225;rbara Bell&#243;n" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chatain" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; A Jim&#233;nez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Breitbach" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2024.112892" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701762v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Kini" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subin Lee" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Savan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Ghidelli" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.202400720" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776546v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Daudin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hosni Idrissi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coulombier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lhuissier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. B&#233;ch&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/s43578-024-01479-2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631108v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giancarlo Terraneo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Abadias" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Gammer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.4c02610" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178323v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Boukhemkhem" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Izerrouken" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pardoen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Sari" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/ace387" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188534v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Evertz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2023.119226" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03696290v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice R Bricchi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic William" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ovidiu Brinza" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Konstantakopoulou" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202201088" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680643v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Bricchi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Mascaretti" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Garattoni" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Mazza" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.2c01185" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694848v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James P Best" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Dehm" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2022.110752" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542369v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qaisar Khushi Muhammad" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Bishara" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Porz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dietz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtnano.2021.100171" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767261v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saqib Rashid" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Rossi" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Jaddi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2022.110972" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542507v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Sygletou" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Ornago" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Bisio" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1MA00584G" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424007v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Brink" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.1c06367" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134419v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya K Kini" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Addab" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2021.126945" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246363v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivek Devulapalli" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Liebscher" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2021.150194" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542403v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ge Wu" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chang Liu" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Bao" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mattod.2021.10.025" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246404v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Borghi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Piazzoni" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Milani" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Podest&#224;" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.0c08145" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03241496v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Orekhov" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Li Bassi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2021.116955" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247075v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sangil Lee" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang-Woo Kim" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyeon Seok An" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiuk Jang" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.0c00869" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254972v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Roberta Bricchi" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Afifi Afifi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6641/ab6cea" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247064v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaelm.0c00311" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247081v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Niorettini" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Naldoni" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.0c00301" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246424v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ili Mohamad Ali Nasri" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gauchotte-Lindsay" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjnano.11.87" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255090v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Ast" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karsten Durst" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias G&#246;ken" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Sebastiani" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2019.107762" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255096v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Matarrese" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Mascia" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Vacca" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mais" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Usai" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal9040340" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254981v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand B&#233;ch&#233;" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Turner" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gravier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-49910-7" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255111v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Zapelli" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Russo" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2018.06.051" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255117v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2017.11.025" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255126v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossella Yivlialin" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianlorenzo Bussetti" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Brambilla" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Castiglioni" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Tommasini" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.7b04303" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914050v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Gravier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Blandin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Raskin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2017.03.072" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255139v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt Johanns" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Pharr" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.15093" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255146v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Collet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Guillemet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2016.06.003" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211307v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gravier" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Blandin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Djemia" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mompiou" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2015.02.038" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120073v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lani" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2014.06.011" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QR7T4L8C-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120108v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2013.12.054" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M9FCN59F-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120094v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Volland" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2013.11.154" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KW6BZPRL-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255149v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Gondoni" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Casari" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4866322" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255227v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Di Fonzo" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/50297" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255224v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Passoni" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farbod Ghods" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Docampo" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnese Abrusci" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Mart&#237;-Rujas" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nn403979h" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255233v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Bruno" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/nnl.2013.1561" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255240v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2011.10.072" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255235v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Carminati" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/23/36/365706" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176728v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Ezequiel" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Ivanisenko" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horst Hahn" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163152v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163272v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Vacirca" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Paul Best" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175013v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe DJEMIA" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175024v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175018v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938442v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Best" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133705v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjun Bharath Curam" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ricolleau" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175050v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Slimani" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Vecchietti" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriadeg Chalopin" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferenc Tasnadi" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175032v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176839v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175052v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175039v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163085v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175034v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175048v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175045v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755149v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755146v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755919v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753319v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755055v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755952v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672546v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Faurie" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752801v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Mille" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755140v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755141v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672561v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672574v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755035v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755137v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756368v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303775v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309929v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308771v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324757v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310452v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308879v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bignoli" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303777v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309974v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755145v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308819v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bassi" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324768v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308613v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Lassnig" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308668v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuting Dai" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian K&#252;bel" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308639v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310502v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309415v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Tetard" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bockel&#233;e" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310574v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dierk Raabe" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiming Li" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303779v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308752v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310474v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310489v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Bellon" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jazmin Duarte Correa" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308827v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308680v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324782v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311925v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Frommeyer" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312708v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312703v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jang-Ung Park" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303782v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303785v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324800v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310537v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308795v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309995v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311937v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Raskin" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324807v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030496v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayadjenou Humphrey Hounsinou" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaysen Nelayah" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133708v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163411v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163090v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749719v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756340v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco EZEQUIEL" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgeniy BOLTYNJUK" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia IVANISENKO" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien FAURIE" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308528v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308840v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309389v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312732v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312867v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312891v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312887v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237499v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioan Ioanescu" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalal Smari" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01310217v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015GREAI021" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/matteo-ghidelli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6057-9040" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/188553533" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/H-6352-2019" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholar.google.com/citations?user=b5E8iq0AAAAJ&amp;hl=en" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linkedin.com/in/matteo-ghidelli-5932b64b/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Matteo-Ghidelli" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05550592v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Mottay" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoud Ahmadi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nothomb" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Vacirca" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Ghidelli" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2026.114348" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05359389v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Brognara" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chanwon Jung" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiano Poltronieri" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Djemia" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Watermeyer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2025.121681" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05231561v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Bignoli" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Lemarchand" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Szilvia Kal&#225;cska" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Thiaudiere" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2025.121456" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05188399v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgeniy Boltynjuk" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sree Harsha Nandam" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Faurie" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Welle" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2025.140748" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911525v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Challali" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2025.116571" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631108v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giancarlo Terraneo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Abadias" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Gammer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.4c02610" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531917v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farnaz Farzam" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#225;rbara Bell&#243;n" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chatain" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; A Jim&#233;nez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Breitbach" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2024.112892" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701136v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Smiri" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oguz Umut Salman" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ghidelli" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I R Ionescu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-024-01102-9" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597524v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ankush Kashiwar" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xukai Zhang" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ahmadian" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sstr.202400011" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701762v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Kini" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subin Lee" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Savan" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.202400720" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776546v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Daudin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hosni Idrissi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coulombier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lhuissier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. B&#233;ch&#233;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/s43578-024-01479-2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178323v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Boukhemkhem" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Izerrouken" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pardoen" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Sari" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/ace387" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188534v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Evertz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2023.119226" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542369v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qaisar Khushi Muhammad" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Bishara" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Porz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dietz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtnano.2021.100171" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767261v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saqib Rashid" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Rossi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Jaddi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2022.110972" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680643v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Bricchi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Mascaretti" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Garattoni" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Mazza" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.2c01185" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03696290v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice R Bricchi" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic William" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ovidiu Brinza" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Konstantakopoulou" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202201088" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694848v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James P Best" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Dehm" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2022.110752" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246404v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Borghi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Piazzoni" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Milani" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Podest&#224;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.0c08145" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03241496v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Orekhov" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Li Bassi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2021.116955" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542507v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Sygletou" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Ornago" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Bisio" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1MA00584G" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424007v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Brink" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.1c06367" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246363v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivek Devulapalli" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Liebscher" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2021.150194" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03542403v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ge Wu" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chang Liu" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Bao" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mattod.2021.10.025" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134419v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya K Kini" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Addab" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2021.126945" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246424v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ili Mohamad Ali Nasri" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gauchotte-Lindsay" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjnano.11.87" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247064v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaelm.0c00311" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247075v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sangil Lee" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang-Woo Kim" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyeon Seok An" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiuk Jang" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.0c00869" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254972v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Roberta Bricchi" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Afifi Afifi" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6641/ab6cea" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247081v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Niorettini" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Naldoni" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.0c00301" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255090v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Ast" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karsten Durst" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias G&#246;ken" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Sebastiani" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2019.107762" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255096v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Matarrese" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Mascia" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Vacca" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mais" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Usai" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal9040340" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254981v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand B&#233;ch&#233;" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Turner" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gravier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-49910-7" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255111v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Zapelli" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Russo" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2018.06.051" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255117v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2017.11.025" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255139v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt Johanns" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Pharr" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.15093" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914050v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Gravier" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Blandin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Raskin" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2017.03.072" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255126v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossella Yivlialin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianlorenzo Bussetti" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Brambilla" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Castiglioni" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Tommasini" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.7b04303" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255146v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Collet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Guillemet" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2016.06.003" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211307v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gravier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Blandin" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Djemia" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mompiou" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2015.02.038" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255149v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Gondoni" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Casari" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4866322" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120108v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2013.12.054" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M9FCN59F-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120073v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lani" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2014.06.011" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QR7T4L8C-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120094v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Volland" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2013.11.154" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KW6BZPRL-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255227v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Di Fonzo" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/50297" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255224v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Passoni" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farbod Ghods" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Docampo" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnese Abrusci" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Mart&#237;-Rujas" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nn403979h" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255233v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Bruno" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/nnl.2013.1561" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255240v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2011.10.072" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255235v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Carminati" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/23/36/365706" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175034v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175048v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe DJEMIA" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175045v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133705v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjun Bharath Curam" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ricolleau" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175050v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Slimani" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Vecchietti" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriadeg Chalopin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferenc Tasnadi" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175032v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938442v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Best" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175024v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175018v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163272v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Paul Best" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175013v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163152v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Ezequiel" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Ivanisenko" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176728v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horst Hahn" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175052v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176839v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175039v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163085v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672561v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Mille" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755140v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755141v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752801v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672546v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Faurie" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755055v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755952v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755919v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753319v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755149v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755146v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672574v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755137v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755035v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756368v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308668v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bignoli" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuting Dai" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian K&#252;bel" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308613v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Lassnig" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310452v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308879v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303777v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309974v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324757v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309929v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303775v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308771v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755145v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308819v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bassi" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324768v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324782v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308680v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Tetard" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308827v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310502v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308639v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309415v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bockel&#233;e" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310574v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dierk Raabe" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiming Li" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303779v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308752v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310474v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310489v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Bellon" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jazmin Duarte Correa" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311937v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Raskin" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jang-Ung Park" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310537v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309995v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308795v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303782v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Frommeyer" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312703v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312708v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311925v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303785v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324800v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324807v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133708v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030496v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayadjenou Humphrey Hounsinou" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaysen Nelayah" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163411v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163090v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756340v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco EZEQUIEL" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgeniy BOLTYNJUK" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia IVANISENKO" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien FAURIE" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749719v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309389v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308528v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308840v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312732v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312867v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312891v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312887v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237499v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioan Ioanescu" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalal Smari" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01310217v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015GREAI021" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>